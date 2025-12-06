--- v0 (2025-10-17)
+++ v1 (2025-12-06)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$49</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$50</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V49"/>
+  <dimension ref="A1:V50"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1595,59 +1595,63 @@
           <t>49006</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Савченка, 12</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>0800600630</t>
+          <t>+38(080)-021-97-35</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>https://cpto.dp.ua/</t>
-[...2 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>dcpto@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>cpto.dp.ua</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Сидорчук Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>ДОЧІРНЄ ПІДПРИЄМСТВО "ДНІПРОПЕТРОВСЬКИЙ НАВЧАЛЬНО-КУРСОВИЙ КОМБІНАТ "МОНОЛІТ" ДЕРЖАВНОГО АКЦІОНЕРНОГО ТОВАРИСТВА "БУДІВЕЛЬНА КОМПАНІЯ "УКРБУД"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>4710</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
@@ -1788,218 +1792,218 @@
         <is>
           <t>ot_cpr@dhp.dniprorada.gov.ua</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
           <t>https://otd.dniprorada.gov.ua/</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Нікіфорова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Дніпровський електротранспорт" Дніпровської міської ради</t>
+          <t>Комунальне некомерційне товариство «Дніпропетровський обласний інформаційно-аналітичний центр медичної статистики» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>4234</v>
+        <v>5755</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>КП "Дніпровський електротранспорт" ДМР</t>
-[...6 lines deleted...]
-      </c>
+          <t>КНТ "ДОІАЦМС" ДОР"</t>
+        </is>
+      </c>
+      <c r="E19" s="5"/>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J19" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>49038</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>просп. Дмитра Яворницького, 119-А</t>
+          <t>вул. Новосільна, 1</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-373-92-00</t>
+          <t>+380(56)-722-24-12</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>det.dp1897@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>drhcentr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Кобець Володимир Вікторович</t>
+          <t>Гармаш Наталія Луарсабівна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Дніпропетровський обласний інформаційно-аналітичний центр медичної статистики" Дніпропетровської обласної ради"</t>
+          <t>Комунальне підприємство "Дніпровський електротранспорт" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>5755</v>
+        <v>4234</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>КП "ДОІАЦМС" ДОР"</t>
-[...2 lines deleted...]
-      <c r="E20" s="5"/>
+          <t>КП "Дніпровський електротранспорт" ДМР</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>Municipal company "Dnipro electrotransport"</t>
+        </is>
+      </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1991</v>
+        <v>2003</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49038</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Новосільна, 1</t>
+          <t>просп. Дмитра Яворницького, 119-А</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-722-24-12</t>
+          <t>+380(56)-373-92-00</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>drhcentr@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R20" s="5"/>
+          <t>det.dp1897@gmail.com</t>
+        </is>
+      </c>
+      <c r="R20" s="5" t="inlineStr">
+        <is>
+          <t>https://det-dnipro.dp.ua</t>
+        </is>
+      </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Гармаш Наталія Луарсабівна</t>
+          <t>Кобець Володимир Вікторович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Комунальне підприємство "Навчально-курсовий комбінат" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>3958</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
           <t>КП "НКК" ДОР"</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
         <v>2000</v>
       </c>
@@ -2748,52 +2752,58 @@
         <is>
           <t>вул. Промислова, 1</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
           <t>(098)544-74-72</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
           <t>and.rstk1@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
           <t>Швець Віра Юріївна</t>
         </is>
       </c>
-      <c r="U29" s="8"/>
-      <c r="V29" s="5"/>
+      <c r="U29" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
           <t>Організація об'єднання громадян "Дніпропетровський міський спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
         <v>7329</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
           <t>ДМСТК ТСОУ</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
         <v>1993</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -2912,1519 +2922,1609 @@
           <t>(050)451-36-85</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
           <t>irstktso@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
           <t>Осадчій Станіслав Борисович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>ОРГАНІЗАЦІЯ ОБ'ЄДНАННЯ ГРОМАДЯН КІРОВСЬКОГО РАЙОННОГО СПОРТИВНО-ТЕХНІЧНОГО КЛУБУ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7135</v>
+        <v>7395</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+          <t>ООГ КІРОВСЬКИЙ РСТК ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49038</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Дежньова, 1</t>
+          <t>вул. Княгині Ольги, 1</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(067)565-94-56</t>
+          <t>(050)457-72-90</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>samarskiy.rstk@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R32" s="5"/>
+          <t>avtopravadnepr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R32" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/kirovskyi_rstk</t>
+        </is>
+      </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Богомаз Юрій Олексійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шишацький Олександр Леонідович</t>
+        </is>
+      </c>
+      <c r="U32" s="8"/>
+      <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
+          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>4202</v>
+        <v>7135</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ДМЗ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+        </is>
+      </c>
+      <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>49064</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Маяковського, 3</t>
-[...3 lines deleted...]
-      <c r="Q33" s="5"/>
+          <t>вул. Дежньова, 1</t>
+        </is>
+      </c>
+      <c r="P33" s="5" t="inlineStr">
+        <is>
+          <t>(067)565-94-56</t>
+        </is>
+      </c>
+      <c r="Q33" s="5" t="inlineStr">
+        <is>
+          <t>samarskiy.rstk@gmail.com</t>
+        </is>
+      </c>
       <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Баш Віталій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V33" s="5"/>
+          <t>Богомаз Юрій Олексійович</t>
+        </is>
+      </c>
+      <c r="U33" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V33" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство охоронне агентство "НІКО"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>2862</v>
+        <v>4202</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ПП Охоронне агентство "НІКО"</t>
-[...2 lines deleted...]
-      <c r="E34" s="5"/>
+          <t>ПрАТ "ДМЗ"</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE JOINT-STOCK COMPANY "DNEPROVSK METALLURGICAL PLANT"</t>
+        </is>
+      </c>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49064</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. ж/м "Парус", 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Маяковського, 3</t>
+        </is>
+      </c>
+      <c r="P34" s="5"/>
+      <c r="Q34" s="5"/>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Білан Микола Якович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Баш Віталій Олександрович</t>
+        </is>
+      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
+          <t>Приватне підприємство охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>2884</v>
+        <v>2862</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ПП "УКЦ "Інсайт"</t>
+          <t>ПП Охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Крут, 17</t>
+          <t>вул. ж/м "Парус", 6</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(0562)362514</t>
+          <t>(056)374-68-99,(056)235-57-82</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>insiteschool7@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>agencyniko@i.ua</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Цилосані Тетяна Вікторівна</t>
-[...3 lines deleted...]
-      <c r="V35" s="5"/>
+          <t>Білан Микола Якович</t>
+        </is>
+      </c>
+      <c r="U35" s="8" t="n">
+        <v>45701</v>
+      </c>
+      <c r="V35" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
+          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>3983</v>
+        <v>2884</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа косметології доктора Траут"</t>
+          <t>ПП "УКЦ "Інсайт"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>49020</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. А. Фабра, 23 кв.8</t>
+          <t>вул. Героїв Крут, 17</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
+          <t>(0562)362514</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>s-traut@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R36" s="5"/>
+          <t>insiteschool7@gmail.com</t>
+        </is>
+      </c>
+      <c r="R36" s="5" t="inlineStr">
+        <is>
+          <t>www.inschool.dp.ua</t>
+        </is>
+      </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Траут Світлана Олексіївна</t>
+          <t>Цилосані Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>4064</v>
+        <v>3983</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>ПП "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49020</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010231764</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпросталівська, 11</t>
+          <t>вул. А. Фабра, 23 кв.8</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>+067(56)-314-65</t>
+          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>info.ah.school@gmail.com</t>
+          <t>s-traut@ukr.net</t>
         </is>
       </c>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Штилюк Оксана Сергіївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Траут Світлана Олексіївна</t>
+        </is>
+      </c>
+      <c r="U37" s="8"/>
+      <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>7203</v>
+        <v>4064</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010231764</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
+          <t>вул. Дніпросталівська, 11</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>(097)083-86-84</t>
+          <t>+067(56)-314-65</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>avtoshkolaalliance2021@gmail.com</t>
+          <t>info.ah.school@gmail.com</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Курчик Ірина Сергіївна</t>
-[...3 lines deleted...]
-      <c r="V38" s="5"/>
+          <t>Штилюк Оксана Сергіївна</t>
+        </is>
+      </c>
+      <c r="U38" s="8" t="n">
+        <v>44606</v>
+      </c>
+      <c r="V38" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
+          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>6713</v>
+        <v>7203</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 115</t>
+          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>(095)333-67-94</t>
+          <t>(097)083-86-84</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>ntec_dnipro@ukr.net</t>
+          <t>avtoshkolaalliance2021@gmail.com</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Дрозд Сергій Вікторович</t>
+          <t>Курчик Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>3789</v>
+        <v>6713</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Лінія"</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
+          <t>просп. Гагаріна, 115</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(056)246-03-83</t>
+          <t>(095)333-67-94</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>linecenter.dp.ua@gmail.com</t>
+          <t>ntec_dnipro@ukr.net</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>В.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Зарваницька Лілія Михайлівна</t>
+          <t>Дрозд Сергій Вікторович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
+          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>4145</v>
+        <v>3789</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Модем LTD"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Лінія"</t>
+        </is>
+      </c>
+      <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Обсерваторна, 66</t>
+          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-537-28-66</t>
+          <t>(056)246-03-83</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>lyashko.elena.bis@gmail.com</t>
+          <t>linecenter.dp.ua@gmail.com</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о.директора</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Ляшко Олена Іванівна</t>
-[...3 lines deleted...]
-      <c r="V41" s="5"/>
+          <t>Зарваницька Лілія Михайлівна</t>
+        </is>
+      </c>
+      <c r="U41" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V41" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
+          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>4794</v>
+        <v>4145</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УК Спектр"</t>
-[...2 lines deleted...]
-      <c r="E42" s="5"/>
+          <t>ТОВ "Модем LTD"</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>Modem LTD limited liability company</t>
+        </is>
+      </c>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010114149</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Любарського, 104, квартира 1</t>
+          <t>вул. Обсерваторна, 66</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-733-96-66</t>
+          <t>+380(67)-537-28-66</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>ukspektr2016@gmail.com</t>
+          <t>lyashko.elena.bis@gmail.com</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Олійник Олександр Іванович</t>
+          <t>Ляшко Олена Іванівна</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>3919</v>
+        <v>4794</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>ТОВ "УК Спектр"</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>просп. Слобажанський, 35</t>
+          <t>вул. Любарського, 104, квартира 1</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(095)481-20-01</t>
+          <t>+380(56)-733-96-66</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>fleetcentr@ukr.net</t>
+          <t>ukspektr2016@gmail.com</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Семенова Наталія Миколаївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Олійник Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U43" s="8"/>
+      <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
+          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>3505</v>
+        <v>3919</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
+          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J44" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 14</t>
+          <t>просп. Слобажанський, 35</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(056)231-35-22</t>
+          <t>(095)481-20-01</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>ekaterina.klochko@rambler.ru</t>
+          <t>fleetcentr@ukr.net</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Буряк Сергій Юлійович</t>
-[...3 lines deleted...]
-      <c r="V44" s="5"/>
+          <t>Семенова Наталія Миколаївна</t>
+        </is>
+      </c>
+      <c r="U44" s="8" t="n">
+        <v>43529</v>
+      </c>
+      <c r="V44" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>3016</v>
+        <v>3505</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УЦПЗ"</t>
+          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J45" s="5"/>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>49010</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
-[...3 lines deleted...]
-      <c r="Q45" s="5"/>
+          <t>вул. Богдана Хмельницького, 14</t>
+        </is>
+      </c>
+      <c r="P45" s="5" t="inlineStr">
+        <is>
+          <t>(056)231-35-22</t>
+        </is>
+      </c>
+      <c r="Q45" s="5" t="inlineStr">
+        <is>
+          <t>ekaterina.klochko@rambler.ru</t>
+        </is>
+      </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Забашта Олександр Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Буряк Сергій Юлійович</t>
+        </is>
+      </c>
+      <c r="U45" s="8"/>
+      <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>4417</v>
+        <v>3016</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
+          <t>ТОВ "УЦПЗ"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6"/>
+      <c r="G46" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 74, офіс 407</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
+        </is>
+      </c>
+      <c r="P46" s="5"/>
       <c r="Q46" s="5"/>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Риженков Дмитро Миколайович</t>
-[...3 lines deleted...]
-      <c r="V46" s="5"/>
+          <t>Забашта Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U46" s="8" t="n">
+        <v>42681</v>
+      </c>
+      <c r="V46" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>5757</v>
+        <v>4417</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦСВНТ"</t>
+          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
-      <c r="G47" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G47" s="6"/>
       <c r="H47" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>49019</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010757287</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Краснозаводська, 36-А</t>
+          <t>просп. Гагаріна, 74, офіс 407</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>+380(80)-033-10-38</t>
+          <t>+380(67)-715-37-35</t>
         </is>
       </c>
       <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Дерець Станіслав Сергійович</t>
+          <t>Риженков Дмитро Миколайович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
+          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>3844</v>
-[...3 lines deleted...]
-      </c>
+        <v>5757</v>
+      </c>
+      <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ЦСВНТ"</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49019</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010475293</t>
+          <t>UA12020010010757287</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Липова, 6</t>
+          <t>вул. Краснозаводська, 36-А</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(056)721-24-56</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(80)-033-10-38</t>
+        </is>
+      </c>
+      <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Начальник учбового центру</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Головчанський Олександр Олексійович</t>
+          <t>Дерець Станіслав Сергійович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
+          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>3868</v>
+        <v>3844</v>
       </c>
       <c r="C49" s="6" t="n">
-        <v>3132</v>
+        <v>3786</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>49101</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Руденко, 25 А</t>
+          <t>вул. Липова, 6</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(050)424-33-99</t>
+          <t>(056)721-24-56</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>dgo_dnepr1@ukr.net</t>
+          <t>vipgarant@ukr.net</t>
         </is>
       </c>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
+          <t>Начальник учбового центру</t>
+        </is>
+      </c>
+      <c r="T49" s="5" t="inlineStr">
+        <is>
+          <t>Головчанський Олександр Олексійович</t>
+        </is>
+      </c>
+      <c r="U49" s="8"/>
+      <c r="V49" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
+        </is>
+      </c>
+      <c r="B50" s="6" t="n">
+        <v>3868</v>
+      </c>
+      <c r="C50" s="6" t="n">
+        <v>3132</v>
+      </c>
+      <c r="D50" s="5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E50" s="5"/>
+      <c r="F50" s="7"/>
+      <c r="G50" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H50" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I50" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J50" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство інфраструктури України</t>
+        </is>
+      </c>
+      <c r="K50" s="7" t="inlineStr">
+        <is>
+          <t>49101</t>
+        </is>
+      </c>
+      <c r="L50" s="7" t="inlineStr">
+        <is>
+          <t>UA12020010010037010</t>
+        </is>
+      </c>
+      <c r="M50" s="5" t="inlineStr">
+        <is>
+          <t>Дніпропетровська обл.</t>
+        </is>
+      </c>
+      <c r="N50" s="5" t="inlineStr">
+        <is>
+          <t>м. Дніпро</t>
+        </is>
+      </c>
+      <c r="O50" s="5" t="inlineStr">
+        <is>
+          <t>вул. Миколи Руденко, 25 А</t>
+        </is>
+      </c>
+      <c r="P50" s="5" t="inlineStr">
+        <is>
+          <t>(050)424-33-99</t>
+        </is>
+      </c>
+      <c r="Q50" s="5" t="inlineStr">
+        <is>
+          <t>dgo_dnepr1@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
+      <c r="S50" s="5" t="inlineStr">
+        <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T49" s="5"/>
-      <c r="U49" s="8" t="n">
+      <c r="T50" s="5"/>
+      <c r="U50" s="8" t="n">
         <v>45370</v>
       </c>
-      <c r="V49" s="5" t="inlineStr">
+      <c r="V50" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V49"/>
+  <autoFilter ref="A1:V50"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>