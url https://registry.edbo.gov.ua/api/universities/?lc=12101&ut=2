--- v1 (2025-12-06)
+++ v2 (2026-02-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$50</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$51</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V50"/>
+  <dimension ref="A1:V51"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1763,63 +1763,55 @@
           <t>49000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>просп. Поля Олександра, 37</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>(067)634-86-04</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(056)-744-63-14;</t>
+        </is>
+      </c>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Нікіфорова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Комунальне некомерційне товариство «Дніпропетровський обласний інформаційно-аналітичний центр медичної статистики» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>5755</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
@@ -1968,2563 +1960,2639 @@
         <is>
           <t>det.dp1897@gmail.com</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
           <t>https://det-dnipro.dp.ua</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Кобець Володимир Вікторович</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Навчально-курсовий комбінат" Дніпропетровської обласної ради"</t>
+          <t>Комунальне підприємство "Дніпровський метрополітен" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>3958</v>
+        <v>7367</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>КП "НКК" ДОР"</t>
+          <t>КП "Дніпровський метрополітен"</t>
         </is>
       </c>
       <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>49054</t>
+          <t>49003</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>просп. Олександра Поля, 48 В</t>
+          <t>вул. 128-ї Бригади Тероборони, 8</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>0562312862</t>
-[...3 lines deleted...]
-      <c r="R21" s="5"/>
+          <t>(056)770-82-47</t>
+        </is>
+      </c>
+      <c r="Q21" s="5" t="inlineStr">
+        <is>
+          <t>dmetrokp@gmail.com</t>
+        </is>
+      </c>
+      <c r="R21" s="5" t="inlineStr">
+        <is>
+          <t>metro.dp.ua</t>
+        </is>
+      </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Калиниченко Олександр Юрійович</t>
+          <t>Овчаренко Андрій Валентинович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпровське вище професійне училище будівництва" Дніпровської міської ради</t>
+          <t>Комунальне підприємство "Навчально-курсовий комбінат" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>6985</v>
+        <v>3958</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДВПУБ" ДМР</t>
+          <t>КП "НКК" ДОР"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>49051</t>
+          <t>49054</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Б. Хмельницького, 3-А</t>
+          <t>просп. Олександра Поля, 48 В</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-035-59-77, +38(067)-258-71-64</t>
-[...11 lines deleted...]
-      </c>
+          <t>0562312862</t>
+        </is>
+      </c>
+      <c r="Q22" s="5"/>
+      <c r="R22" s="5"/>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Яблонська Валентина Миколаївна</t>
+          <t>Калиниченко Олександр Юрійович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпровський центр професійно-технічної освіти туристичного сервісу" Дніпровської міської ради</t>
+          <t>Комунальний заклад "Дніпровське вище професійне училище будівництва" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>7243</v>
+        <v>6985</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "ДВПУБ" ДМР</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
-      <c r="G23" s="6"/>
+      <c r="G23" s="6" t="n">
+        <v>2024</v>
+      </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
           <t>49051</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Старочумацька, 7</t>
+          <t>вул. Б. Хмельницького, 3-А</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-785-92-49</t>
+          <t>+38(099)-035-59-77, +38(067)-258-71-64</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>dnzdcptots@ukr.net</t>
+          <t>5dvpub@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>http://centr-tur.com/</t>
+          <t>www.dvpub.dp.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Ляхова Тетяна Віталіївна</t>
+          <t>Яблонська Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Науковий медичний ліцей "Дніпро" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад "Дніпровський центр професійно-технічної освіти туристичного сервісу" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>2963</v>
+        <v>7243</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>КЗО "НМЛ "Дніпро" ДОР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E24" s="5"/>
       <c r="F24" s="7"/>
-      <c r="G24" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G24" s="6"/>
       <c r="H24" s="5" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>49005</t>
+          <t>49051</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
-          <t>UA12020010000033698</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
-          <t>Дніпровська ОТГ</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Севастопольська, 17 корпус 4</t>
+          <t>вул. Старочумацька, 7</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>0562 46 23 86</t>
+          <t>+380(56)-785-92-49</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>medlicej@gmail.com</t>
+          <t>dnzdcptots@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>http://www.domly.dp.ua</t>
+          <t>http://centr-tur.com/</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о директора</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Ковальова Лілія Петрівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ляхова Тетяна Віталіївна</t>
+        </is>
+      </c>
+      <c r="U24" s="8"/>
+      <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Професійно-технічне училище № 2" Дніпровської міської ради</t>
+          <t>Комунальний заклад освіти "Науковий медичний ліцей "Дніпро" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>6973</v>
+        <v>2963</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ПТУ № 2" ДМР</t>
-[...2 lines deleted...]
-      <c r="E25" s="5"/>
+          <t>КЗО "НМЛ "Дніпро" ДОР"</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>Municipal education institution "Scientific medical lyceum "Dnipro" Dnipropetrovsk Regional Council</t>
+        </is>
+      </c>
       <c r="F25" s="7"/>
-      <c r="G25" s="6"/>
+      <c r="G25" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>49083</t>
+          <t>49005</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010000033698</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>Дніпровська ОТГ</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселівська, 27</t>
+          <t>вул. Севастопольська, 17 корпус 4</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-547-71-17;</t>
+          <t>0562 46 23 86</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>ptu-2dp@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R25" s="5"/>
+          <t>medlicej@gmail.com</t>
+        </is>
+      </c>
+      <c r="R25" s="5" t="inlineStr">
+        <is>
+          <t>http://www.domly.dp.ua</t>
+        </is>
+      </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Аджимян Олександр Рафікович</t>
-[...3 lines deleted...]
-      <c r="V25" s="5"/>
+          <t>Ковальова Лілія Петрівна</t>
+        </is>
+      </c>
+      <c r="U25" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V25" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Комунальний позашкільний навчальний заклад "Дніпропетровський обласний центр науково-технічної творчості та інформаційних технологій учнівської молоді"</t>
+          <t>Комунальний заклад "Професійно-технічне училище № 2" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>4214</v>
+        <v>6973</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "ПТУ № 2" ДМР</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
-      <c r="G26" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G26" s="6"/>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>49101</t>
+          <t>49083</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Ульянова, 4</t>
+          <t>вул. Новоселівська, 27</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-767-10-52</t>
+          <t>+38(067)-547-71-17;</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>dneprocntt@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ptu-2dp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R26" s="5"/>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Волкова Людмила Василівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Аджимян Олександр Рафікович</t>
+        </is>
+      </c>
+      <c r="U26" s="8"/>
+      <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Міський центр соціальної допомоги</t>
+          <t>Комунальний позашкільний навчальний заклад "Дніпропетровський обласний центр науково-технічної творчості та інформаційних технологій учнівської молоді"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>2955</v>
+        <v>4214</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>/</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E27" s="5"/>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>49106</t>
+          <t>49101</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA12020010000033698</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>Дніпровська ОТГ</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Лоцманська, 22А</t>
+          <t>вул. Ульянова, 4</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>056-785-64-61</t>
+          <t>+380(56)-767-10-52</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>socdopomoga@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R27" s="5"/>
+          <t>dneprocntt@ukr.net</t>
+        </is>
+      </c>
+      <c r="R27" s="5" t="inlineStr">
+        <is>
+          <t>http://www.ocntt.dp.ua</t>
+        </is>
+      </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Єрьоменко Максим Володимирович</t>
+          <t>Волкова Людмила Василівна</t>
         </is>
       </c>
       <c r="U27" s="8" t="n">
-        <v>45692</v>
+        <v>43993</v>
       </c>
       <c r="V27" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Дніпропетровської області</t>
+          <t>Міський центр соціальної допомоги</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>4397</v>
+        <v>2955</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ ТА БЖД ДНІПРОПЕТРОВСЬКІЙ ОБЛАСТІ</t>
+          <t>/</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Educational methodical center of civil potection and safety of vital activity in Dnipro region</t>
+          <t>City center of social assistance</t>
         </is>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>49106</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010000033698</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>Дніпровська ОТГ</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Паторжинського, 11-А</t>
+          <t>вул. Лоцманська, 22А</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-720-91-80</t>
+          <t>056-785-64-61</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>nmc.dnipropetrovsk@dsns.gov.ua</t>
+          <t>socdopomoga@gmail.com</t>
         </is>
       </c>
       <c r="R28" s="5"/>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Оксень Віталій Миколайович</t>
-[...3 lines deleted...]
-      <c r="V28" s="5"/>
+          <t>Єрьоменко Максим Володимирович</t>
+        </is>
+      </c>
+      <c r="U28" s="8" t="n">
+        <v>45692</v>
+      </c>
+      <c r="V28" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ ОБ`ЄДНАННЯ ГРОМАДЯН АМУР-НИЖНЬОДНІПРОВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Дніпропетровської області</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>7171</v>
+        <v>4397</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>ООГ «АМУР-НИЖНЬОДНІПРОВСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
-[...2 lines deleted...]
-      <c r="E29" s="5"/>
+          <t>НМЦ ЦЗ ТА БЖД ДНІПРОПЕТРОВСЬКІЙ ОБЛАСТІ</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>Educational methodical center of civil potection and safety of vital activity in Dnipro region</t>
+        </is>
+      </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>1965</v>
+        <v>2002</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J29" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 1</t>
+          <t>вул. Паторжинського, 11-А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>(098)544-74-72</t>
+          <t>+380(56)-720-91-80</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>and.rstk1@gmail.com</t>
+          <t>nmc.dnipropetrovsk@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Швець Віра Юріївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Оксень Віталій Миколайович</t>
+        </is>
+      </c>
+      <c r="U29" s="8"/>
+      <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Дніпропетровський міський спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>ОРГАНІЗАЦІЯ ОБ`ЄДНАННЯ ГРОМАДЯН АМУР-НИЖНЬОДНІПРОВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>7329</v>
+        <v>7171</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ДМСТК ТСОУ</t>
+          <t>ООГ «АМУР-НИЖНЬОДНІПРОВСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
         </is>
       </c>
       <c r="E30" s="5"/>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1993</v>
+        <v>1965</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J30" s="5"/>
       <c r="K30" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Короленка, 87А</t>
+          <t>вул. Промислова, 1</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(063)798-01-86</t>
+          <t>(098)544-74-72</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>dgstktsou.dnipropetrovsk@gmail.com</t>
+          <t>and.rstk1@gmail.com</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Жарська Інна Петрівна</t>
+          <t>Швець Віра Юріївна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Індустріальний районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>Організація об'єднання громадян "Дніпропетровський міський спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>7211</v>
+        <v>7329</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ООГ Індустріальний РСТК ТСО України</t>
+          <t>ДМСТК ТСОУ</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
-      <c r="G31" s="6"/>
+      <c r="G31" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>просп. Газета Правда, 70а</t>
+          <t>вул. Короленка, 87А</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(050)451-36-85</t>
+          <t>(063)798-01-86</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>irstktso@gmail.com</t>
+          <t>dgstktsou.dnipropetrovsk@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Осадчій Станіслав Борисович</t>
+          <t>Жарська Інна Петрівна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ ОБ'ЄДНАННЯ ГРОМАДЯН КІРОВСЬКОГО РАЙОННОГО СПОРТИВНО-ТЕХНІЧНОГО КЛУБУ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Організація об'єднання громадян "Індустріальний районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7395</v>
+        <v>7211</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ООГ КІРОВСЬКИЙ РСТК ТСО УКРАЇНИ</t>
+          <t>ООГ Індустріальний РСТК ТСО України</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
-      <c r="G32" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G32" s="6"/>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>49038</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Княгині Ольги, 1</t>
+          <t>просп. Газета Правда, 70а</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(050)457-72-90</t>
+          <t>(050)451-36-85</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>avtopravadnepr@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>irstktso@gmail.com</t>
+        </is>
+      </c>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Шишацький Олександр Леонідович</t>
+          <t>Осадчій Станіслав Борисович</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>ОРГАНІЗАЦІЯ ОБ'ЄДНАННЯ ГРОМАДЯН КІРОВСЬКОГО РАЙОННОГО СПОРТИВНО-ТЕХНІЧНОГО КЛУБУ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>7135</v>
+        <v>7395</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+          <t>ООГ КІРОВСЬКИЙ РСТК ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49038</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Дежньова, 1</t>
+          <t>вул. Княгині Ольги, 1</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(067)565-94-56</t>
+          <t>(050)457-72-90</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>samarskiy.rstk@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R33" s="5"/>
+          <t>avtopravadnepr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R33" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/kirovskyi_rstk</t>
+        </is>
+      </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Богомаз Юрій Олексійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шишацький Олександр Леонідович</t>
+        </is>
+      </c>
+      <c r="U33" s="8"/>
+      <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
+          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>4202</v>
+        <v>7135</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ДМЗ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+        </is>
+      </c>
+      <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>49064</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Маяковського, 3</t>
-[...3 lines deleted...]
-      <c r="Q34" s="5"/>
+          <t>вул. Дежньова, 1</t>
+        </is>
+      </c>
+      <c r="P34" s="5" t="inlineStr">
+        <is>
+          <t>(067)565-94-56</t>
+        </is>
+      </c>
+      <c r="Q34" s="5" t="inlineStr">
+        <is>
+          <t>samarskiy.rstk@gmail.com</t>
+        </is>
+      </c>
       <c r="R34" s="5"/>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Баш Віталій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V34" s="5"/>
+          <t>Богомаз Юрій Олексійович</t>
+        </is>
+      </c>
+      <c r="U34" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V34" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство охоронне агентство "НІКО"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>2862</v>
+        <v>4202</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ПП Охоронне агентство "НІКО"</t>
-[...2 lines deleted...]
-      <c r="E35" s="5"/>
+          <t>ПрАТ "ДМЗ"</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE JOINT-STOCK COMPANY "DNEPROVSK METALLURGICAL PLANT"</t>
+        </is>
+      </c>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49064</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. ж/м "Парус", 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Маяковського, 3</t>
+        </is>
+      </c>
+      <c r="P35" s="5"/>
+      <c r="Q35" s="5"/>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Білан Микола Якович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Баш Віталій Олександрович</t>
+        </is>
+      </c>
+      <c r="U35" s="8"/>
+      <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
+          <t>Приватне підприємство охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>2884</v>
+        <v>2862</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ПП "УКЦ "Інсайт"</t>
+          <t>ПП Охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Крут, 17</t>
+          <t>вул. ж/м "Парус", 6</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(0562)362514</t>
+          <t>(056)374-68-99,(056)235-57-82</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>insiteschool7@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>agencyniko@i.ua</t>
+        </is>
+      </c>
+      <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Цилосані Тетяна Вікторівна</t>
-[...3 lines deleted...]
-      <c r="V36" s="5"/>
+          <t>Білан Микола Якович</t>
+        </is>
+      </c>
+      <c r="U36" s="8" t="n">
+        <v>45701</v>
+      </c>
+      <c r="V36" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
+          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>3983</v>
+        <v>2884</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа косметології доктора Траут"</t>
+          <t>ПП "УКЦ "Інсайт"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>49020</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. А. Фабра, 23 кв.8</t>
+          <t>вул. Героїв Крут, 17</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
+          <t>(0562)362514</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>s-traut@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R37" s="5"/>
+          <t>insiteschool7@gmail.com</t>
+        </is>
+      </c>
+      <c r="R37" s="5" t="inlineStr">
+        <is>
+          <t>www.inschool.dp.ua</t>
+        </is>
+      </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Траут Світлана Олексіївна</t>
+          <t>Цилосані Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>4064</v>
+        <v>3983</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>ПП "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49020</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010231764</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпросталівська, 11</t>
+          <t>вул. А. Фабра, 23 кв.8</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+067(56)-314-65</t>
+          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>info.ah.school@gmail.com</t>
+          <t>s-traut@ukr.net</t>
         </is>
       </c>
       <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Штилюк Оксана Сергіївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Траут Світлана Олексіївна</t>
+        </is>
+      </c>
+      <c r="U38" s="8"/>
+      <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>7203</v>
+        <v>4064</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010231764</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
+          <t>вул. Дніпросталівська, 11</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>(097)083-86-84</t>
+          <t>+067(56)-314-65</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>avtoshkolaalliance2021@gmail.com</t>
+          <t>info.ah.school@gmail.com</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Курчик Ірина Сергіївна</t>
-[...3 lines deleted...]
-      <c r="V39" s="5"/>
+          <t>Штилюк Оксана Сергіївна</t>
+        </is>
+      </c>
+      <c r="U39" s="8" t="n">
+        <v>44606</v>
+      </c>
+      <c r="V39" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
+          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>6713</v>
+        <v>7203</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 115</t>
+          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(095)333-67-94</t>
+          <t>(097)083-86-84</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>ntec_dnipro@ukr.net</t>
+          <t>avtoshkolaalliance2021@gmail.com</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Дрозд Сергій Вікторович</t>
+          <t>Курчик Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>3789</v>
+        <v>6713</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Лінія"</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
+          <t>просп. Гагаріна, 115</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(056)246-03-83</t>
+          <t>(095)333-67-94</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>linecenter.dp.ua@gmail.com</t>
+          <t>ntec_dnipro@ukr.net</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>В.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Зарваницька Лілія Михайлівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Дрозд Сергій Вікторович</t>
+        </is>
+      </c>
+      <c r="U41" s="8"/>
+      <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
+          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>4145</v>
+        <v>3789</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Модем LTD"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Лінія"</t>
+        </is>
+      </c>
+      <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Обсерваторна, 66</t>
+          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-537-28-66</t>
+          <t>(056)246-03-83</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>lyashko.elena.bis@gmail.com</t>
+          <t>linecenter.dp.ua@gmail.com</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о.директора</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Ляшко Олена Іванівна</t>
+          <t>Зарваницька Лілія Михайлівна</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
+          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>4794</v>
+        <v>4145</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УК Спектр"</t>
-[...2 lines deleted...]
-      <c r="E43" s="5"/>
+          <t>ТОВ "Модем LTD"</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>Modem LTD limited liability company</t>
+        </is>
+      </c>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010114149</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Любарського, 104, квартира 1</t>
+          <t>вул. Обсерваторна, 66</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-733-96-66</t>
+          <t>+380(67)-537-28-66</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>ukspektr2016@gmail.com</t>
+          <t>lyashko.elena.bis@gmail.com</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Олійник Олександр Іванович</t>
+          <t>Ляшко Олена Іванівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>3919</v>
+        <v>4794</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>ТОВ "УК Спектр"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>просп. Слобажанський, 35</t>
+          <t>вул. Любарського, 104, квартира 1</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(095)481-20-01</t>
+          <t>+380(56)-733-96-66</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>fleetcentr@ukr.net</t>
+          <t>ukspektr2016@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Семенова Наталія Миколаївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Олійник Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U44" s="8"/>
+      <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
+          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>3505</v>
+        <v>3919</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
+          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J45" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 14</t>
+          <t>просп. Слобажанський, 35</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(056)231-35-22</t>
+          <t>(095)481-20-01</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>ekaterina.klochko@rambler.ru</t>
+          <t>fleetcentr@ukr.net</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Буряк Сергій Юлійович</t>
-[...3 lines deleted...]
-      <c r="V45" s="5"/>
+          <t>Семенова Наталія Миколаївна</t>
+        </is>
+      </c>
+      <c r="U45" s="8" t="n">
+        <v>43529</v>
+      </c>
+      <c r="V45" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>3016</v>
+        <v>3505</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УЦПЗ"</t>
+          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>49010</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
-[...3 lines deleted...]
-      <c r="Q46" s="5"/>
+          <t>вул. Богдана Хмельницького, 14</t>
+        </is>
+      </c>
+      <c r="P46" s="5" t="inlineStr">
+        <is>
+          <t>(056)231-35-22</t>
+        </is>
+      </c>
+      <c r="Q46" s="5" t="inlineStr">
+        <is>
+          <t>ekaterina.klochko@rambler.ru</t>
+        </is>
+      </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Забашта Олександр Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Буряк Сергій Юлійович</t>
+        </is>
+      </c>
+      <c r="U46" s="8"/>
+      <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>4417</v>
+        <v>3016</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
+          <t>ТОВ "УЦПЗ"</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
-      <c r="G47" s="6"/>
+      <c r="G47" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 74, офіс 407</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
+        </is>
+      </c>
+      <c r="P47" s="5"/>
       <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Риженков Дмитро Миколайович</t>
-[...3 lines deleted...]
-      <c r="V47" s="5"/>
+          <t>Забашта Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U47" s="8" t="n">
+        <v>42681</v>
+      </c>
+      <c r="V47" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>5757</v>
+        <v>4417</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦСВНТ"</t>
+          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
-      <c r="G48" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G48" s="6"/>
       <c r="H48" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>49019</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010757287</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Краснозаводська, 36-А</t>
+          <t>просп. Гагаріна, 74, офіс 407</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>+380(80)-033-10-38</t>
+          <t>+380(67)-715-37-35</t>
         </is>
       </c>
       <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Дерець Станіслав Сергійович</t>
+          <t>Риженков Дмитро Миколайович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
+          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>3844</v>
-[...3 lines deleted...]
-      </c>
+        <v>5757</v>
+      </c>
+      <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ЦСВНТ"</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49019</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010475293</t>
+          <t>UA12020010010757287</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Липова, 6</t>
+          <t>вул. Краснозаводська, 36-А</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(056)721-24-56</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(80)-033-10-38</t>
+        </is>
+      </c>
+      <c r="Q49" s="5"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>Начальник учбового центру</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Головчанський Олександр Олексійович</t>
+          <t>Дерець Станіслав Сергійович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
+          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>3868</v>
+        <v>3844</v>
       </c>
       <c r="C50" s="6" t="n">
-        <v>3132</v>
+        <v>3786</v>
       </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J50" s="5"/>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>49101</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Руденко, 25 А</t>
+          <t>вул. Липова, 6</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(050)424-33-99</t>
+          <t>(056)721-24-56</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>dgo_dnepr1@ukr.net</t>
+          <t>vipgarant@ukr.net</t>
         </is>
       </c>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
+          <t>Начальник учбового центру</t>
+        </is>
+      </c>
+      <c r="T50" s="5" t="inlineStr">
+        <is>
+          <t>Головчанський Олександр Олексійович</t>
+        </is>
+      </c>
+      <c r="U50" s="8"/>
+      <c r="V50" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
+        </is>
+      </c>
+      <c r="B51" s="6" t="n">
+        <v>3868</v>
+      </c>
+      <c r="C51" s="6" t="n">
+        <v>3132</v>
+      </c>
+      <c r="D51" s="5" t="inlineStr">
+        <is>
+          <t>-</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
+      <c r="F51" s="7"/>
+      <c r="G51" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I51" s="5" t="inlineStr">
+        <is>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство інфраструктури України</t>
+        </is>
+      </c>
+      <c r="K51" s="7" t="inlineStr">
+        <is>
+          <t>49101</t>
+        </is>
+      </c>
+      <c r="L51" s="7" t="inlineStr">
+        <is>
+          <t>UA12020010010037010</t>
+        </is>
+      </c>
+      <c r="M51" s="5" t="inlineStr">
+        <is>
+          <t>Дніпропетровська обл.</t>
+        </is>
+      </c>
+      <c r="N51" s="5" t="inlineStr">
+        <is>
+          <t>м. Дніпро</t>
+        </is>
+      </c>
+      <c r="O51" s="5" t="inlineStr">
+        <is>
+          <t>вул. Миколи Руденко, 25 А</t>
+        </is>
+      </c>
+      <c r="P51" s="5" t="inlineStr">
+        <is>
+          <t>(050)424-33-99</t>
+        </is>
+      </c>
+      <c r="Q51" s="5" t="inlineStr">
+        <is>
+          <t>dgo_dnepr1@ukr.net</t>
+        </is>
+      </c>
+      <c r="R51" s="5"/>
+      <c r="S51" s="5" t="inlineStr">
+        <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T50" s="5"/>
-      <c r="U50" s="8" t="n">
+      <c r="T51" s="5"/>
+      <c r="U51" s="8" t="n">
         <v>45370</v>
       </c>
-      <c r="V50" s="5" t="inlineStr">
+      <c r="V51" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:V50"/>
+  <autoFilter ref="A1:V51"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>