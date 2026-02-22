--- v0 (2025-10-29)
+++ v1 (2026-02-22)
@@ -306,62 +306,62 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ДНІПРОВСЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО ПІДПРИЄМСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ «ДНІПРОВСЬКИЙ НАВЧАЛЬНО-КОНСУЛЬТАЦІЙНИЙ ЦЕНТР» КОМУНАЛЬНОГО НЕКОМЕРЦІЙНОГО ТОВАРИСТВА «ДНІПРОПЕТРОВСЬКИЙ ОБЛАСНИЙ ІНФОРМАЦІЙНО-АНАЛІТИЧНИЙ ЦЕНТР МЕДИЧНОЇ СТАТИСТИКИ» ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ»</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>6462</v>
       </c>
       <c r="C2" s="6" t="n">
         <v>5755</v>
       </c>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ВСП «ДНКЦ» КП «ДОІАЦМС» ДОР»</t>
+          <t>ВСП «ДНКЦ» КНТ «ДОІАЦМС» ДОР»</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2021</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад післядипломної освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>49074</t>