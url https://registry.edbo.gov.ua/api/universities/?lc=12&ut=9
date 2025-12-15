--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$63</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$62</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V63"/>
+  <dimension ref="A1:V62"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -480,51 +480,51 @@
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Богдана Хмельницького, 49 А</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+380(56)-785-04-97</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>dkebdnu@ukr.net</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>college-business.dp.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Мельник Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Автотранспортний фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>939</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>36</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП "Автотранспортний фаховий коледж НТУ "ДП"</t>
@@ -686,5453 +686,5359 @@
         <is>
           <t>mc-dnu@ua.fm</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>http:\\www.mcdnu.dp.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Черніков Сергій Іванович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Сєвєродонецький політехнічний фаховий коледж Східноукраїнського національного університету імені Володимира Даля"</t>
+          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Дніпровського державного аграрно-економічного університету"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
-        <v>1028</v>
+        <v>1061</v>
       </c>
       <c r="C6" s="6" t="n">
-        <v>21</v>
+        <v>80</v>
       </c>
       <c r="D6" s="5" t="inlineStr">
         <is>
-          <t>ВСП "СПФК СНУ ім. В.Даля"</t>
+          <t>ВСП "ТФК ДДАЕУ"</t>
         </is>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
-          <t>Independent department "Severodonetsk Applied College of Technology of Volodymyr Dahl Eastukrainian National University"</t>
+          <t>SEPARATE STRUCTURAL SUBDIVISION "TECHNOLOGICAL APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
         </is>
       </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
-        <v>1962</v>
+        <v>2000</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
-          <t>просп. Науки, 72</t>
+          <t>просп. Дмитра Яворницького, 76</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>095-824-51-35</t>
+          <t>+38-068-253-82-13</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
-          <t>shmt_snu@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>tfcddaey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R6" s="5"/>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>в. о. директора</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
-          <t>Жученко Євген Володимирович</t>
+          <t>Авраменко Олександр Іванович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Дніпровського державного аграрно-економічного університету"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ФАХОВИЙ КОЛЕДЖ ЕЛЕКТРИФІКАЦІЇ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
-        <v>1061</v>
+        <v>564</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>80</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ТФК ДДАЕУ"</t>
+          <t>ВСП ФКЕ ДДАЕУ</t>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL SUBDIVISION "TECHNOLOGICAL APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
+          <t>SEPARATE STRUCTURAL DIVISION «APPLIED ELECTRIFICATION COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
         </is>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="6" t="n">
-        <v>2000</v>
+        <v>1921</v>
       </c>
       <c r="H7" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I7" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K7" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L7" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M7" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N7" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
-          <t>просп. Дмитра Яворницького, 76</t>
+          <t>просп. Гагаріна, 95</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
-          <t>+38-068-253-82-13</t>
+          <t>(056)720-92-92</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
-          <t>tfcddaey@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R7" s="5"/>
+          <t>keddaeu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R7" s="5" t="inlineStr">
+        <is>
+          <t>keddau.dp.ua</t>
+        </is>
+      </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>в. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Авраменко Олександр Іванович</t>
+          <t>Цоколенко Микола Петрович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ФАХОВИЙ КОЛЕДЖ ЕЛЕКТРИФІКАЦІЇ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>564</v>
+        <v>6514</v>
       </c>
       <c r="C8" s="6" t="n">
-        <v>80</v>
+        <v>6507</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>ВСП ФКЕ ДДАЕУ</t>
+          <t>ВСП «Фаховий коледж УДУНТ»</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL DIVISION «APPLIED ELECTRIFICATION COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+          <t>Separated structural unit «Professional college of the Ukrainian State University of Science and Technologies»</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1921</v>
+        <v>2021</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>49010</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 95</t>
+          <t>вул. Мічуріна, 2Б</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(056)720-92-92</t>
+          <t>098-536-20-99</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>keddaeu@gmail.com</t>
+          <t>knmetau1@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>keddau.dp.ua</t>
+          <t>https://www.collegeudunt.net/</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Цоколенко Микола Петрович</t>
+          <t>Савченко Герман Георгійович</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж Українського державного університету науки і технологій"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий музичний коледж" комунального закладу вищої освіти "Дніпровська академія музики" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>6514</v>
+        <v>3083</v>
       </c>
       <c r="C9" s="6" t="n">
-        <v>6507</v>
+        <v>1265</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Фаховий коледж УДУНТ»</t>
+          <t>Фаховий музичний коледж Дніпровської академії музики</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Separated structural unit «Professional college of the Ukrainian State University of Science and Technologies»</t>
+          <t>Separate Organization Unit "Professional Music College” of the Communal Institution of Higher Education "Dnipro Academy of Music" of Dnipropetrovsk Regional Council</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Мічуріна, 2Б</t>
+          <t>вул. Ливарна, 10</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>098-536-20-99</t>
+          <t>(056)720-92-77; (056)720-92-78</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>knmetau1@gmail.com</t>
+          <t>dkdpua@gmail.com; academyglinka@meta.ua</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>https://www.collegeudunt.net/</t>
+          <t>www.dk.dp.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Савченко Герман Георгійович</t>
+          <t>Потоцька Олена Вікторівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий музичний коледж" комунального закладу вищої освіти "Дніпровська академія музики" Дніпропетровської обласної ради"</t>
+          <t>Дніпровський індустріальний фаховий коледж</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
-        <v>3083</v>
-[...3 lines deleted...]
-      </c>
+        <v>475</v>
+      </c>
+      <c r="C10" s="6"/>
       <c r="D10" s="5" t="inlineStr">
         <is>
-          <t>Фаховий музичний коледж Дніпровської академії музики</t>
+          <t>ДІФК</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
-          <t>Separate Organization Unit "Professional Music College” of the Communal Institution of Higher Education "Dnipro Academy of Music" of Dnipropetrovsk Regional Council</t>
+          <t>Dnipro Industrial Professional College</t>
         </is>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="6" t="n">
-        <v>2015</v>
+        <v>1936</v>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I10" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J10" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K10" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>49064</t>
         </is>
       </c>
       <c r="L10" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M10" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N10" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O10" s="5" t="inlineStr">
         <is>
-          <t>вул. Ливарна, 10</t>
+          <t>просп. Сергія Нігояна, 55</t>
         </is>
       </c>
       <c r="P10" s="5" t="inlineStr">
         <is>
-          <t>(056)720-92-77; (056)720-92-78</t>
+          <t>(056)720-32-60</t>
         </is>
       </c>
       <c r="Q10" s="5" t="inlineStr">
         <is>
-          <t>dkdpua@gmail.com; academyglinka@meta.ua</t>
+          <t>dint@ua.fm</t>
         </is>
       </c>
       <c r="R10" s="5" t="inlineStr">
         <is>
-          <t>www.dk.dp.ua</t>
+          <t>www.inc.dp.ua</t>
         </is>
       </c>
       <c r="S10" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T10" s="5" t="inlineStr">
         <is>
-          <t>Потоцька Олена Вікторівна</t>
+          <t>Лагун Віктор Михайлович</t>
         </is>
       </c>
       <c r="U10" s="8"/>
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський індустріальний фаховий коледж</t>
+          <t>Дніпровський індустріально-педагогічний фаховий коледж</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C11" s="6"/>
       <c r="D11" s="5" t="inlineStr">
         <is>
-          <t>ДІФК</t>
+          <t>ДІПФК</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Industrial Professional College</t>
+          <t>Dnipro Industrial Pedagogical Professional Pre-Higher College</t>
         </is>
       </c>
       <c r="F11" s="7"/>
       <c r="G11" s="6" t="n">
-        <v>1936</v>
+        <v>1961</v>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
-          <t>просп. Сергія Нігояна, 55</t>
+          <t>вул. Володимира Івасюка, 51</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>(056)720-32-60</t>
+          <t>(098)-831-79-76; (063)-796-06-26; (056) 372-39-66</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
-          <t>dint@ua.fm</t>
+          <t>dipt.dp.ua@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
-          <t>www.inc.dp.ua</t>
+          <t>www.dipt.dp.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Лагун Віктор Михайлович</t>
+          <t>Петков Валерій Захарович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський індустріально-педагогічний фаховий коледж</t>
+          <t>Дніпровський політехнічний фаховий коледж</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>476</v>
+        <v>449</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДІПФК</t>
+          <t>ДПФК</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Industrial Pedagogical Professional Pre-Higher College</t>
+          <t>Dnipro Polytechnic Professional Applied College</t>
         </is>
       </c>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>1961</v>
+        <v>1930</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K12" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA12020010010350200</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Івасюка, 51</t>
+          <t>просп. Івана Мазепи, 38</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(098)-831-79-76; (063)-796-06-26; (056) 372-39-66</t>
+          <t>+380954112779</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>dipt.dp.ua@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dpk1930@ukr.net</t>
+        </is>
+      </c>
+      <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Петков Валерій Захарович</t>
+          <t>Липчак Василь Васильович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський політехнічний фаховий коледж</t>
+          <t>Дніпровський технолого-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ДПФК</t>
+          <t>ДТЕФК</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Polytechnic Professional Applied College</t>
+          <t>Dnipro Technology and Economics Applied College</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1930</v>
+        <v>1962</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>49064</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010350200</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>просп. Івана Мазепи, 38</t>
+          <t>вул. Авіаційна, 33</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>+380954112779</t>
+          <t>0567209480</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>dpk1930@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R13" s="5"/>
+          <t>dvnzdtek@gmail.com</t>
+        </is>
+      </c>
+      <c r="R13" s="5" t="inlineStr">
+        <is>
+          <t>www.dtek.dp.ua</t>
+        </is>
+      </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Липчак Василь Васильович</t>
+          <t>Карпов Віктор Намінович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський технолого-економічний фаховий коледж</t>
+          <t>Дніпровський транспортно-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>450</v>
+        <v>460</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>ДТЕФК</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Technology and Economics Applied College</t>
+          <t>Dnipro Applied College of Transport and Economics</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1962</v>
+        <v>1955</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>49064</t>
+          <t>49041</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Авіаційна, 33</t>
+          <t>вул. Технічна, 4</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>0567209480</t>
+          <t>(093) 971-41-00</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>dvnzdtek@gmail.com</t>
+          <t>dtret1@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
-          <t>www.dtek.dp.ua</t>
+          <t>www.dtrek.dp.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Карпов Віктор Намінович</t>
+          <t>Дашко Вадим Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський транспортно-економічний фаховий коледж</t>
+          <t>Дніпровський фаховий коледж будівельно-монтажних технологій та архітектури</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>460</v>
+        <v>478</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ДТЕФК</t>
+          <t>ДФКБМТА</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Transport and Economics</t>
+          <t>Dnipro Applied College of Building and Mounting Technologies and Architecture</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1955</v>
+        <v>1945</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>49041</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Технічна, 4</t>
+          <t>вул. Столярова, 8</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(093) 971-41-00</t>
+          <t>(056) 745 00 95</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>dtret1@ukr.net</t>
+          <t>dnmont@gmail.com</t>
         </is>
       </c>
       <c r="R15" s="5" t="inlineStr">
         <is>
-          <t>www.dtrek.dp.ua</t>
+          <t>dnmont.dp.ua</t>
         </is>
       </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Дашко Вадим Васильович</t>
+          <t>Ватагіна Вероніка Василівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж будівельно-монтажних технологій та архітектури</t>
+          <t>Дніпровський фаховий коледж енергетичних та інформаційних технологій</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>478</v>
+        <v>719</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>ДФКБМТА</t>
+          <t>ДФКЕІТ</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Building and Mounting Technologies and Architecture</t>
+          <t>Dnipro Applied College of Energy and Information Technologies</t>
         </is>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1945</v>
+        <v>1956</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49127</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Столярова, 8</t>
+          <t>вул. Каденюка Леоніда, 6 Б</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(056) 745 00 95</t>
+          <t>(056) 785 92 38 (приймальна директора), (093) 700 56 78 (приймальна комісія)</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>dnmont@gmail.com</t>
+          <t>ddteit.2020@gmail.com</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>dnmont.dp.ua</t>
+          <t>ddteit.dp.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Ватагіна Вероніка Василівна</t>
+          <t>Федько Анжеліка Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж енергетичних та інформаційних технологій</t>
+          <t>Дніпровський фаховий коледж залізничного транспорту та транспортної інфраструктури</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
-        <v>719</v>
+        <v>481</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
-          <t>ДФКЕІТ</t>
+          <t>ДФКЗТТІ</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Energy and Information Technologies</t>
+          <t>Dniprovskiy applied college of railway transport and transport infrastructure</t>
         </is>
       </c>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
-        <v>1956</v>
+        <v>1902</v>
       </c>
       <c r="H17" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I17" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K17" s="7" t="inlineStr">
         <is>
-          <t>49127</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="L17" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010475293</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M17" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N17" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O17" s="5" t="inlineStr">
         <is>
-          <t>вул. Каденюка Леоніда, 6 Б</t>
+          <t>просп. Лесі Українки, 77-а</t>
         </is>
       </c>
       <c r="P17" s="5" t="inlineStr">
         <is>
-          <t>(056) 785 92 38 (приймальна директора), (093) 700 56 78 (приймальна комісія)</t>
+          <t>0567932699</t>
         </is>
       </c>
       <c r="Q17" s="5" t="inlineStr">
         <is>
-          <t>ddteit.2020@gmail.com</t>
+          <t>dkztti@gmail.com</t>
         </is>
       </c>
       <c r="R17" s="5" t="inlineStr">
         <is>
-          <t>ddteit.dp.ua</t>
+          <t>www.dkztti.dp.ua</t>
         </is>
       </c>
       <c r="S17" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Директор коледжу</t>
         </is>
       </c>
       <c r="T17" s="5" t="inlineStr">
         <is>
-          <t>Федько Анжеліка Володимирівна</t>
+          <t>Павленко Ігор Петрович</t>
         </is>
       </c>
       <c r="U17" s="8"/>
       <c r="V17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж залізничного транспорту та транспортної інфраструктури</t>
+          <t>"Дніпровський фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B18" s="6" t="n">
-        <v>481</v>
-[...1 lines deleted...]
-      <c r="C18" s="6"/>
+        <v>1552</v>
+      </c>
+      <c r="C18" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
-          <t>ДФКЗТТІ</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
-          <t>Dniprovskiy applied college of railway transport and transport infrastructure</t>
+          <t>Dnipro Professional College of Kyiv University of Culture</t>
         </is>
       </c>
       <c r="F18" s="7"/>
       <c r="G18" s="6" t="n">
-        <v>1902</v>
+        <v>2000</v>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I18" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J18" s="5"/>
       <c r="K18" s="7" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
-          <t>просп. Лесі Українки, 77-а</t>
+          <t>вул. Михайла Грушевського, 9</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>0567932699</t>
+          <t>(044)2846404,0567444623</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
-          <t>dkztti@gmail.com</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
-          <t>www.dkztti.dp.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
-          <t>Директор коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Павленко Ігор Петрович</t>
+          <t>Рибчук Лариса Анатоліївна</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
-          <t>"Дніпровський фаховий коледж Київського університету культури"</t>
+          <t>Дніпровський фаховий коледж радіоелектроніки</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
-        <v>1552</v>
-[...3 lines deleted...]
-      </c>
+        <v>480</v>
+      </c>
+      <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ДФКР</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Professional College of Kyiv University of Culture</t>
+          <t>Dnipro Applied College of Radio Electronics</t>
         </is>
       </c>
       <c r="F19" s="7"/>
       <c r="G19" s="6" t="n">
-        <v>2000</v>
+        <v>1962</v>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I19" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J19" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J19" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K19" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49006</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Грушевського, 9</t>
+          <t>вул. Бандери Степана, 18</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(044)2846404,0567444623</t>
+          <t>(056) 785-54-07</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
+          <t>drpbk.info@gmail.com</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
-          <t>https://kuk.edu.ua/</t>
+          <t>www.kre.dp.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
-          <t>Рибчук Лариса Анатоліївна</t>
+          <t>Тіхонов Василь Андрійович</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж радіоелектроніки</t>
+          <t>Дніпровський фаховий коледж технологій та дизайну</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
-        <v>480</v>
+        <v>448</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
-          <t>ДФКР</t>
+          <t>ДФКТД</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Radio Electronics</t>
+          <t>Dnipro Applied College of Technology and Design</t>
         </is>
       </c>
       <c r="F20" s="7"/>
       <c r="G20" s="6" t="n">
-        <v>1962</v>
+        <v>1958</v>
       </c>
       <c r="H20" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I20" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J20" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K20" s="7" t="inlineStr">
         <is>
-          <t>49006</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
-          <t>вул. Бандери Степана, 18</t>
+          <t>пров. Ушинського, 3</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>(056) 785-54-07</t>
+          <t>+380(56)-375-77-50</t>
         </is>
       </c>
       <c r="Q20" s="5" t="inlineStr">
         <is>
-          <t>drpbk.info@gmail.com</t>
+          <t>dvnz_dktd@ukr.net</t>
         </is>
       </c>
       <c r="R20" s="5" t="inlineStr">
         <is>
-          <t>www.kre.dp.ua</t>
+          <t>http://www.dktd.dp.ua/</t>
         </is>
       </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
-          <t>Тіхонов Василь Андрійович</t>
+          <t>Кожушкіна Тетяна Львівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Дніпровський фаховий коледж технологій та дизайну</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД “ДНІПРОПЕТРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ СПОРТУ” ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ”</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>448</v>
+        <v>1095</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>ДФКТД</t>
+          <t>КЗ "ДФКС "ДОР"</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
-          <t>Dnipro Applied College of Technology and Design</t>
+          <t>MUNICIPAL EDUCATION ESTABLISHMENT “DNIPROPETROVSK SPECIALISED SPORT COLLEGE” OF DNIPROPETROVSK REGIONAL COUNCIL”</t>
         </is>
       </c>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>1958</v>
+        <v>1983</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49033</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>пров. Ушинського, 3</t>
+          <t>вул. Квартальна, 39</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-375-77-50</t>
+          <t>+38(056)-790-23-43</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>dvnz_dktd@ukr.net</t>
+          <t>dvufk@ukr.net</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>http://www.dktd.dp.ua/</t>
+          <t>dfks.com.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Кожушкіна Тетяна Львівна</t>
+          <t>Дерлюк Олег Анатолійович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД “ДНІПРОПЕТРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ СПОРТУ” ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ”</t>
+          <t>Комунальний заклад «Криворізький обласний фаховий музичний коледж» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>1095</v>
+        <v>575</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДФКС "ДОР"</t>
+          <t>КЗ «КОФМК» ДОР»</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL EDUCATION ESTABLISHMENT “DNIPROPETROVSK SPECIALISED SPORT COLLEGE” OF DNIPROPETROVSK REGIONAL COUNCIL”</t>
+          <t>The municipal institution «Kryvyi Rih Regional Professional Music College» of Dnipropetrovsk regional council»</t>
         </is>
       </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1983</v>
+        <v>1961</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>49033</t>
+          <t>50099</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Гладкова, 39</t>
+          <t>вул. Грабовського, 12</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(056)790-23-43</t>
+          <t>+38(098)-560-85-88;</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>dvufk@ukr.net</t>
+          <t>vnz_komc@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>dfks.com.ua</t>
+          <t>http://komu.dp.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Дерлюк Олег Анатолійович</t>
+          <t>Ракітянська Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад «Криворізький обласний фаховий музичний коледж» Дніпропетровської обласної ради»</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКИЙ БАЗОВИЙ ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>575</v>
+        <v>604</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>КЗ «КОФМК» ДОР»</t>
+          <t>ДНІПРОВСЬКИЙ БАЗОВИЙ МЕДИЧНИЙ КОЛЕДЖ</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
-          <t>The municipal institution «Kryvyi Rih Regional Professional Music College» of Dnipropetrovsk regional council»</t>
+          <t>MUNICIPAL INSTITUTION "DNIPRO BASIC PROFESSIONAL MEDICAL COLLEGE" OF DNIPROPETROVSK REGIONAL COUNCIL"</t>
         </is>
       </c>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>1961</v>
+        <v>1870</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>50099</t>
+          <t>49061</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
-          <t>м. Кривий Ріг</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Грабовського, 12</t>
+          <t>просп. Богдана Хмельницького, 23</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-560-85-88;</t>
+          <t>(056)749-60-32</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
-          <t>vnz_komc@ukr.net</t>
+          <t>dbmk1870@gmail.com</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
-          <t>http://komu.dp.ua</t>
+          <t>dbmk.dp.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Ракітянська Людмила Володимирівна</t>
+          <t>Попович Наталія Олексіївна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД "ДНІПРОВСЬКИЙ БАЗОВИЙ ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>Комунальний заклад "Дніпропетровський фаховий мистецько-художній коледж культури" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>604</v>
+        <v>474</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>ДНІПРОВСЬКИЙ БАЗОВИЙ МЕДИЧНИЙ КОЛЕДЖ</t>
+          <t>КЗ "ДФМХКК" ДОР"</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL INSTITUTION "DNIPRO BASIC PROFESSIONAL MEDICAL COLLEGE" OF DNIPROPETROVSK REGIONAL COUNCIL"</t>
+          <t>Municipal Institution "Dnepropetrovsk Professional College of Arts and Culture" of Dnipropetrovsk Regional Council"</t>
         </is>
       </c>
       <c r="F24" s="7"/>
       <c r="G24" s="6" t="n">
-        <v>1870</v>
+        <v>1961</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
-          <t>49061</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>просп. Богдана Хмельницького, 23</t>
+          <t>просп. Дмитра Яворницького, 47</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>(056)749-60-32</t>
+          <t>063-407-54-08</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>dbmk1870@gmail.com</t>
+          <t>duk.dnepr@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>dbmk.dp.ua</t>
+          <t>https://dniproart.college/</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Попович Наталія Олексіївна</t>
+          <t>Рудкевич Інна Володимирівна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпропетровський фаховий мистецько-художній коледж культури" Дніпропетровської обласної ради"</t>
+          <t>Фаховий коледж зварювання та електроніки імені Є.О. Патона</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>474</v>
+        <v>482</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДФМХКК" ДОР"</t>
+          <t>ФКЗЕ імені Є.О. Патона</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Dnepropetrovsk Professional College of Arts and Culture" of Dnipropetrovsk Regional Council"</t>
+          <t>Yevhen Paton Applied College of Welding and Electronics</t>
         </is>
       </c>
       <c r="F25" s="7"/>
       <c r="G25" s="6" t="n">
-        <v>1961</v>
+        <v>1932</v>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
           <t>49044</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>просп. Дмитра Яворницького, 47</t>
+          <t>вул. Володимира Моссаковського, 2А</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>063-407-54-08</t>
+          <t>+38(056)-377-24-15; +38(056)-377-24-12;</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>duk.dnepr@ukr.net</t>
+          <t>dtsepaton@gmail.com</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
-          <t>https://dniproart.college/</t>
+          <t>http://dtse.dp.ua</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Рудкевич Інна Володимирівна</t>
+          <t>Новіков Юрій Степанович</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж зварювання та електроніки імені Є.О. Патона</t>
+          <t>Відокремлений структурний підрозділ "Вільногірський фаховий коледж Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>482</v>
-[...1 lines deleted...]
-      <c r="C26" s="6"/>
+        <v>6509</v>
+      </c>
+      <c r="C26" s="6" t="n">
+        <v>6507</v>
+      </c>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>ФКЗЕ імені Є.О. Патона</t>
+          <t>ВСП «Вільногірський ФК УДУНТ»</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
-          <t>Yevhen Paton Applied College of Welding and Electronics</t>
+          <t>Separate structural unit “Vilnohirsk Vocational College of Ukrainan State University of Science and Technologies”</t>
         </is>
       </c>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
-        <v>1932</v>
+        <v>2021</v>
       </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>51700</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12040090010047409</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>м. Вільногірськ</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Моссаковського, 2А</t>
+          <t>вул. Центральна, 33</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-377-24-15; +38(056)-377-24-12;</t>
+          <t>+38(056)-535-15-46;</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>dtsepaton@gmail.com</t>
+          <t>nmetauvfk@gmail.com</t>
         </is>
       </c>
       <c r="R26" s="5" t="inlineStr">
         <is>
-          <t>http://dtse.dp.ua</t>
+          <t>https://sites.google.com/vfk.ukr.education/vfk2021</t>
         </is>
       </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Новіков Юрій Степанович</t>
+          <t>Погребняк Олена Вадимівна</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Вільногірський фаховий коледж Українського державного університету науки і технологій"</t>
+          <t>Відокремлений структурний підрозділ “Жовтоводський промисловий фаховий коледж Дніпровського національного університету імені Олеся Гончара”</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>6509</v>
+        <v>514</v>
       </c>
       <c r="C27" s="6" t="n">
-        <v>6507</v>
+        <v>111</v>
       </c>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Вільногірський ФК УДУНТ»</t>
+          <t>ВСП ЖВПФК ДНУ</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit “Vilnohirsk Vocational College of Ukrainan State University of Science and Technologies”</t>
+          <t>Separate structural department “Zhovty Vody Industrial Specialized College of Oles Honchar Dnipro National University”</t>
         </is>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>2021</v>
+        <v>1954</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>51700</t>
+          <t>52204</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA12040090010047409</t>
+          <t>UA12040110010051141</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
-          <t>м. Вільногірськ</t>
+          <t>м. Жовті Води</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 33</t>
+          <t>бульв. Свободи, 35</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-535-15-46;</t>
+          <t>+380683251030</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>nmetauvfk@gmail.com</t>
+          <t>gvpt@ua.fm</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
-          <t>https://sites.google.com/vfk.ukr.education/vfk2021</t>
+          <t>tttp:llgvpk.dp.ual</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Погребняк Олена Вадимівна</t>
+          <t>Шавлай Станіслав Васильович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ “Жовтоводський промисловий фаховий коледж Дніпровського національного університету імені Олеся Гончара”</t>
+          <t>Комунальний заклад "Жовтоводський фаховий педагогічний коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>514</v>
-[...3 lines deleted...]
-      </c>
+        <v>3788</v>
+      </c>
+      <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>ВСП ЖВПФК ДНУ</t>
+          <t>КЗ "Жовтоводський фаховий педагогічний коледж" ДОР"</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Separate structural department “Zhovty Vody Industrial Specialized College of Oles Honchar Dnipro National University”</t>
+          <t>Municipal Establishment "Zhovti Vody Professional Pedagogical College" Dnipropetrovs’k Regional Council"</t>
         </is>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>1954</v>
+        <v>1966</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>52204</t>
+          <t>52206</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA12040110010051141</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Жовті Води</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>бульв. Свободи, 35</t>
+          <t>вул. Івана Франка, 5</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>+380683251030</t>
+          <t>(095) 65-09-325</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>gvpt@ua.fm</t>
+          <t>zvpedkoledzh@gmail.com</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
-          <t>tttp:llgvpk.dp.ual</t>
+          <t>zvpedcol.fun</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Шавлай Станіслав Васильович</t>
+          <t>Канівець Світлана Станіславівна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Жовтоводський фаховий педагогічний коледж" Дніпропетровської обласної ради"</t>
+          <t>Відокремлений структурний підрозділ «Техніко-економічний фаховий коледж Дніпровського державного технічного університету»</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>3788</v>
-[...1 lines deleted...]
-      <c r="C29" s="6"/>
+        <v>931</v>
+      </c>
+      <c r="C29" s="6" t="n">
+        <v>1254</v>
+      </c>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Жовтоводський фаховий педагогічний коледж" ДОР"</t>
+          <t>ВСП "ТЕФК ДДТУ"</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Municipal Establishment "Zhovti Vody Professional Pedagogical College" Dnipropetrovs’k Regional Council"</t>
+          <t>Separated structural unit «Technical and Economic Professional College of Dniprovsky State Technical University»</t>
         </is>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>1966</v>
+        <v>1962</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>52206</t>
+          <t>51911</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA12040110010051141</t>
+          <t>UA12040150010213957</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
-          <t>м. Жовті Води</t>
+          <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка, 5</t>
+          <t>просп. Відродження, 102</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>(095) 65-09-325</t>
+          <t>(067)208-05-35</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>zvpedkoledzh@gmail.com</t>
+          <t>tet_dgtu@ukr.net</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
-          <t>zvpedcol.fun</t>
+          <t>dek-ddtu.dp.ua</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Канівець Світлана Станіславівна</t>
+          <t>Ітякін Олександр Сергійович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Техніко-економічний фаховий коледж Дніпровського державного технічного університету»</t>
+          <t>Відокремлений структурний підрозділ «Технологічний фаховий коледж Дніпровського державного технічного університету»</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>931</v>
+        <v>1240</v>
       </c>
       <c r="C30" s="6" t="n">
         <v>1254</v>
       </c>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ТЕФК ДДТУ"</t>
+          <t>ВСП ТФК ДДТУ</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
-          <t>Separated structural unit «Technical and Economic Professional College of Dniprovsky State Technical University»</t>
+          <t>Separate structural unit Technological professional college of Dniprovsky State Technical University</t>
         </is>
       </c>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1962</v>
+        <v>1961</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>51911</t>
+          <t>51909</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010213957</t>
+          <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>просп. Відродження, 102</t>
+          <t>просп. Конституції, 2 А</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(067)208-05-35</t>
+          <t>(093)246-88-52</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>tet_dgtu@ukr.net</t>
+          <t>dtkddtu@gmail.com</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
-          <t>dek-ddtu.dp.ua</t>
+          <t>www.dtkddtu.dp.ua</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Ітякін Олександр Сергійович</t>
+          <t>Олійник Леонід Олексійович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Технологічний фаховий коледж Дніпровського державного технічного університету»</t>
+          <t>Відокремлений структурний підрозділ "Дніпровський фаховий коледж інженерії та педагогіки Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>1240</v>
+        <v>6944</v>
       </c>
       <c r="C31" s="6" t="n">
-        <v>1254</v>
+        <v>6507</v>
       </c>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ВСП ТФК ДДТУ</t>
+          <t>ВСП ДФКІП УДУНТ</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit Technological professional college of Dniprovsky State Technical University</t>
+          <t>SEPARATE STRUCTURAL SUBDIVISION «DNIPRО PROFESSIONAL COLLEGE OF ENGINEERING AND PEDAGOGICAL OF THE UKRAINIAN STATE UNIVERSITY OF SCIENCE AND TECHNOLOGY»</t>
         </is>
       </c>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1961</v>
+        <v>1945</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>51909</t>
+          <t>51931</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>просп. Конституції, 2 А</t>
+          <t>вул. Медична, 10</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(093)246-88-52</t>
+          <t>+380(56)-956-07-70</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>dtkddtu@gmail.com</t>
+          <t>dndzdik@ukr.net</t>
         </is>
       </c>
       <c r="R31" s="5" t="inlineStr">
         <is>
-          <t>www.dtkddtu.dp.ua</t>
+          <t>https://dfkip.ust.edu.ua/</t>
         </is>
       </c>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконувач обов'язків директора</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Олійник Леонід Олексійович</t>
+          <t>Бажан Сергій Петрович</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Дніпровський фаховий коледж інженерії та педагогіки Українського державного університету науки і технологій"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж харчових технологій та підприємництва Дніпровського державного технічного університету"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>6944</v>
+        <v>472</v>
       </c>
       <c r="C32" s="6" t="n">
-        <v>6507</v>
+        <v>1254</v>
       </c>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ВСП ДФКІП УДУНТ</t>
+          <t>ВСП ФКХТП ДДТУ</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL SUBDIVISION «DNIPRО PROFESSIONAL COLLEGE OF ENGINEERING AND PEDAGOGICAL OF THE UKRAINIAN STATE UNIVERSITY OF SCIENCE AND TECHNOLOGY»</t>
+          <t>“Professional College of Food Technologies and Entrepreneurship of Dniprovsk State Technical University”</t>
         </is>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="6" t="n">
-        <v>1945</v>
+        <v>1961</v>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>51931</t>
+          <t>51925</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 10</t>
+          <t>вул. Коваленка, 10</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-956-07-70</t>
+          <t>0983681334</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>dndzdik@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dktddtu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов'язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Бажан Сергій Петрович</t>
+          <t>Черненко Яна Миколаївна</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж харчових технологій та підприємництва Дніпровського державного технічного університету"</t>
+          <t>Кам`янський енергетичний фаховий коледж</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>472</v>
-[...3 lines deleted...]
-      </c>
+        <v>469</v>
+      </c>
+      <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ВСП ФКХТП ДДТУ</t>
+          <t>КЕФК</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
-          <t>“Professional College of Food Technologies and Entrepreneurship of Dniprovsk State Technical University”</t>
+          <t>Kamiansky Energy Applied College</t>
         </is>
       </c>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>51925</t>
+          <t>51918</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010056523</t>
+          <t>UA12040150010118924</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Коваленка, 10</t>
+          <t>вул. Енергетиків, 36</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>0983681334</t>
+          <t>(096) 482-32-92</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>dktddtu@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R33" s="5"/>
+          <t>det_dndz@ukr.net</t>
+        </is>
+      </c>
+      <c r="R33" s="5" t="inlineStr">
+        <is>
+          <t>www.dndzdet.com</t>
+        </is>
+      </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Черненко Яна Миколаївна</t>
+          <t>Молочок Олена Юріївна</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Кам`янський енергетичний фаховий коледж</t>
+          <t>Кам'янський фаховий коледж фізичного виховання</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>КЕФК</t>
+          <t>КФКФВ</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>Kamiansky Energy Applied College</t>
+          <t>Kamensky Applied college of physical training</t>
         </is>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1966</v>
+        <v>1930</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>51918</t>
+          <t>51909</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010118924</t>
+          <t>UA12040150010395824</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Енергетиків, 36</t>
+          <t>вул. Малофєєва Олександра, 89</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(096) 482-32-92</t>
+          <t>(05692)7-01-04</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>det_dndz@ukr.net</t>
+          <t>dkfv1930@ukr.net</t>
         </is>
       </c>
       <c r="R34" s="5" t="inlineStr">
         <is>
-          <t>www.dndzdet.com</t>
+          <t>dkfv.dp.ua</t>
         </is>
       </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.О директора</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Молочок Олена Юріївна</t>
+          <t>Говоруха Олена Олексіївна</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Кам'янський фаховий коледж фізичного виховання</t>
+          <t>Комунальний заклад «Кам’янський фаховий музичний коледж імені Мирослава Скорика» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>471</v>
+        <v>574</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>КФКФВ</t>
+          <t>КЗ "КФМК ім. М. СКОРИКА" ДОР"</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>Kamensky Applied college of physical training</t>
+          <t>MUNICIPAL ESTABLISHMENT “MYROSLAV SKORYK KAMYANS`KE PROFESSIONAL MUSIC COLLEGE ” OF DNIPRO REGIONAL COUNCIL”</t>
         </is>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>1930</v>
+        <v>1967</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>51909</t>
+          <t>51938</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010395824</t>
+          <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Малофєєва Олександра, 89</t>
+          <t>вул. Миколи Лисенка, 58</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(05692)7-01-04</t>
+          <t>(056)952-14-90, (056)923-24-17</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>dkfv1930@ukr.net</t>
+          <t>collegemuz@i.ua</t>
         </is>
       </c>
       <c r="R35" s="5" t="inlineStr">
         <is>
-          <t>dkfv.dp.ua</t>
+          <t>dndzmusic.in.ua</t>
         </is>
       </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>В.О директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Говоруха Олена Олексіївна</t>
+          <t>Великодна Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад «Кам’янський фаховий музичний коледж імені Мирослава Скорика» Дніпропетровської обласної ради»</t>
+          <t>Комунальний заклад "Кам'янський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>574</v>
+        <v>468</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>КЗ "КФМК ім. М. СКОРИКА" ДОР"</t>
+          <t>КЗ "КФМК" ДОР"</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL ESTABLISHMENT “MYROSLAV SKORYK KAMYANS`KE PROFESSIONAL MUSIC COLLEGE ” OF DNIPRO REGIONAL COUNCIL”</t>
+          <t>Communal institution "Kamianske professional medical college" of Dnipropetrovsk regional council"</t>
         </is>
       </c>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>1967</v>
+        <v>1931</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>51938</t>
+          <t>51931</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Лисенка, 58</t>
+          <t>вул. Медична, 7</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(056)952-14-90, (056)923-24-17</t>
+          <t>0569554457</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>collegemuz@i.ua</t>
+          <t>kmk@med.cc.ua</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>dndzmusic.in.ua</t>
+          <t>http:// med.cc.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Великодна Ірина Володимирівна</t>
+          <t>Тимченко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Кам'янський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
+          <t>Придніпровський металургійний фаховий коледж</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>КЗ "КФМК" ДОР"</t>
+          <t>ПМФК</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>Communal institution "Kamianske professional medical college" of Dnipropetrovsk regional council"</t>
+          <t>Prydniprovskyi Metallurgical Applied College</t>
         </is>
       </c>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
-        <v>1931</v>
+        <v>1930</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J37" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>51931</t>
+          <t>51900</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010056523</t>
+          <t>UA12040150010213957</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 7</t>
+          <t>просп. Відродження, 86</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>0569554457</t>
+          <t>+380(99)-639-60-91</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>kmk@med.cc.ua</t>
+          <t>metalkoledg@gmail.com</t>
         </is>
       </c>
       <c r="R37" s="5" t="inlineStr">
         <is>
-          <t>http:// med.cc.ua</t>
+          <t>koledg.in.ua</t>
         </is>
       </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Тимченко Тетяна Миколаївна</t>
+          <t>Литвиненко Ольга Анатоліївна</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Придніпровський металургійний фаховий коледж</t>
+          <t>Відокремлений структурний підрозділ «Індустріальний фаховий коледж Криворізького національного університету»</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>473</v>
-[...1 lines deleted...]
-      <c r="C38" s="6"/>
+        <v>1165</v>
+      </c>
+      <c r="C38" s="6" t="n">
+        <v>919</v>
+      </c>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ПМФК</t>
+          <t>ВСП «ІФК КНУ»</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>Prydniprovskyi Metallurgical Applied College</t>
-[...2 lines deleted...]
-      <c r="F38" s="7"/>
+          <t>Separate structural subdivision «Industrial Vocation College of Kryvyi Rih National University»</t>
+        </is>
+      </c>
+      <c r="F38" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G38" s="6" t="n">
-        <v>1930</v>
+        <v>1965</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>51900</t>
+          <t>50079</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010213957</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янське</t>
+          <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>просп. Відродження, 86</t>
+          <t>вул. Рак Анастасії, 47</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380(99)-639-60-91</t>
+          <t>+38(056)-494-81-71</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>metalkoledg@gmail.com</t>
+          <t>tt_ktu@meta.ua</t>
         </is>
       </c>
       <c r="R38" s="5" t="inlineStr">
         <is>
-          <t>koledg.in.ua</t>
+          <t>http://itknu.dp.ua</t>
         </is>
       </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Литвиненко Ольга Анатоліївна</t>
+          <t>Виговська Маргарита Сергіївна</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Індустріальний фаховий коледж Криворізького національного університету»</t>
+          <t>Відокремлений структурний підрозділ «Політехнічний фаховий коледж Криворізького національного університету»</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>1165</v>
+        <v>1134</v>
       </c>
       <c r="C39" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ВСП «ІФК КНУ»</t>
+          <t>ВСП «Політехнічний фаховий коледж КНУ»</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision «Industrial Vocation College of Kryvyi Rih National University»</t>
+          <t>Separate structural subdivіsion «Polytechnic Vocational College of Kryvyi Rih National University»</t>
         </is>
       </c>
       <c r="F39" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G39" s="6" t="n">
-        <v>1965</v>
+        <v>1963</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>50079</t>
+          <t>50026</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Рак Анастасії, 47</t>
+          <t>вул. Кармелюка, 33</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-494-81-71</t>
+          <t>0673152930</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>tt_ktu@meta.ua</t>
+          <t>pkknu@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
-          <t>http://itknu.dp.ua</t>
+          <t>http://politktu.dp.ua</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Казанова Зоя Миколаївна</t>
+          <t>Кутова Наталя Геннадіївна</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ «Політехнічний фаховий коледж Криворізького національного університету»</t>
+          <t>Відокремлений структурний підрозділ "Автотранспортний фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>1134</v>
+        <v>1009</v>
       </c>
       <c r="C40" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ВСП «Політехнічний фаховий коледж КНУ»</t>
+          <t>ВСП "Автотранспортний фаховий коледж КНУ"</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivіsion «Polytechnic Vocational College of Kryvyi Rih National University»</t>
+          <t>Separate structural subdivision "Motor Transport Technical College of Kryvyi Rih National University"</t>
         </is>
       </c>
       <c r="F40" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G40" s="6" t="n">
         <v>1963</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>50026</t>
+          <t>50042</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Кармелюка, 33</t>
+          <t>вул. Едуарда Фукса, 26А</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>0673152930</t>
+          <t>(056) 411-50-07</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>pkknu@ukr.net</t>
+          <t>atkknu@gmail.com</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
-          <t>http://politktu.dp.ua</t>
+          <t>https://atkknu.com.ua/</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Кутова Наталя Геннадіївна</t>
+          <t>Дубінецький Володимир Володимирович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Автотранспортний фаховий коледж Криворізького національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Гірничий фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>1009</v>
+        <v>433</v>
       </c>
       <c r="C41" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Автотранспортний фаховий коледж КНУ"</t>
+          <t>ВСП "ГФК КНУ"</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision "Motor Transport Technical College of Kryvyi Rih National University"</t>
+          <t>Separate structural subdivision "Mining Technical College of Kryvyi Rih National University"</t>
         </is>
       </c>
       <c r="F41" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G41" s="6" t="n">
-        <v>1963</v>
+        <v>1955</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>50042</t>
+          <t>50029</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Едуарда Фукса, 26А</t>
+          <t>вул. Захисників Азовсталі, 3</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(056) 411-50-07</t>
+          <t>+38-068-485-57-99</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>atkknu@gmail.com</t>
+          <t>kgt@kgt.dp.ua</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
-          <t>https://atkknu.com.ua/</t>
+          <t>www.kgt.dp.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Дубінецький Володимир Володимирович</t>
+          <t>Посохов Олександр Ізотович</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Гірничий фаховий коледж Криворізького національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Гірничо-електромеханічний фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>433</v>
+        <v>595</v>
       </c>
       <c r="C42" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ГФК КНУ"</t>
+          <t>ВСП "ГЕМФК КНУ"</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>Separate structural subdivision "Mining Technical College of Kryvyi Rih National University"</t>
+          <t>Separate structural unit "Mining electro-mechanical applied college of Kryvyi Rih National University"</t>
         </is>
       </c>
       <c r="F42" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G42" s="6" t="n">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>50029</t>
+          <t>50096</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Захисників Азовсталі, 3</t>
+          <t>вул. Федора Караманиць, 37Г</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+38-068-485-57-99</t>
+          <t>380983595646</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>kgt@kgt.dp.ua</t>
+          <t>gemk_knu@i.ua</t>
         </is>
       </c>
       <c r="R42" s="5" t="inlineStr">
         <is>
-          <t>www.kgt.dp.ua</t>
+          <t>www.kgemt.org.ua</t>
         </is>
       </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Посохов Олександр Ізотович</t>
+          <t>Горшков Віктор Вікторович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Гірничо-електромеханічний фаховий коледж Криворізького національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Інгулецький фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>595</v>
+        <v>533</v>
       </c>
       <c r="C43" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ГЕМФК КНУ"</t>
+          <t>ВСП "Інгулецький ФК КНУ"</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit "Mining electro-mechanical applied college of Kryvyi Rih National University"</t>
+          <t>Disconnected structural subdivision "Inhulets speciality college Kryvyi Rih National University"</t>
         </is>
       </c>
       <c r="F43" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G43" s="6" t="n">
         <v>1962</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>50096</t>
+          <t>50102</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Федора Караманиць, 37Г</t>
+          <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>380983595646</t>
+          <t>+38(097)-858-89-04</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>gemk_knu@i.ua</t>
+          <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
-          <t>www.kgemt.org.ua</t>
+          <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Горшков Віктор Вікторович</t>
+          <t>Ус Микола Миколайович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Інгулецький фаховий коледж Криворізького національного університету"</t>
+          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Державного університету економіки і технологій"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>533</v>
+        <v>7184</v>
       </c>
       <c r="C44" s="6" t="n">
-        <v>919</v>
+        <v>5707</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Інгулецький ФК КНУ"</t>
+          <t>ВСП ТФК ДУЕТ</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>Disconnected structural subdivision "Inhulets speciality college Kryvyi Rih National University"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Separate structural unit "Technological Specialized College of State University of Economics and Technology"</t>
+        </is>
+      </c>
+      <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1962</v>
+        <v>2023</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>50102</t>
+          <t>50103</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Каткова, 8</t>
+          <t>вул. Тільги Степана, 40</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(097)-85-88-904</t>
+          <t>+380(97)-223-83-93</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>icdvnzknu@gmail.com</t>
+          <t>tfk.duet.edu.ua@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
-          <t>icsihe.knu.edu.ua</t>
+          <t>kkht.dp.ua</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Шолох Алла Миколаївна</t>
+          <t>Легун Віктор Трохимович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Державного університету економіки і технологій"</t>
+          <t>Відокремлений структурний підрозділ "Фаховий коледж економіки і технологій Державного університету економіки і технологій"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>7184</v>
+        <v>5779</v>
       </c>
       <c r="C45" s="6" t="n">
         <v>5707</v>
       </c>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ВСП ТФК ДУЕТ</t>
+          <t>ВСП ФКЕТ ДУЕТ</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit "Technological Specialized College of State University of Economics and Technology"</t>
+          <t>Separate structural unit "Professional College of Economics and Technology of State University of Economics and Technology"</t>
         </is>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>50103</t>
+          <t>50096</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Тільги Степана, 40</t>
+          <t>вул. Караманиць Федора, 37а</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380(97)-223-83-93</t>
+          <t>+380(98)-360-36-12</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>tfk.duet.edu.ua@gmail.com</t>
+          <t>ket.duet.edu.ua@gmail.com</t>
         </is>
       </c>
       <c r="R45" s="5" t="inlineStr">
         <is>
-          <t>kkht.dp.ua</t>
+          <t>duet.edu.ua</t>
         </is>
       </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Легун Віктор Трохимович</t>
+          <t>Максимова Алла Василівна</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Фаховий коледж економіки і технологій Державного університету економіки і технологій"</t>
+          <t>Комунальний заклад "Криворізький фаховий медичний коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>5779</v>
-[...3 lines deleted...]
-      </c>
+        <v>599</v>
+      </c>
+      <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ВСП ФКЕТ ДУЕТ</t>
+          <t>КЗ "КФМК" ДОР"</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit "Professional College of Economics and Technology of State University of Economics and Technology"</t>
+          <t>Public Institution “Kryvyi Rih Professional Medical College” of Dnipropetrovsk Regional Council"</t>
         </is>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2021</v>
+        <v>1930</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J46" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>50096</t>
+          <t>50051</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Караманиць Федора, 37а</t>
+          <t>вул. Медична, 14</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>+380(98)-360-36-12</t>
+          <t>0971255090</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>ket.duet.edu.ua@gmail.com</t>
+          <t>krmedkol@ukr.net</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
-          <t>duet.edu.ua</t>
+          <t>kmk.in.ua</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Максимова Алла Василівна</t>
+          <t>Бабенко Тетяна Павлівна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Криворізький фаховий медичний коледж" Дніпропетровської обласної ради"</t>
+          <t>КРИВОРІЗЬКИЙ БУДІВЕЛЬНИЙ ФАХОВИЙ КОЛЕДЖ</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>599</v>
+        <v>459</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>КЗ "КФМК" ДОР"</t>
+          <t>КБФК</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>Public Institution “Kryvyi Rih Professional Medical College” of Dnipropetrovsk Regional Council"</t>
+          <t>Kryvyi Rig Construction Applied College</t>
         </is>
       </c>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>1930</v>
+        <v>1999</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J47" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
           <t>50051</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 14</t>
+          <t>вул. Криворіжсталі, 8</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>0971255090</t>
+          <t>(056) 494-75-43</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>krmedkol@ukr.net</t>
+          <t>kct@ukr.net</t>
         </is>
       </c>
       <c r="R47" s="5" t="inlineStr">
         <is>
-          <t>kmk.in.ua</t>
+          <t>kbkcollege.net</t>
         </is>
       </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Бабенко Тетяна Павлівна</t>
+          <t>Ківітова Віта Володимирівна</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>КРИВОРІЗЬКИЙ БУДІВЕЛЬНИЙ ФАХОВИЙ КОЛЕДЖ</t>
+          <t>КРИВОРІЗЬКИЙ ФАХОВИЙ КОЛЕДЖ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>459</v>
-[...1 lines deleted...]
-      <c r="C48" s="6"/>
+        <v>7232</v>
+      </c>
+      <c r="C48" s="6" t="n">
+        <v>7208</v>
+      </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>КБФК</t>
+          <t>КРФК КАІ</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>Kryvyi Rig Construction Applied College</t>
+          <t>КRYVYI RIH PROFESSIONAL COLLEGE OF STATE NON-COMMERCIAL COMPANY «STATE UNIVERSITY «KYIV AVIATION INSTITUTE»</t>
         </is>
       </c>
       <c r="F48" s="7"/>
-      <c r="G48" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G48" s="6"/>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>50051</t>
+          <t>50045</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Криворіжсталі, 8</t>
+          <t>вул. Антонова Олега, 1</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(056) 494-75-43</t>
+          <t>+38(067)-824-14-14</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>kct@ukr.net</t>
+          <t>pochta@krfk.kai.edu.ua</t>
         </is>
       </c>
       <c r="R48" s="5" t="inlineStr">
         <is>
-          <t>kbkcollege.net</t>
+          <t>http://krfk.kai.edu.ua</t>
         </is>
       </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Ківітова Віта Володимирівна</t>
+          <t>Андрусевич Анатолій Олександрович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>КРИВОРІЗЬКИЙ ФАХОВИЙ КОЛЕДЖ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
+          <t>Криворізький фаховий коледж торгівлі та готельно-ресторанного бізнесу</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>7232</v>
-[...3 lines deleted...]
-      </c>
+        <v>596</v>
+      </c>
+      <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>КРФК КАІ</t>
+          <t>КФКТГРБ</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>КRYVYI RIH PROFESSIONAL COLLEGE OF STATE NON-COMMERCIAL COMPANY «STATE UNIVERSITY «KYIV AVIATION INSTITUTE»</t>
+          <t>Kryvyi Rih Applied College of Trade and Hotel and Restaurant Business</t>
         </is>
       </c>
       <c r="F49" s="7"/>
-      <c r="G49" s="6"/>
+      <c r="G49" s="6" t="n">
+        <v>1963</v>
+      </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>50045</t>
+          <t>50042</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Антонова Олега, 1</t>
+          <t>вул. Оцерклевича Віктора, 13</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+38(067)824-14-14</t>
+          <t>(0564)947420</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>pochta@krfk.kai.edu.ua</t>
+          <t>kdketnet@gmail.com</t>
         </is>
       </c>
       <c r="R49" s="5" t="inlineStr">
         <is>
-          <t>http://krfk.kai.edu.ua</t>
+          <t>www.kdket.net.ua</t>
         </is>
       </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Андрусевич Анатолій Олександрович</t>
+          <t>Макаренко Віта Олександрівна</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Криворізький фаховий коледж торгівлі та готельно-ресторанного бізнесу</t>
+          <t>Відокремлений структурний підрозділ "Марганецький фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>596</v>
-[...1 lines deleted...]
-      <c r="C50" s="6"/>
+        <v>907</v>
+      </c>
+      <c r="C50" s="6" t="n">
+        <v>36</v>
+      </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>КФКТГРБ</t>
+          <t>ВСП "Марганецький фаховий коледж НТУ "ДП"</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>Kryvyi Rih Applied College of Trade and Hotel and Restaurant Business</t>
-[...2 lines deleted...]
-      <c r="F50" s="7"/>
+          <t>Separated Structural Unit "Marhanets Professional College of Dnipro University of Technology"</t>
+        </is>
+      </c>
+      <c r="F50" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G50" s="6" t="n">
-        <v>1963</v>
+        <v>1955</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>50042</t>
+          <t>53409</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>м. Кривий Ріг</t>
+          <t>м. Марганець</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Оцерклевича Віктора, 13</t>
+          <t>вул. Лермонтова, 8</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(0564)947420</t>
+          <t>+38 (066) 720-38-45</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>kdketnet@gmail.com</t>
+          <t>mgkngu@gmail.com</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>www.kdket.net.ua</t>
+          <t>mkngu.in.ua</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Макаренко Віта Олександрівна</t>
+          <t>Мажорова Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Марганецький фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "НІКОПОЛЬСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>907</v>
+        <v>676</v>
       </c>
       <c r="C51" s="6" t="n">
-        <v>36</v>
+        <v>80</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Марганецький фаховий коледж НТУ "ДП"</t>
+          <t>ВСП "Нікопольський фаховий коледж ДДАЕУ"</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Unit "Marhanets Professional College of Dnipro University of Technology"</t>
-[...6 lines deleted...]
-      </c>
+          <t>SEPARATE STRUCTURAL UNIT «NIKOPOL PROFESSIONAL COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+        </is>
+      </c>
+      <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1955</v>
+        <v>1966</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>53409</t>
+          <t>53207</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA12080010010085669</t>
+          <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>м. Марганець</t>
+          <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтова, 8</t>
+          <t>вул. Патріотів України, 167</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+38 (066) 720-38-45</t>
+          <t>(05662)5-11-02</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>mgkngu@gmail.com</t>
+          <t>nikopol@nkddau.org.ua</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>mkngu.in.ua</t>
+          <t>http://nkddau.org.ua</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Мажорова Наталя Олександрівна</t>
+          <t>Череп Олексій Миколайович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "НІКОПОЛЬСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
+          <t>Відокремлений структурний підрозділ "Нікопольський фаховий коледж Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>676</v>
+        <v>6536</v>
       </c>
       <c r="C52" s="6" t="n">
-        <v>80</v>
+        <v>6507</v>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Нікопольський фаховий коледж ДДАЕУ"</t>
+          <t>ВСП "НФК УДУНТ"</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL UNIT «NIKOPOL PROFESSIONAL COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+          <t>Separate structural unit "Nikopol Vocational College of the Ukrainian State University of Science and Technologies"</t>
         </is>
       </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1966</v>
+        <v>2021</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>53207</t>
+          <t>53210</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Патріотів України, 167</t>
+          <t>просп. Трубників, 18</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(05662)5-11-02</t>
+          <t>+380(66)-044-17-39</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>nikopol@nkddau.org.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>ntnmetau@nmt.org.ua</t>
+        </is>
+      </c>
+      <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>виконувач обов`язків директора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Череп Олексій Миколайович</t>
+          <t>Рубанов Володимир Миколайович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Нікопольський фаховий коледж Українського державного університету науки і технологій"</t>
+          <t>Комунальний заклад "Нікопольський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>6536</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ВСП "НФК УДУНТ"</t>
+          <t>КЗ "Нікопольський фаховий медичний коледж" ДОР"</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Separate structural unit "Nikopol Vocational College of the Ukrainian State University of Science and Technologies"</t>
+          <t>Municipal Institution "Nikopol Professional Medical College" of Dnipropetrovs'k Regional Council"</t>
         </is>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2021</v>
+        <v>1962</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>53210</t>
+          <t>53211</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>просп. Трубників, 18</t>
+          <t>вул. Херсонська, 5</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+380(66)-044-17-39</t>
+          <t>+380953909335</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>ntnmetau@nmt.org.ua</t>
-[...2 lines deleted...]
-      <c r="R53" s="5"/>
+          <t>nikmeduch@gmail.com</t>
+        </is>
+      </c>
+      <c r="R53" s="5" t="inlineStr">
+        <is>
+          <t>https://nmk.ukr.education/</t>
+        </is>
+      </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>виконувач обов`язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Рубанов Володимир Миколайович</t>
+          <t>Євтушенко Євген Вячеславович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Нікопольський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад "Нікопольський фаховий педагогічний коледж" Дніпропетровської обласної ради "</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>675</v>
+        <v>3913</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Нікопольський фаховий медичний коледж" ДОР"</t>
+          <t>КЗ "Нікопольський фаховий педагогічний коледж" ДОР"</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Nikopol Professional Medical College" of Dnipropetrovs'k Regional Council"</t>
+          <t>MUNICIPAL ESTABLISHMENT "NIKOPOL PROFESSIONAL PEDAGOGICAL COLLEGE" OF DNIPRO REGION COUNCIL"</t>
         </is>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1962</v>
+        <v>2016</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>53211</t>
+          <t>53210</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Херсонська, 5</t>
+          <t>вул. Станіславського, 7</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+380953909335</t>
+          <t>+38 066 2710553</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>nikmeduch@gmail.com</t>
+          <t>kvnz_npk_@ukr.net</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>https://nmk.ukr.education/</t>
+          <t>www.kvnznfpkdor.in.ua</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Євтушенко Євген Вячеславович</t>
+          <t>Крамаренко Любов Іванівна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Нікопольський фаховий педагогічний коледж" Дніпропетровської обласної ради "</t>
+          <t>ВIДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПIДРОЗДІЛ «НОВОМОСКОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНIПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМIЧНОГО УНIВЕРСИТЕТУ»</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>3913</v>
-[...1 lines deleted...]
-      <c r="C55" s="6"/>
+        <v>1048</v>
+      </c>
+      <c r="C55" s="6" t="n">
+        <v>80</v>
+      </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>КЗ "Нікопольський фаховий педагогічний коледж" ДОР"</t>
+          <t>ВСП «НФК ДДАЕУ»</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>MUNICIPAL ESTABLISHMENT "NIKOPOL PROFESSIONAL PEDAGOGICAL COLLEGE" OF DNIPRO REGION COUNCIL"</t>
+          <t>SEPARATE STRUCTURAL UNIT «NOVOMOSKOVSK APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
         </is>
       </c>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>2016</v>
+        <v>1929</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>53210</t>
+          <t>51208</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA12080050010010114</t>
+          <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Нікополь</t>
+          <t>м. Самар</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Станіславського, 7</t>
+          <t>вул. Гетьманська, 236</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+38 066 2710553</t>
+          <t>+380(96)-233-67-89</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>kvnz_npk_@ukr.net</t>
+          <t>mega_nkdday@ukr.net</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>www.kvnznfpkdor.in.ua</t>
+          <t>www.nkddau.dp.ua</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Крамаренко Любов Іванівна</t>
+          <t>Рудаков Юрій Миколайович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>ВIДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПIДРОЗДІЛ «НОВОМОСКОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНIПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМIЧНОГО УНIВЕРСИТЕТУ»</t>
+          <t>Відокремлений структурний підрозділ "Новомосковський фаховий коледж Українського державного університету науки і технологій"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>1048</v>
+        <v>6510</v>
       </c>
       <c r="C56" s="6" t="n">
-        <v>80</v>
+        <v>6507</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ВСП «НФК ДДАЕУ»</t>
+          <t>ВСП "НмФКУДУНТ"</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL UNIT «NOVOMOSKOVSK APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+          <t>Separate Structural Department "Novomoskovsk Vocational College of the Ukrainian State University of Science and Technology"</t>
         </is>
       </c>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1929</v>
+        <v>2021</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>51208</t>
+          <t>51200</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Самар</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Гетьманська, 236</t>
+          <t>вул. Зелінського, 16</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+380(96)-233-67-89</t>
+          <t>+380(56)-938-03-84</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>mega_nkdday@ukr.net</t>
+          <t>metallurg056@ukr.net</t>
         </is>
       </c>
       <c r="R56" s="5" t="inlineStr">
         <is>
-          <t>www.nkddau.dp.ua</t>
+          <t>https://nfcudunt.dp.ua/</t>
         </is>
       </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Рудаков Юрій Миколайович</t>
+          <t>Васін Віктор Віталійович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Новомосковський фаховий коледж Українського державного університету науки і технологій"</t>
+          <t>САМАРІВСЬКИЙ КООПЕРАТИВНИЙ ФАХОВИЙ КОЛЕДЖ</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>6510</v>
-[...3 lines deleted...]
-      </c>
+        <v>685</v>
+      </c>
+      <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>ВСП "НмФКУДУНТ"</t>
+          <t>СКФК</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>Separate Structural Department "Novomoskovsk Vocational College of the Ukrainian State University of Science and Technology"</t>
+          <t>SAMAR COOPERATIVE PROFESSIONAL COLLEGE</t>
         </is>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>2021</v>
+        <v>1957</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>ДНІПРОПЕТРОВСЬКА ОБЛАСНА СПІЛКА СПОЖИВЧИХ ТОВАРИСТВ</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
           <t>51200</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Самар</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Зелінського, 16</t>
+          <t>вул. Гетьманська, 29</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-938-03-84</t>
+          <t>0569690141; 0569690146</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>metallurg056@ukr.net</t>
+          <t>nkkep2007@ukr.net</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>https://nfcudunt.dp.ua/</t>
+          <t>www.nkkep.com</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Васін Віктор Віталійович</t>
+          <t>Піхотіна Любов Миколаївна</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>САМАРІВСЬКИЙ КООПЕРАТИВНИЙ ФАХОВИЙ КОЛЕДЖ</t>
+          <t>Відокремлений структурний підрозділ "Павлоградський фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>685</v>
-[...1 lines deleted...]
-      <c r="C58" s="6"/>
+        <v>941</v>
+      </c>
+      <c r="C58" s="6" t="n">
+        <v>36</v>
+      </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>СКФК</t>
+          <t>ВСП "Павлоградський фаховий коледж НТУ "ДП"</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>SAMAR COOPERATIVE PROFESSIONAL COLLEGE</t>
-[...2 lines deleted...]
-      <c r="F58" s="7"/>
+          <t>Separated Structural Unit "Pavlohrad Professional College of Dnipro University of Technology"</t>
+        </is>
+      </c>
+      <c r="F58" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G58" s="6" t="n">
-        <v>1957</v>
+        <v>1955</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
-          <t>ДНІПРОПЕТРОВСЬКА ОБЛАСНА СПІЛКА СПОЖИВЧИХ ТОВАРИСТВ</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>51200</t>
+          <t>51400</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA12100070010038698</t>
+          <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>м. Самар</t>
+          <t>м. Павлоград</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Гетьманська, 29</t>
+          <t>вул. Світличної Ганни, 63</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>0569690141; 0569690146</t>
+          <t>(056) 320-49-58</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>nkkep2007@ukr.net</t>
+          <t>pkntudp@ukr.net</t>
         </is>
       </c>
       <c r="R58" s="5" t="inlineStr">
         <is>
-          <t>www.nkkep.com</t>
+          <t>ptngu.com</t>
         </is>
       </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Піхотіна Любов Миколаївна</t>
+          <t>Посунько Людмила Миколаївна</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Павлоградський фаховий коледж Національного технічного університету "Дніпровська політехніка"</t>
+          <t>Комунальний заклад "Павлоградський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>941</v>
-[...3 lines deleted...]
-      </c>
+        <v>703</v>
+      </c>
+      <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>ВСП "Павлоградський фаховий коледж НТУ "ДП"</t>
+          <t>КЗ "ПФМК" "ДОР"</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>Separated Structural Unit "Pavlohrad Professional College of Dnipro University of Technology"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Municipal Institution "Pavlograd Professional Medical College” of Dnipropetrovsk Regional Council”</t>
+        </is>
+      </c>
+      <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>1955</v>
+        <v>1961</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
           <t>51400</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Павлоград</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Світличної Ганни, 63</t>
+          <t>вул. Промислова, 13</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(056) 320-49-58</t>
+          <t>+38(097)-562-40-49;</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>pkntudp@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>med_uch@ukr.net</t>
+        </is>
+      </c>
+      <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Посунько Людмила Миколаївна</t>
+          <t>Демиденко Володимир Іванович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Павлоградський фаховий медичний коледж" Дніпропетровської обласної ради"</t>
+          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ВЕРХНЬОДНІПРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>703</v>
-[...1 lines deleted...]
-      <c r="C60" s="6"/>
+        <v>396</v>
+      </c>
+      <c r="C60" s="6" t="n">
+        <v>80</v>
+      </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ПФМК" "ДОР"</t>
+          <t>ВСП "ВФК ДДАЕУ"</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution "Pavlograd Professional Medical College” of Dnipropetrovsk Regional Council”</t>
+          <t>SEPARATE STRUCTURAL UNIT «VERKHNODNIPROVSK APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
         </is>
       </c>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>1961</v>
+        <v>1924</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>51400</t>
+          <t>51600</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA12120070010055676</t>
+          <t>UA12040050010019298</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
-          <t>м. Павлоград</t>
+          <t>м. Верхньодніпровськ</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 13</t>
+          <t>вул. Дедишка, 1</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-562-40-49;</t>
+          <t>+380983667202</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>med_uch@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R60" s="5"/>
+          <t>info@vkddaeu.dp.ua</t>
+        </is>
+      </c>
+      <c r="R60" s="5" t="inlineStr">
+        <is>
+          <t>http://vkddaеu.dp.ua</t>
+        </is>
+      </c>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Демиденко Володимир Іванович</t>
+          <t>Зелений Володимир Миколайович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>ВІДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПІДРОЗДІЛ "ВЕРХНЬОДНІПРОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНІПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМІЧНОГО УНІВЕРСИТЕТУ"</t>
+          <t>Відокремлений структурний підрозділ "Ерастівський фаховий коледж ім. Е. К. Бродського Дніпровського державного аграрно-економічного університету"</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>396</v>
+        <v>502</v>
       </c>
       <c r="C61" s="6" t="n">
         <v>80</v>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>ВСП "ВФК ДДАЕУ"</t>
+          <t>ВСП ЕФК ДДАЕУ</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>SEPARATE STRUCTURAL UNIT «VERKHNODNIPROVSK APPLIED COLLEGE of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY»</t>
+          <t>SEPARATED STRUCTURAL SUBDIVISION "ERASTIVS’KYY APPLIED COLLEGE NAMED AFTER E. K. BRODSKYY of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
         </is>
       </c>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
-        <v>1924</v>
+        <v>1899</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>51600</t>
+          <t>52150</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA12040050010019298</t>
+          <t>UA12040070010013106</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
-          <t>м. Верхньодніпровськ</t>
+          <t>с-ще Вишневе</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Дедишка, 1</t>
+          <t>вул. Миру, 6</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>+380983667202</t>
+          <t>0565160809</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>info@vkddaeu.dp.ua</t>
+          <t>Erastovsky@ukr.net</t>
         </is>
       </c>
       <c r="R61" s="5" t="inlineStr">
         <is>
-          <t>http://vkddaеu.dp.ua</t>
+          <t>https://ekolledj.com.ua/</t>
         </is>
       </c>
       <c r="S61" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Зелений Володимир Миколайович</t>
+          <t>Соколик Наталія Іванівна</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Відокремлений структурний підрозділ "Ерастівський фаховий коледж ім. Е. К. Бродського Дніпровського державного аграрно-економічного університету"</t>
+          <t>Відокремлений структурний підрозділ "Старобільський фаховий коледж Східноукраїнського національного університету імені Володимира Даля"</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>502</v>
+        <v>6755</v>
       </c>
       <c r="C62" s="6" t="n">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>ВСП ЕФК ДДАЕУ</t>
+          <t>ВСП «СФК СНУ ім. В. Даля»</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>SEPARATED STRUCTURAL SUBDIVISION "ERASTIVS’KYY APPLIED COLLEGE NAMED AFTER E. K. BRODSKYY of DNIPRO STATE AGRARIAN and ECONOMIC UNIVERSITY"</t>
-[...5 lines deleted...]
-      </c>
+          <t>Separate structural subdivision «Starobilsk Applied College of Volodymyr Dahl Eastukrainian National University»</t>
+        </is>
+      </c>
+      <c r="F62" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="G62" s="6"/>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>52150</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA12040070010013106</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
-          <t>с-ще Вишневе</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 6</t>
+          <t>просп. Науки, 72</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>0565160809</t>
+          <t>+380 66 389 99 87</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>Erastovsky@ukr.net</t>
+          <t>stbt_lnau@ukr.net</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
-          <t>https://ekolledj.com.ua/</t>
+          <t>https://www.stbcol.in.ua</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Соколик Наталія Іванівна</t>
+          <t>Жмуренко Надія Володимирівна</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
-[...94 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V63"/>
+  <autoFilter ref="A1:V62"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>