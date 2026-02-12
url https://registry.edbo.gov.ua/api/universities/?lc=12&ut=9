--- v1 (2025-12-15)
+++ v2 (2026-02-12)
@@ -3331,66 +3331,66 @@
           <t>51909</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA12040150010395824</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
           <t>вул. Малофєєва Олександра, 89</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(05692)7-01-04</t>
+          <t>+38(097)-050-75-87</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
           <t>dkfv1930@ukr.net</t>
         </is>
       </c>
       <c r="R34" s="5" t="inlineStr">
         <is>
           <t>dkfv.dp.ua</t>
         </is>
       </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
-          <t>В.О директора</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
           <t>Говоруха Олена Олексіївна</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад «Кам’янський фаховий музичний коледж імені Мирослава Скорика» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
         <v>574</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
           <t>КЗ "КФМК ім. М. СКОРИКА" ДОР"</t>
         </is>
       </c>
@@ -3916,56 +3916,56 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
           <t>вул. Едуарда Фукса, 26А</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
           <t>(056) 411-50-07</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
           <t>atkknu@gmail.com</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
           <t>https://atkknu.com.ua/</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Дубінецький Володимир Володимирович</t>
+          <t>Захарченко Михайло Борисович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гірничий фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
         <v>433</v>
       </c>
       <c r="C41" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГФК КНУ"</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>Separate structural subdivision "Mining Technical College of Kryvyi Rih National University"</t>
@@ -4014,56 +4014,56 @@
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
           <t>вул. Захисників Азовсталі, 3</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
           <t>+38-068-485-57-99</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
           <t>kgt@kgt.dp.ua</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
           <t>www.kgt.dp.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Посохов Олександр Ізотович</t>
+          <t>Богдан Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Гірничо-електромеханічний фаховий коледж Криворізького національного університету"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
         <v>595</v>
       </c>
       <c r="C42" s="6" t="n">
         <v>919</v>
       </c>
       <c r="D42" s="5" t="inlineStr">
         <is>
           <t>ВСП "ГЕМФК КНУ"</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>Separate structural unit "Mining electro-mechanical applied college of Kryvyi Rih National University"</t>
@@ -4195,66 +4195,66 @@
           <t>50102</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
           <t>вул. Міхновського Миколи, 8</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-858-89-04</t>
+          <t>+38(068)-801-88-08</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
           <t>icdvnzknu@gmail.com</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
           <t>icsihe.knu.edu.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
           <t>Ус Микола Миколайович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Технологічний фаховий коледж Державного університету економіки і технологій"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
         <v>7184</v>
       </c>
       <c r="C44" s="6" t="n">
         <v>5707</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t>ВСП ТФК ДУЕТ</t>
@@ -4567,61 +4567,61 @@
           <t>50051</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
           <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
           <t>вул. Криворіжсталі, 8</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>(056) 494-75-43</t>
+          <t>+38(056)-494-75-73;</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
           <t>kct@ukr.net</t>
         </is>
       </c>
       <c r="R47" s="5" t="inlineStr">
         <is>
-          <t>kbkcollege.net</t>
+          <t>www.kbkcolledg.net</t>
         </is>
       </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
           <t>Ківітова Віта Володимирівна</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
           <t>КРИВОРІЗЬКИЙ ФАХОВИЙ КОЛЕДЖ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
         <v>7232</v>
       </c>
       <c r="C48" s="6" t="n">
@@ -4844,56 +4844,56 @@
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
           <t>53409</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
           <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Марганець</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтова, 8</t>
+          <t>вул. Незалежності, 8</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>+38 (066) 720-38-45</t>
+          <t>+38(066)-720-38-45</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
           <t>mgkngu@gmail.com</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
           <t>mkngu.in.ua</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
           <t>Мажорова Наталя Олександрівна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
@@ -5232,51 +5232,51 @@
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
           <t>вул. Станіславського, 7</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
           <t>+38 066 2710553</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
           <t>kvnz_npk_@ukr.net</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
           <t>www.kvnznfpkdor.in.ua</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
           <t>Крамаренко Любов Іванівна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>ВIДОКРЕМЛЕНИЙ СТРУКТУРНИЙ ПIДРОЗДІЛ «НОВОМОСКОВСЬКИЙ ФАХОВИЙ КОЛЕДЖ ДНIПРОВСЬКОГО ДЕРЖАВНОГО АГРАРНО-ЕКОНОМIЧНОГО УНIВЕРСИТЕТУ»</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
         <v>1048</v>
       </c>
       <c r="C55" s="6" t="n">
         <v>80</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t>ВСП «НФК ДДАЕУ»</t>