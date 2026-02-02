--- v0 (2025-12-01)
+++ v1 (2026-02-02)
@@ -1851,63 +1851,55 @@
           <t>49000</t>
         </is>
       </c>
       <c r="L19" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M19" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N19" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>просп. Поля Олександра, 37</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
-          <t>(067)634-86-04</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(056)-744-63-14;</t>
+        </is>
+      </c>
+      <c r="Q19" s="5"/>
+      <c r="R19" s="5"/>
       <c r="S19" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Нікіфорова Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Комунальне некомерційне товариство «Дніпропетровський обласний інформаційно-аналітичний центр медичної статистики» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>5755</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
@@ -2056,9310 +2048,9292 @@
         <is>
           <t>det.dp1897@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>https://det-dnipro.dp.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Кобець Володимир Вікторович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Навчально-курсовий комбінат" Дніпропетровської обласної ради"</t>
+          <t>Комунальне підприємство "Дніпровський метрополітен" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>3958</v>
+        <v>7367</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>КП "НКК" ДОР"</t>
+          <t>КП "Дніпровський метрополітен"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>49054</t>
+          <t>49003</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>просп. Олександра Поля, 48 В</t>
+          <t>вул. 128-ї Бригади Тероборони, 8</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>0562312862</t>
-[...3 lines deleted...]
-      <c r="R22" s="5"/>
+          <t>(056)770-82-47</t>
+        </is>
+      </c>
+      <c r="Q22" s="5" t="inlineStr">
+        <is>
+          <t>dmetrokp@gmail.com</t>
+        </is>
+      </c>
+      <c r="R22" s="5" t="inlineStr">
+        <is>
+          <t>metro.dp.ua</t>
+        </is>
+      </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Калиниченко Олександр Юрійович</t>
+          <t>Овчаренко Андрій Валентинович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпровське вище професійне училище будівництва" Дніпровської міської ради</t>
+          <t>Комунальне підприємство "Навчально-курсовий комбінат" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
-        <v>6985</v>
+        <v>3958</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ДВПУБ" ДМР</t>
+          <t>КП "НКК" ДОР"</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="H23" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I23" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J23" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K23" s="7" t="inlineStr">
         <is>
-          <t>49051</t>
+          <t>49054</t>
         </is>
       </c>
       <c r="L23" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M23" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N23" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
-          <t>вул. Б. Хмельницького, 3-А</t>
+          <t>просп. Олександра Поля, 48 В</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-035-59-77, +38(067)-258-71-64</t>
-[...11 lines deleted...]
-      </c>
+          <t>0562312862</t>
+        </is>
+      </c>
+      <c r="Q23" s="5"/>
+      <c r="R23" s="5"/>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
-          <t>Яблонська Валентина Миколаївна</t>
+          <t>Калиниченко Олександр Юрійович</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Дніпровський центр професійно-технічної освіти туристичного сервісу" Дніпровської міської ради</t>
+          <t>Комунальний заклад "Дніпровське вище професійне училище будівництва" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
-        <v>7243</v>
+        <v>6985</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "ДВПУБ" ДМР</t>
         </is>
       </c>
       <c r="E24" s="5"/>
       <c r="F24" s="7"/>
-      <c r="G24" s="6"/>
+      <c r="G24" s="6" t="n">
+        <v>2024</v>
+      </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
           <t>49051</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
-          <t>вул. Старочумацька, 7</t>
+          <t>вул. Б. Хмельницького, 3-А</t>
         </is>
       </c>
       <c r="P24" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-785-92-49</t>
+          <t>+38(099)-035-59-77, +38(067)-258-71-64</t>
         </is>
       </c>
       <c r="Q24" s="5" t="inlineStr">
         <is>
-          <t>dnzdcptots@ukr.net</t>
+          <t>5dvpub@ukr.net</t>
         </is>
       </c>
       <c r="R24" s="5" t="inlineStr">
         <is>
-          <t>http://centr-tur.com/</t>
+          <t>www.dvpub.dp.ua</t>
         </is>
       </c>
       <c r="S24" s="5" t="inlineStr">
         <is>
-          <t>В.о директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T24" s="5" t="inlineStr">
         <is>
-          <t>Ляхова Тетяна Віталіївна</t>
+          <t>Яблонська Валентина Миколаївна</t>
         </is>
       </c>
       <c r="U24" s="8"/>
       <c r="V24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Науковий медичний ліцей "Дніпро" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад "Дніпровський центр професійно-технічної освіти туристичного сервісу" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B25" s="6" t="n">
-        <v>2963</v>
+        <v>7243</v>
       </c>
       <c r="C25" s="6"/>
       <c r="D25" s="5" t="inlineStr">
         <is>
-          <t>КЗО "НМЛ "Дніпро" ДОР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E25" s="5"/>
       <c r="F25" s="7"/>
-      <c r="G25" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G25" s="6"/>
       <c r="H25" s="5" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I25" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J25" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K25" s="7" t="inlineStr">
         <is>
-          <t>49005</t>
+          <t>49051</t>
         </is>
       </c>
       <c r="L25" s="7" t="inlineStr">
         <is>
-          <t>UA12020010000033698</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M25" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N25" s="5" t="inlineStr">
         <is>
-          <t>Дніпровська ОТГ</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
-          <t>вул. Севастопольська, 17 корпус 4</t>
+          <t>вул. Старочумацька, 7</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
-          <t>0562 46 23 86</t>
+          <t>+380(56)-785-92-49</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
-          <t>medlicej@gmail.com</t>
+          <t>dnzdcptots@ukr.net</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
-          <t>http://www.domly.dp.ua</t>
+          <t>http://centr-tur.com/</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Ковальова Лілія Петрівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Ляхова Тетяна Віталіївна</t>
+        </is>
+      </c>
+      <c r="U25" s="8"/>
+      <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Професійно-технічне училище № 2" Дніпровської міської ради</t>
+          <t>Комунальний заклад освіти "Науковий медичний ліцей "Дніпро" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
-        <v>6973</v>
+        <v>2963</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
-          <t>КЗ "ПТУ № 2" ДМР</t>
-[...2 lines deleted...]
-      <c r="E26" s="5"/>
+          <t>КЗО "НМЛ "Дніпро" ДОР"</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>Municipal education institution "Scientific medical lyceum "Dnipro" Dnipropetrovsk Regional Council</t>
+        </is>
+      </c>
       <c r="F26" s="7"/>
-      <c r="G26" s="6"/>
+      <c r="G26" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H26" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I26" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J26" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K26" s="7" t="inlineStr">
         <is>
-          <t>49083</t>
+          <t>49005</t>
         </is>
       </c>
       <c r="L26" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010000033698</t>
         </is>
       </c>
       <c r="M26" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N26" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>Дніпровська ОТГ</t>
         </is>
       </c>
       <c r="O26" s="5" t="inlineStr">
         <is>
-          <t>вул. Новоселівська, 27</t>
+          <t>вул. Севастопольська, 17 корпус 4</t>
         </is>
       </c>
       <c r="P26" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-547-71-17;</t>
+          <t>0562 46 23 86</t>
         </is>
       </c>
       <c r="Q26" s="5" t="inlineStr">
         <is>
-          <t>ptu-2dp@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R26" s="5"/>
+          <t>medlicej@gmail.com</t>
+        </is>
+      </c>
+      <c r="R26" s="5" t="inlineStr">
+        <is>
+          <t>http://www.domly.dp.ua</t>
+        </is>
+      </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
-          <t>Аджимян Олександр Рафікович</t>
-[...3 lines deleted...]
-      <c r="V26" s="5"/>
+          <t>Ковальова Лілія Петрівна</t>
+        </is>
+      </c>
+      <c r="U26" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V26" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Комунальний позашкільний навчальний заклад "Дніпропетровський обласний центр науково-технічної творчості та інформаційних технологій учнівської молоді"</t>
+          <t>Комунальний заклад "Професійно-технічне училище № 2" Дніпровської міської ради</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>4214</v>
+        <v>6973</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗ "ПТУ № 2" ДМР</t>
         </is>
       </c>
       <c r="E27" s="5"/>
       <c r="F27" s="7"/>
-      <c r="G27" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G27" s="6"/>
       <c r="H27" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>49101</t>
+          <t>49083</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Ульянова, 4</t>
+          <t>вул. Новоселівська, 27</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-767-10-52</t>
+          <t>+38(067)-547-71-17;</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>dneprocntt@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ptu-2dp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R27" s="5"/>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Волкова Людмила Василівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Аджимян Олександр Рафікович</t>
+        </is>
+      </c>
+      <c r="U27" s="8"/>
+      <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Міський центр соціальної допомоги</t>
+          <t>Комунальний позашкільний навчальний заклад "Дніпропетровський обласний центр науково-технічної творчості та інформаційних технологій учнівської молоді"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>2955</v>
+        <v>4214</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>/</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E28" s="5"/>
       <c r="F28" s="7"/>
       <c r="G28" s="6" t="n">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>49106</t>
+          <t>49101</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
-          <t>UA12020010000033698</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
-          <t>Дніпровська ОТГ</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Лоцманська, 22А</t>
+          <t>вул. Ульянова, 4</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>056-785-64-61</t>
+          <t>+380(56)-767-10-52</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>socdopomoga@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R28" s="5"/>
+          <t>dneprocntt@ukr.net</t>
+        </is>
+      </c>
+      <c r="R28" s="5" t="inlineStr">
+        <is>
+          <t>http://www.ocntt.dp.ua</t>
+        </is>
+      </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Єрьоменко Максим Володимирович</t>
+          <t>Волкова Людмила Василівна</t>
         </is>
       </c>
       <c r="U28" s="8" t="n">
-        <v>45692</v>
+        <v>43993</v>
       </c>
       <c r="V28" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Дніпропетровської області</t>
+          <t>Міський центр соціальної допомоги</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>4397</v>
+        <v>2955</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ ТА БЖД ДНІПРОПЕТРОВСЬКІЙ ОБЛАСТІ</t>
+          <t>/</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Educational methodical center of civil potection and safety of vital activity in Dnipro region</t>
+          <t>City center of social assistance</t>
         </is>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Державна служба України з надзвичайних ситуацій</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>49044</t>
+          <t>49106</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010000033698</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>Дніпровська ОТГ</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Паторжинського, 11-А</t>
+          <t>вул. Лоцманська, 22А</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-720-91-80</t>
+          <t>056-785-64-61</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>nmc.dnipropetrovsk@dsns.gov.ua</t>
+          <t>socdopomoga@gmail.com</t>
         </is>
       </c>
       <c r="R29" s="5"/>
       <c r="S29" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Оксень Віталій Миколайович</t>
-[...3 lines deleted...]
-      <c r="V29" s="5"/>
+          <t>Єрьоменко Максим Володимирович</t>
+        </is>
+      </c>
+      <c r="U29" s="8" t="n">
+        <v>45692</v>
+      </c>
+      <c r="V29" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ ОБ`ЄДНАННЯ ГРОМАДЯН АМУР-НИЖНЬОДНІПРОВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Дніпропетровської області</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>7171</v>
+        <v>4397</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>ООГ «АМУР-НИЖНЬОДНІПРОВСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
-[...2 lines deleted...]
-      <c r="E30" s="5"/>
+          <t>НМЦ ЦЗ ТА БЖД ДНІПРОПЕТРОВСЬКІЙ ОБЛАСТІ</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>Educational methodical center of civil potection and safety of vital activity in Dnipro region</t>
+        </is>
+      </c>
       <c r="F30" s="7"/>
       <c r="G30" s="6" t="n">
-        <v>1965</v>
+        <v>2002</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J30" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49044</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 1</t>
+          <t>вул. Паторжинського, 11-А</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>(098)544-74-72</t>
+          <t>+380(56)-720-91-80</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>and.rstk1@gmail.com</t>
+          <t>nmc.dnipropetrovsk@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R30" s="5"/>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Швець Віра Юріївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Оксень Віталій Миколайович</t>
+        </is>
+      </c>
+      <c r="U30" s="8"/>
+      <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Дніпропетровський міський спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>ОРГАНІЗАЦІЯ ОБ`ЄДНАННЯ ГРОМАДЯН АМУР-НИЖНЬОДНІПРОВСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>7329</v>
+        <v>7171</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>ДМСТК ТСОУ</t>
+          <t>ООГ «АМУР-НИЖНЬОДНІПРОВСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1993</v>
+        <v>1965</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J31" s="5"/>
       <c r="K31" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Короленка, 87А</t>
+          <t>вул. Промислова, 1</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>(063)798-01-86</t>
+          <t>(098)544-74-72</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>dgstktsou.dnipropetrovsk@gmail.com</t>
+          <t>and.rstk1@gmail.com</t>
         </is>
       </c>
       <c r="R31" s="5"/>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Жарська Інна Петрівна</t>
+          <t>Швець Віра Юріївна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Індустріальний районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>Організація об'єднання громадян "Дніпропетровський міський спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7211</v>
+        <v>7329</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>ООГ Індустріальний РСТК ТСО України</t>
+          <t>ДМСТК ТСОУ</t>
         </is>
       </c>
       <c r="E32" s="5"/>
       <c r="F32" s="7"/>
-      <c r="G32" s="6"/>
+      <c r="G32" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J32" s="5"/>
       <c r="K32" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>просп. Газета Правда, 70а</t>
+          <t>вул. Короленка, 87А</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(050)451-36-85</t>
+          <t>(063)798-01-86</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>irstktso@gmail.com</t>
+          <t>dgstktsou.dnipropetrovsk@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Осадчій Станіслав Борисович</t>
+          <t>Жарська Інна Петрівна</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>ОРГАНІЗАЦІЯ ОБ'ЄДНАННЯ ГРОМАДЯН КІРОВСЬКОГО РАЙОННОГО СПОРТИВНО-ТЕХНІЧНОГО КЛУБУ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Організація об'єднання громадян "Індустріальний районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>7395</v>
+        <v>7211</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>ООГ КІРОВСЬКИЙ РСТК ТСО УКРАЇНИ</t>
+          <t>ООГ Індустріальний РСТК ТСО України</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
-      <c r="G33" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J33" s="5"/>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>49038</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Княгині Ольги, 1</t>
+          <t>просп. Газета Правда, 70а</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>(050)457-72-90</t>
+          <t>(050)451-36-85</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>avtopravadnepr@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>irstktso@gmail.com</t>
+        </is>
+      </c>
+      <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Шишацький Олександр Леонідович</t>
+          <t>Осадчій Станіслав Борисович</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
+          <t>ОРГАНІЗАЦІЯ ОБ'ЄДНАННЯ ГРОМАДЯН КІРОВСЬКОГО РАЙОННОГО СПОРТИВНО-ТЕХНІЧНОГО КЛУБУ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>7135</v>
+        <v>7395</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+          <t>ООГ КІРОВСЬКИЙ РСТК ТСО УКРАЇНИ</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
         <v>1994</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J34" s="5"/>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49038</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Дежньова, 1</t>
+          <t>вул. Княгині Ольги, 1</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(067)565-94-56</t>
+          <t>(050)457-72-90</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>samarskiy.rstk@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R34" s="5"/>
+          <t>avtopravadnepr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R34" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/kirovskyi_rstk</t>
+        </is>
+      </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Богомаз Юрій Олексійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шишацький Олександр Леонідович</t>
+        </is>
+      </c>
+      <c r="U34" s="8"/>
+      <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
+          <t>Організація об'єднання громадян "Самарський районний спортивно-технічний клуб Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>4202</v>
+        <v>7135</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ДМЗ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ООГ «САМАРСЬКИЙ РСТК ТСО УКРАЇНИ»</t>
+        </is>
+      </c>
+      <c r="E35" s="5"/>
       <c r="F35" s="7"/>
       <c r="G35" s="6" t="n">
-        <v>1997</v>
+        <v>1994</v>
       </c>
       <c r="H35" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J35" s="5"/>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>49064</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Маяковського, 3</t>
-[...3 lines deleted...]
-      <c r="Q35" s="5"/>
+          <t>вул. Дежньова, 1</t>
+        </is>
+      </c>
+      <c r="P35" s="5" t="inlineStr">
+        <is>
+          <t>(067)565-94-56</t>
+        </is>
+      </c>
+      <c r="Q35" s="5" t="inlineStr">
+        <is>
+          <t>samarskiy.rstk@gmail.com</t>
+        </is>
+      </c>
       <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Баш Віталій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V35" s="5"/>
+          <t>Богомаз Юрій Олексійович</t>
+        </is>
+      </c>
+      <c r="U35" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V35" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство охоронне агентство "НІКО"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ МЕТАЛУРГІЙНИЙ ЗАВОД"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>2862</v>
+        <v>4202</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>ПП Охоронне агентство "НІКО"</t>
-[...2 lines deleted...]
-      <c r="E36" s="5"/>
+          <t>ПрАТ "ДМЗ"</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE JOINT-STOCK COMPANY "DNEPROVSK METALLURGICAL PLANT"</t>
+        </is>
+      </c>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>2000</v>
+        <v>1997</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J36" s="5"/>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49064</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. ж/м "Парус", 6</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Маяковського, 3</t>
+        </is>
+      </c>
+      <c r="P36" s="5"/>
+      <c r="Q36" s="5"/>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Білан Микола Якович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Баш Віталій Олександрович</t>
+        </is>
+      </c>
+      <c r="U36" s="8"/>
+      <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
+          <t>Приватне підприємство охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>2884</v>
+        <v>2862</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ПП "УКЦ "Інсайт"</t>
+          <t>ПП Охоронне агентство "НІКО"</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010639502</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Крут, 17</t>
+          <t>вул. ж/м "Парус", 6</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>(0562)362514</t>
+          <t>(056)374-68-99,(056)235-57-82</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>insiteschool7@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>agencyniko@i.ua</t>
+        </is>
+      </c>
+      <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Цилосані Тетяна Вікторівна</t>
-[...3 lines deleted...]
-      <c r="V37" s="5"/>
+          <t>Білан Микола Якович</t>
+        </is>
+      </c>
+      <c r="U37" s="8" t="n">
+        <v>45701</v>
+      </c>
+      <c r="V37" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
+          <t>Приватне підприємство "Учбово-консультаційний центр "Інсайт"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>3983</v>
+        <v>2884</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа косметології доктора Траут"</t>
+          <t>ПП "УКЦ "Інсайт"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J38" s="5"/>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>49020</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010639502</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. А. Фабра, 23 кв.8</t>
+          <t>вул. Героїв Крут, 17</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
+          <t>(0562)362514</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>s-traut@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R38" s="5"/>
+          <t>insiteschool7@gmail.com</t>
+        </is>
+      </c>
+      <c r="R38" s="5" t="inlineStr">
+        <is>
+          <t>www.inschool.dp.ua</t>
+        </is>
+      </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Траут Світлана Олексіївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Цилосані Тетяна Вікторівна</t>
+        </is>
+      </c>
+      <c r="U38" s="8"/>
+      <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>Приватне підприємство "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>4064</v>
+        <v>3983</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
+          <t>ПП "Школа косметології доктора Траут"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
-        <v>2010</v>
+        <v>2013</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J39" s="5"/>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49020</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010231764</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпросталівська, 11</t>
+          <t>вул. А. Фабра, 23 кв.8</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+067(56)-314-65</t>
+          <t>+38(098)-178-09-01; +38(098)-178-09-01;</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>info.ah.school@gmail.com</t>
+          <t>s-traut@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5"/>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Штилюк Оксана Сергіївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Траут Світлана Олексіївна</t>
+        </is>
+      </c>
+      <c r="U39" s="8"/>
+      <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>Приватне підприємство "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>7203</v>
+        <v>4064</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
+          <t>ПП "Школа флористів-дизайнерів "АРТ ХАУС"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2024</v>
+        <v>2010</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010231764</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
+          <t>вул. Дніпросталівська, 11</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(097)083-86-84</t>
+          <t>+067(56)-314-65</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>avtoshkolaalliance2021@gmail.com</t>
+          <t>info.ah.school@gmail.com</t>
         </is>
       </c>
       <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Курчик Ірина Сергіївна</t>
-[...3 lines deleted...]
-      <c r="V40" s="5"/>
+          <t>Штилюк Оксана Сергіївна</t>
+        </is>
+      </c>
+      <c r="U40" s="8" t="n">
+        <v>44606</v>
+      </c>
+      <c r="V40" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
+          <t>Товариство з обмеженою відповідальністю "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>6713</v>
+        <v>7203</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>ТОВ "АВТОШКОЛА АЛЬЯНС"</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 115</t>
+          <t>вул. Набережна Перемоги, 120, квартира 509-511</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(095)333-67-94</t>
+          <t>(097)083-86-84</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>ntec_dnipro@ukr.net</t>
+          <t>avtoshkolaalliance2021@gmail.com</t>
         </is>
       </c>
       <c r="R41" s="5"/>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Дрозд Сергій Вікторович</t>
+          <t>Курчик Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЕКСПЕРТНО-ТЕХНІЧНИЙ ЦЕНТР "ДНІПРО"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>3789</v>
+        <v>6713</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Лінія"</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2001</v>
+        <v>2022</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
+          <t>просп. Гагаріна, 115</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(056)246-03-83</t>
+          <t>(095)333-67-94</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>linecenter.dp.ua@gmail.com</t>
+          <t>ntec_dnipro@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>В.о.директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Зарваницька Лілія Михайлівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Дрозд Сергій Вікторович</t>
+        </is>
+      </c>
+      <c r="U42" s="8"/>
+      <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
+          <t>Товариство з обмеженою відповідальністю "Лінія"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>4145</v>
+        <v>3789</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Модем LTD"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Лінія"</t>
+        </is>
+      </c>
+      <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>49050</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Обсерваторна, 66</t>
+          <t>вул. Набережна Перемоги, 112 корпус 3 кв.51</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-537-28-66</t>
+          <t>(056)246-03-83</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>lyashko.elena.bis@gmail.com</t>
+          <t>linecenter.dp.ua@gmail.com</t>
         </is>
       </c>
       <c r="R43" s="5"/>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о.директора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Ляшко Олена Іванівна</t>
+          <t>Зарваницька Лілія Михайлівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
+          <t>Товариство з обмеженою відповідальністю "Модем LTD"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>4794</v>
+        <v>4145</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УК Спектр"</t>
-[...2 lines deleted...]
-      <c r="E44" s="5"/>
+          <t>ТОВ "Модем LTD"</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>Modem LTD limited liability company</t>
+        </is>
+      </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>2008</v>
+        <v>1993</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49050</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010114149</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Любарського, 104, квартира 1</t>
+          <t>вул. Обсерваторна, 66</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-733-96-66</t>
+          <t>+380(67)-537-28-66</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>ukspektr2016@gmail.com</t>
+          <t>lyashko.elena.bis@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Олійник Олександр Іванович</t>
+          <t>Ляшко Олена Іванівна</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>Товариство з обмеженою відповідальністю "УК Спектр"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>3919</v>
+        <v>4794</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
+          <t>ТОВ "УК Спектр"</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>просп. Слобажанський, 35</t>
+          <t>вул. Любарського, 104, квартира 1</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>(095)481-20-01</t>
+          <t>+380(56)-733-96-66</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>fleetcentr@ukr.net</t>
+          <t>ukspektr2016@gmail.com</t>
         </is>
       </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Семенова Наталія Миколаївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Олійник Олександр Іванович</t>
+        </is>
+      </c>
+      <c r="U45" s="8"/>
+      <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
+          <t>Товариство з обмеженою відповідальністю "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>3505</v>
+        <v>3919</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
+          <t>ТОВ "Український базовий центр тренажерної підготовки та сертифікації плавскладу риболовних суден"</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J46" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
           <t>49000</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010114149</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 14</t>
+          <t>просп. Слобажанський, 35</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(056)231-35-22</t>
+          <t>(095)481-20-01</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>ekaterina.klochko@rambler.ru</t>
+          <t>fleetcentr@ukr.net</t>
         </is>
       </c>
       <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Буряк Сергій Юлійович</t>
-[...3 lines deleted...]
-      <c r="V46" s="5"/>
+          <t>Семенова Наталія Миколаївна</t>
+        </is>
+      </c>
+      <c r="U46" s="8" t="n">
+        <v>43529</v>
+      </c>
+      <c r="V46" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3016</v>
+        <v>3505</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УЦПЗ"</t>
+          <t>ТОВ "Учбовий комбінат "Дніпробуд"</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>49010</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010512802</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
-[...3 lines deleted...]
-      <c r="Q47" s="5"/>
+          <t>вул. Богдана Хмельницького, 14</t>
+        </is>
+      </c>
+      <c r="P47" s="5" t="inlineStr">
+        <is>
+          <t>(056)231-35-22</t>
+        </is>
+      </c>
+      <c r="Q47" s="5" t="inlineStr">
+        <is>
+          <t>ekaterina.klochko@rambler.ru</t>
+        </is>
+      </c>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Забашта Олександр Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Буряк Сергій Юлійович</t>
+        </is>
+      </c>
+      <c r="U47" s="8"/>
+      <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий центр професійний захист"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>4417</v>
+        <v>3016</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
+          <t>ТОВ "УЦПЗ"</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
-      <c r="G48" s="6"/>
+      <c r="G48" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49010</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010512802</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>просп. Гагаріна, 74, офіс 407</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Академіка Лазаряна, 3, офіс 4А</t>
+        </is>
+      </c>
+      <c r="P48" s="5"/>
       <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Риженков Дмитро Миколайович</t>
-[...3 lines deleted...]
-      <c r="V48" s="5"/>
+          <t>Забашта Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U48" s="8" t="n">
+        <v>42681</v>
+      </c>
+      <c r="V48" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат Профі Лайн"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>5757</v>
+        <v>4417</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦСВНТ"</t>
+          <t>ТОВ "УКК ПРОФІ ЛАЙН"</t>
         </is>
       </c>
       <c r="E49" s="5"/>
       <c r="F49" s="7"/>
-      <c r="G49" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G49" s="6"/>
       <c r="H49" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>49019</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010757287</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Краснозаводська, 36-А</t>
+          <t>просп. Гагаріна, 74, офіс 407</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+380(80)-033-10-38</t>
+          <t>+380(67)-715-37-35</t>
         </is>
       </c>
       <c r="Q49" s="5"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Дерець Станіслав Сергійович</t>
+          <t>Риженков Дмитро Миколайович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
+          <t>Товариство з обмеженою відповідальністю "Центр сертифікаційних випробувань навантажувальної техніки"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>3844</v>
-[...3 lines deleted...]
-      </c>
+        <v>5757</v>
+      </c>
+      <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ЦСВНТ"</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>2000</v>
+        <v>2005</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J50" s="5"/>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>49019</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010475293</t>
+          <t>UA12020010010757287</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Липова, 6</t>
+          <t>вул. Краснозаводська, 36-А</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(056)721-24-56</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(80)-033-10-38</t>
+        </is>
+      </c>
+      <c r="Q50" s="5"/>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Начальник учбового центру</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Головчанський Олександр Олексійович</t>
+          <t>Дерець Станіслав Сергійович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
+          <t>Учбовий центр по підготовці охоронників та охоронців недержавних охороних структур</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>3868</v>
+        <v>3844</v>
       </c>
       <c r="C51" s="6" t="n">
-        <v>3132</v>
+        <v>3786</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J51" s="5"/>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>49101</t>
+          <t>49000</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA12020010010475293</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Руденко, 25 А</t>
+          <t>вул. Липова, 6</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>(050)424-33-99</t>
+          <t>(056)721-24-56</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>dgo_dnepr1@ukr.net</t>
+          <t>vipgarant@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5"/>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Начальник учбового центру</t>
+        </is>
+      </c>
+      <c r="T51" s="5" t="inlineStr">
+        <is>
+          <t>Головчанський Олександр Олексійович</t>
+        </is>
+      </c>
+      <c r="U51" s="8"/>
+      <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АВТОМАН"</t>
+          <t>Філія "Дніпропетровський державний обласний навчально-курсовий комбінат" Українського державного підприємства по обслуговуванню іноземних та вітчизняних автотранспортних засобів "Укрінтеравтосервіс"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>7201</v>
-[...1 lines deleted...]
-      <c r="C52" s="6"/>
+        <v>3868</v>
+      </c>
+      <c r="C52" s="6" t="n">
+        <v>3132</v>
+      </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ТОВ «АВТОМАН»</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J52" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J52" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство інфраструктури України</t>
+        </is>
+      </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>51700</t>
+          <t>49101</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA12040090010047409</t>
+          <t>UA12020010010037010</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>м. Вільногірськ</t>
+          <t>м. Дніпро</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. ПРОМИСЛОВА, 25-А</t>
+          <t>вул. Миколи Руденко, 25 А</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(096)147-27-24</t>
+          <t>(050)424-33-99</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>tovavtoman@gmail.com</t>
+          <t>dgo_dnepr1@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T52" s="5" t="inlineStr">
-[...5 lines deleted...]
-      <c r="V52" s="5"/>
+      <c r="T52" s="5"/>
+      <c r="U52" s="8" t="n">
+        <v>45370</v>
+      </c>
+      <c r="V52" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Філія "Вільногірський гірничо-металургійний комбінат" Акціонерного товариства "Об'єднана гірничо-хімічна компанія"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АВТОМАН"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>4036</v>
-[...3 lines deleted...]
-      </c>
+        <v>7201</v>
+      </c>
+      <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>Філія "ВГМК" АТ "ОГХК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ «АВТОМАН»</t>
+        </is>
+      </c>
+      <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2014</v>
+        <v>2003</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
           <t>51700</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA12040090010047409</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Вільногірськ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Степова, 1</t>
+          <t>вул. ПРОМИСЛОВА, 25-А</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-535-48-00</t>
+          <t>(096)147-27-24</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>vgmk@umcc.com.ua</t>
+          <t>tovavtoman@gmail.com</t>
         </is>
       </c>
       <c r="R53" s="5"/>
       <c r="S53" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Прокопенко Олександр Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Татаренков Богдан Анатолійович</t>
+        </is>
+      </c>
+      <c r="U53" s="8"/>
+      <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Жовтоводська автомобільна школа Дніпропетровської обласної організації Товариства сприяння обороні України</t>
+          <t>Філія "Вільногірський гірничо-металургійний комбінат" Акціонерного товариства "Об'єднана гірничо-хімічна компанія"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>4299</v>
-[...1 lines deleted...]
-      <c r="C54" s="6"/>
+        <v>4036</v>
+      </c>
+      <c r="C54" s="6" t="n">
+        <v>4004</v>
+      </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E54" s="5"/>
+          <t>Філія "ВГМК" АТ "ОГХК"</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>Branch "Vilnohirsk mining and metallurgical combine" of Joint stock company "United mining and chemical company"</t>
+        </is>
+      </c>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1992</v>
+        <v>2014</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство економічного розвитку і торгівлі України</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>52203</t>
+          <t>51700</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA12040110010051141</t>
+          <t>UA12040090010047409</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>м. Жовті Води</t>
+          <t>м. Вільногірськ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Шкільна, 4</t>
+          <t>вул. Степова, 1</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-523-28-76</t>
-[...2 lines deleted...]
-      <c r="Q54" s="5"/>
+          <t>+380(56)-535-48-00</t>
+        </is>
+      </c>
+      <c r="Q54" s="5" t="inlineStr">
+        <is>
+          <t>vgmk@umcc.com.ua</t>
+        </is>
+      </c>
       <c r="R54" s="5"/>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Декусар Микола Миколайович</t>
+          <t>Прокопенко Олександр Іванович</t>
         </is>
       </c>
       <c r="U54" s="8" t="n">
-        <v>45748</v>
+        <v>45306</v>
       </c>
       <c r="V54" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кам`янський центр підготовки і перепідготовки робітничих кадрів"</t>
+          <t>Жовтоводська автомобільна школа Дніпропетровської обласної організації Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>2167</v>
+        <v>4299</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Кам`янський ЦППРК"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
-        <v>1966</v>
+        <v>1992</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>51900</t>
+          <t>52203</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010213957</t>
+          <t>UA12040110010051141</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Кам’янське</t>
+          <t>м. Жовті Води</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Медична, 2</t>
+          <t>вул. Шкільна, 4</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+38(098)-412-4025</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380(56)-523-28-76</t>
+        </is>
+      </c>
+      <c r="Q55" s="5"/>
+      <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Донченко Ірина Леонідівна</t>
-[...3 lines deleted...]
-      <c r="V55" s="5"/>
+          <t>Декусар Микола Миколайович</t>
+        </is>
+      </c>
+      <c r="U55" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V55" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Кам`янський центр підготовки та перепідготовки робітничих кадрів будівництва та автотранспорту"</t>
+          <t>Державний професійно-технічний навчальний заклад "Кам`янський центр підготовки і перепідготовки робітничих кадрів"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>2130</v>
+        <v>2167</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КЦППРКБА"</t>
+          <t>ДПТНЗ "Кам`янський ЦППРК"</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1944</v>
+        <v>1966</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>51910</t>
+          <t>51900</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010056523</t>
+          <t>UA12040150010213957</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 20</t>
+          <t>вул. Медична, 2</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>097-572-96-31</t>
+          <t>+38(098)-412-4025</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>kcpprkba@ukr.net</t>
+          <t>dptnz_kcpprk@ukr.net</t>
         </is>
       </c>
       <c r="R56" s="5" t="inlineStr">
         <is>
-          <t>https://kamyanske-kcpprkba.eddy.school/</t>
+          <t>kcpprk.dp.ua</t>
         </is>
       </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Лихолат Руслан Анатолійович</t>
+          <t>Донченко Ірина Леонідівна</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Кам`янське вище професійне училище</t>
+          <t>Державний професійно-технічний навчальний заклад "Кам`янський центр підготовки та перепідготовки робітничих кадрів будівництва та автотранспорту"</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>2162</v>
+        <v>2130</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>Кам`янське ВПУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДПТНЗ "КЦППРКБА"</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1925</v>
+        <v>1944</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>51925</t>
+          <t>51910</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>просп. Гімназичний, 10</t>
+          <t>вул. Богдана Хмельницького, 20</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(0569) 55-42-55</t>
+          <t>097-572-96-31</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>dndz_vpu@ua.fm</t>
+          <t>kcpprkba@ukr.net</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>www.kamvpu.dp.ua</t>
+          <t>https://kamyanske-kcpprkba.eddy.school/</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Неклеса Вадим Вікторович</t>
+          <t>Лихолат Руслан Анатолійович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Кам`янський професійний ліцей</t>
+          <t>Кам`янське вище професійне училище</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2113</v>
+        <v>2162</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>КПЛ</t>
-[...2 lines deleted...]
-      <c r="E58" s="5"/>
+          <t>Кам`янське ВПУ</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>Kamyanske Higher Professional School</t>
+        </is>
+      </c>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>1943</v>
+        <v>1925</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>51917</t>
+          <t>51925</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Лермонтова, 151</t>
+          <t>просп. Гімназичний, 10</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(098) 985 90 33</t>
+          <t>(0569) 55-42-55</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>kam_prof.licey@ukr.net</t>
+          <t>dndz_vpu@ua.fm</t>
         </is>
       </c>
       <c r="R58" s="5" t="inlineStr">
         <is>
-          <t>kpl.dp.ua</t>
+          <t>www.kamvpu.dp.ua</t>
         </is>
       </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Чаусова Галина Анатоліївна</t>
+          <t>Неклеса Вадим Вікторович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Кам'янський навчальний центр №34</t>
+          <t>Кам`янський професійний ліцей</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>4010</v>
+        <v>2113</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>КНЦ №34</t>
+          <t>КПЛ</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>2008</v>
+        <v>1943</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>51912</t>
+          <t>51917</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Грушевського, 214</t>
+          <t>вул. Лермонтова, 151</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>066 948 38 07</t>
+          <t>(098) 985 90 33</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>dndznc34@ua.fm</t>
+          <t>kam_prof.licey@ukr.net</t>
         </is>
       </c>
       <c r="R59" s="5" t="inlineStr">
         <is>
-          <t>www.knc34.dp.ua</t>
+          <t>kpl.dp.ua</t>
         </is>
       </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Зварич Василь Іванович</t>
+          <t>Чаусова Галина Анатоліївна</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Міжшкільна навчально-виробнича майстерня №1" Кам'янської міської ради</t>
+          <t>Кам'янський навчальний центр №34</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>4217</v>
+        <v>4010</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>МНВМ №1</t>
+          <t>КНЦ №34</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>2001</v>
+        <v>2008</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>51906</t>
+          <t>51912</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010395824</t>
+          <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Волзька, 1-А</t>
+          <t>вул. Михайла Грушевського, 214</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-269-98-41</t>
+          <t>066 948 38 07</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>evgenmalkin.mnvm1@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R60" s="5"/>
+          <t>dndznc34@ua.fm</t>
+        </is>
+      </c>
+      <c r="R60" s="5" t="inlineStr">
+        <is>
+          <t>www.knc34.dp.ua</t>
+        </is>
+      </c>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Прийма Дмитро Володимирович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Зварич Василь Іванович</t>
+        </is>
+      </c>
+      <c r="U60" s="8"/>
+      <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Навчальний центр ДП "38 ВІТЧ" з початкової професійної підготовки, перепідготовки та підвищення кваліфікації з фізичного захисту, радіаційно-хімічного забезпечення, охорони об`єктів паливно-енергетичного комплексу та охорони праці</t>
+          <t>Комунальний заклад "Міжшкільна навчально-виробнича майстерня №1" Кам'янської міської ради</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>3141</v>
-[...3 lines deleted...]
-      </c>
+        <v>4217</v>
+      </c>
+      <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>МНВМ №1</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
-        <v>2012</v>
+        <v>2001</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
-          <t>Міністерство енергетики України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>51915</t>
+          <t>51906</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
           <t>UA12040150010395824</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>просп. Аношкіна, 181</t>
+          <t>вул. Волзька, 1-А</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>0569 56 76 53</t>
+          <t>+380(67)-269-98-41</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>dp38vitch@ukr.net</t>
+          <t>evgenmalkin.mnvm1@gmail.com</t>
         </is>
       </c>
       <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
-          <t>Заступник генерального директора-керівник Навчального Центру</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Капля Олексій Іванович</t>
-[...3 lines deleted...]
-      <c r="V61" s="5"/>
+          <t>Прийма Дмитро Володимирович</t>
+        </is>
+      </c>
+      <c r="U61" s="8" t="n">
+        <v>43697</v>
+      </c>
+      <c r="V61" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Підприємство об'єднання громадян "Кам'янська автомобільна школа Товариства сприяння обороні України"</t>
+          <t>Навчальний центр ДП "38 ВІТЧ" з початкової професійної підготовки, перепідготовки та підвищення кваліфікації з фізичного захисту, радіаційно-хімічного забезпечення, охорони об`єктів паливно-енергетичного комплексу та охорони праці</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>5041</v>
-[...1 lines deleted...]
-      <c r="C62" s="6"/>
+        <v>3141</v>
+      </c>
+      <c r="C62" s="6" t="n">
+        <v>3139</v>
+      </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>ПОГ "Кам'янська АШ ТСОУ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>1995</v>
+        <v>2012</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міністерство енергетики України</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>51921</t>
+          <t>51915</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010213957</t>
+          <t>UA12040150010395824</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Васильєвська, 80</t>
+          <t>просп. Аношкіна, 181</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>+380(68)-921-24-41</t>
+          <t>0569 56 76 53</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>avtoschool-dz@ukr.net</t>
+          <t>dp38vitch@ukr.net</t>
         </is>
       </c>
       <c r="R62" s="5"/>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Заступник генерального директора-керівник Навчального Центру</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Старостенко Віктор Анатолійович</t>
+          <t>Капля Олексій Іванович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>ПІДПРИЄМСТВО ОБ'ЄДНАННЯ ГРОМАДЯН "КАМ'ЯНСЬКИЙ МІСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Підприємство об'єднання громадян "Кам'янська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>7272</v>
+        <v>5041</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>ПОГ «КМСТК ТСОУ»</t>
+          <t>ПОГ "Кам'янська АШ ТСОУ"</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J63" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J63" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>51925</t>
+          <t>51921</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010056523</t>
+          <t>UA12040150010213957</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Роберта Лісовського, 7А</t>
+          <t>вул. Васильєвська, 80</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>(097)393-16-48</t>
+          <t>+380(68)-921-24-41</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>dndzgstk@i.ua</t>
+          <t>avtoschool-dz@ukr.net</t>
         </is>
       </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
           <t>Старостенко Віктор Анатолійович</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Публічне акціонерне товариство "Дніпровський металургійний комбінат"</t>
+          <t>ПІДПРИЄМСТВО ОБ'ЄДНАННЯ ГРОМАДЯН "КАМ'ЯНСЬКИЙ МІСЬКИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>4181</v>
+        <v>7272</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>ПАТ "Дніпровський меткомбінат"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПОГ «КМСТК ТСОУ»</t>
+        </is>
+      </c>
+      <c r="E64" s="5"/>
       <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1993</v>
+        <v>1987</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J64" s="5"/>
       <c r="K64" s="7" t="inlineStr">
         <is>
           <t>51925</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA12040150010213957</t>
+          <t>UA12040150010056523</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
           <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 18-Б</t>
+          <t>вул. Роберта Лісовського, 7А</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-951-61-00</t>
+          <t>(097)393-16-48</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>kanc@dmkd.dp.ua</t>
+          <t>dndzgstk@i.ua</t>
         </is>
       </c>
       <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Керуючий санацією</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Сокол Олексій Юрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Старостенко Віктор Анатолійович</t>
+        </is>
+      </c>
+      <c r="U64" s="8"/>
+      <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>АКЦІОНЕРНЕ ТОВАРИСТВО "ПІВДЕННИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
+          <t>Публічне акціонерне товариство "Дніпровський металургійний комбінат"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>4349</v>
+        <v>4181</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>АТ "ПІВДГЗК"</t>
+          <t>ПАТ "Дніпровський меткомбінат"</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>JOINT-STOCK COMPANY "YUZHNIY GOK"</t>
+          <t>Public joint-stock company "Dneprovsky iron &amp; steel integrated works"</t>
         </is>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>1994</v>
+        <v>1993</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>50026</t>
+          <t>51925</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12040150010213957</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>м. Кривий Ріг</t>
+          <t>м. Кам’янське</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>просп. Південний, 15</t>
+          <t>вул. Соборна, 18-Б</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-407-73-01</t>
+          <t>+380(56)-951-61-00</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>office@ugok.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kanc@dmkd.dp.ua</t>
+        </is>
+      </c>
+      <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Керуючий санацією</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Федін Костянтин Анатолійович</t>
-[...3 lines deleted...]
-      <c r="V65" s="5"/>
+          <t>Сокол Олексій Юрійович</t>
+        </is>
+      </c>
+      <c r="U65" s="8" t="n">
+        <v>44522</v>
+      </c>
+      <c r="V65" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Державний воєнізований гірничорятувальний (аварійно-рятувальний) загін Державної служби України з надзвичайних ситуацій</t>
+          <t>АКЦІОНЕРНЕ ТОВАРИСТВО "ПІВДЕННИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>4171</v>
+        <v>4349</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>ДВГРЗ ДСНС України</t>
+          <t>АТ "ПІВДГЗК"</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>STATE MILITARIZED MINE-RESCUE (RESCUE) SQUAD PUBLIC SERVICE OF UKRAINE FOR EMERGENCIES</t>
+          <t>JOINT-STOCK COMPANY "YUZHNIY GOK"</t>
         </is>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>2006</v>
+        <v>1994</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J66" s="5"/>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>50002</t>
+          <t>50026</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянського, 223А</t>
+          <t>просп. Південний, 15</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>+380500771817</t>
+          <t>+380(56)-407-73-01</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>prsvarz.dp@dsns.gov.ua</t>
+          <t>office@ugok.com.ua</t>
         </is>
       </c>
       <c r="R66" s="5" t="inlineStr">
         <is>
-          <t>dvgz.dsns.gov</t>
+          <t>www.UGOK.com.ua</t>
         </is>
       </c>
       <c r="S66" s="5" t="inlineStr">
         <is>
-          <t>в.о. командира загону</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Бицко Сергій Володимирович</t>
+          <t>Федін Костянтин Анатолійович</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання «Криворізька академія патрульної поліції»</t>
+          <t>Державний воєнізований гірничорятувальний (аварійно-рятувальний) загін Державної служби України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>5703</v>
+        <v>4171</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>Криворізька академія патрульної поліції</t>
+          <t>ДВГРЗ ДСНС України</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>STATE INSTITUTIONAL OF VOCATIONAL (VOCATIONAL AND TECHNICAL) EDUCATION WITH SPECIFIC TRAINING CONDITIONS «KRYVYI RIH ACADEMY OF PATROL POLICE»</t>
+          <t>STATE MILITARIZED MINE-RESCUE (RESCUE) SQUAD PUBLIC SERVICE OF UKRAINE FOR EMERGENCIES</t>
         </is>
       </c>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
-        <v>2019</v>
+        <v>2006</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Національна поліція України</t>
+          <t>Державна служба України з надзвичайних ситуацій</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>50106</t>
+          <t>50002</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>мікрорайон 7-й Зарічний, 24</t>
+          <t>вул. Кобилянського, 223А</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>(0564) 94-72-32</t>
+          <t>+380500771817</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>krapp@police.gov.ua</t>
+          <t>prsvarz.dp@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R67" s="5" t="inlineStr">
         <is>
-          <t>https://kryvorizka-ap.npu.gov.ua/</t>
+          <t>dvgz.dsns.gov</t>
         </is>
       </c>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>в.о. командира загону</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Шевченко Андрій Олександрович</t>
+          <t>Бицко Сергій Володимирович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Інгулецький професійний ліцей"</t>
+          <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання «Криворізька академія патрульної поліції»</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>2048</v>
+        <v>5703</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Інгулецький ПЛ"</t>
-[...2 lines deleted...]
-      <c r="E68" s="5"/>
+          <t>Криворізька академія патрульної поліції</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>STATE INSTITUTIONAL OF VOCATIONAL (VOCATIONAL AND TECHNICAL) EDUCATION WITH SPECIFIC TRAINING CONDITIONS «KRYVYI RIH ACADEMY OF PATROL POLICE»</t>
+        </is>
+      </c>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>1971</v>
+        <v>2019</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Національна поліція України</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>50102</t>
+          <t>50106</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Каткова, 6</t>
+          <t>мікрорайон 7-й Зарічний, 24</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>+380980965643</t>
+          <t>(0564) 94-72-32</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>dnzipl@ukr.net</t>
+          <t>krapp@police.gov.ua</t>
         </is>
       </c>
       <c r="R68" s="5" t="inlineStr">
         <is>
-          <t>http://www.ipl.kr.ua/</t>
+          <t>https://kryvorizka-ap.npu.gov.ua/</t>
         </is>
       </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Школяренко Жанна Миколаївна</t>
+          <t>Шевченко Андрій Олександрович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Криворізький центр професійної освіти металургії та машинобудування"</t>
+          <t>Державний навчальний заклад "Інгулецький професійний ліцей"</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>2385</v>
+        <v>2048</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "КЦПОММ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ДНЗ "Інгулецький ПЛ"</t>
+        </is>
+      </c>
+      <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>1977</v>
+        <v>1971</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>50103</t>
+          <t>50102</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>пл. Домнобудівників, 10</t>
+          <t>вул. Каткова, 6</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-494-72-22</t>
+          <t>+380980965643</t>
         </is>
       </c>
       <c r="Q69" s="5" t="inlineStr">
         <is>
-          <t>dnz-kcpomm@ukr.net</t>
+          <t>dnzipl@ukr.net</t>
         </is>
       </c>
       <c r="R69" s="5" t="inlineStr">
         <is>
-          <t>https://kcpomm45.dp.ua</t>
+          <t>http://www.ipl.kr.ua/</t>
         </is>
       </c>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Горб Григорій Григорович</t>
+          <t>Школяренко Жанна Миколаївна</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Криворізький навчально-виробничий центр"</t>
+          <t>Державний навчальний заклад "Криворізький центр професійної освіти металургії та машинобудування"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>2127</v>
+        <v>2385</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КНВЦ"</t>
-[...2 lines deleted...]
-      <c r="E70" s="5"/>
+          <t>ДНЗ "КЦПОММ"</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>State educated institution Kryviy Rih Center profesional education of metallurgy and mechnical engineering</t>
+        </is>
+      </c>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>1974</v>
+        <v>1977</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>50106</t>
+          <t>50103</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Фабрична, 5</t>
+          <t>пл. Домнобудівників, 10</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(097)111 01 31</t>
+          <t>+380(56)-494-72-22</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>pty7.knvc@ukr.net</t>
+          <t>dnz-kcpomm@ukr.net</t>
         </is>
       </c>
       <c r="R70" s="5" t="inlineStr">
         <is>
-          <t>www.kr-nvc.edukit.dp.ua</t>
+          <t>https://kcpomm45.dp.ua</t>
         </is>
       </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Кісліченко Володимир Миколайович</t>
+          <t>Горб Григорій Григорович</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Криворізький професійний гірничо-електромеханічний ліцей"</t>
+          <t>Державний професійно-технічний навчальний заклад "Криворізький навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>2209</v>
+        <v>2127</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КПГЕМЛ"</t>
+          <t>ДПТНЗ "КНВЦ"</t>
         </is>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
-        <v>1944</v>
+        <v>1974</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>50031</t>
+          <t>50106</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Синьоводська, 10 А</t>
+          <t>вул. Фабрична, 5</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>(056) 466 11 10</t>
+          <t>(097)111 01 31</t>
         </is>
       </c>
       <c r="Q71" s="5" t="inlineStr">
         <is>
-          <t>pty-29@ukr.net</t>
+          <t>pty7.knvc@ukr.net</t>
         </is>
       </c>
       <c r="R71" s="5" t="inlineStr">
         <is>
-          <t>http://kpgeml.ho.ua</t>
+          <t>www.kr-nvc.edukit.dp.ua</t>
         </is>
       </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Алійник Юлія Ігорівна</t>
+          <t>Кісліченко Володимир Миколайович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Криворізький центр професійної освіти робітничих кадрів торгівлі та ресторанного сервісу"</t>
+          <t>Державний професійно-технічний навчальний заклад "Криворізький професійний гірничо-електромеханічний ліцей"</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>2166</v>
+        <v>2209</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "КЦПОРКТРС"</t>
+          <t>ДПТНЗ "КПГЕМЛ"</t>
         </is>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
-        <v>1960</v>
+        <v>1944</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J72" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>50074</t>
+          <t>50031</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Гетьманська, 78</t>
+          <t>вул. Синьоводська, 10 А</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>(097)053-68-58</t>
+          <t>(056) 466 11 10</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>ptu_62@ukr.net</t>
+          <t>pty-29@ukr.net</t>
         </is>
       </c>
       <c r="R72" s="5" t="inlineStr">
         <is>
-          <t>kcporktrs.dp.ua</t>
+          <t>http://kpgeml.ho.ua</t>
         </is>
       </c>
       <c r="S72" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Скрипник Ольга Олександрівна</t>
+          <t>Алійник Юлія Ігорівна</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>ДОЧІРНЄ ПІДПРИЄМСТВО "НАВЧАЛЬНО-КУРСОВИЙ КОМБІНАТ "КРИВБАСБУД" ДЕРЖАВНОГО АКЦІОНЕРНОГО ТОВАРИСТВА "БУДІВЕЛЬНА КОМПАНІЯ "УКРБУД"</t>
+          <t>Державний професійно-технічний навчальний заклад "Криворізький центр професійної освіти робітничих кадрів торгівлі та ресторанного сервісу"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>3542</v>
+        <v>2166</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ДП "НАВЧАЛЬНО-КУРСОВИЙ КОМБІНАТ "КРИВБАСБУД"</t>
+          <t>ДПТНЗ "КЦПОРКТРС"</t>
         </is>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="7"/>
       <c r="G73" s="6" t="n">
-        <v>2000</v>
+        <v>1960</v>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J73" s="5" t="inlineStr">
         <is>
-          <t>Кабінет Міністрів України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>50051</t>
+          <t>50074</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Вітчизни, 9</t>
+          <t>вул. Гетьманська, 78</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>(0564) 94-81-11</t>
+          <t>(097)053-68-58</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>krivbasbudkrrog@ukr.net</t>
+          <t>ptu_62@ukr.net</t>
         </is>
       </c>
       <c r="R73" s="5" t="inlineStr">
         <is>
-          <t>www.krbud.ub.com.ua</t>
+          <t>kcporktrs.dp.ua</t>
         </is>
       </c>
       <c r="S73" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Єршков Дмитро Петрович</t>
+          <t>Скрипник Ольга Олександрівна</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Комунальне підприємство "Навчально-виробничий центр" Дніпропетровської обласної ради</t>
+          <t>ДОЧІРНЄ ПІДПРИЄМСТВО "НАВЧАЛЬНО-КУРСОВИЙ КОМБІНАТ "КРИВБАСБУД" ДЕРЖАВНОГО АКЦІОНЕРНОГО ТОВАРИСТВА "БУДІВЕЛЬНА КОМПАНІЯ "УКРБУД"</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>4146</v>
+        <v>3542</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>КП "НВЦ" ДОР</t>
+          <t>ДП "НАВЧАЛЬНО-КУРСОВИЙ КОМБІНАТ "КРИВБАСБУД"</t>
         </is>
       </c>
       <c r="E74" s="5"/>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J74" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Кабінет Міністрів України</t>
         </is>
       </c>
       <c r="K74" s="7" t="inlineStr">
         <is>
-          <t>50011</t>
+          <t>50051</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Шекспіра, 1В</t>
+          <t>вул. Вітчизни, 9</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>+056(40)-128-41</t>
+          <t>(0564) 94-81-11</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>nvcdor@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R74" s="5"/>
+          <t>krivbasbudkrrog@ukr.net</t>
+        </is>
+      </c>
+      <c r="R74" s="5" t="inlineStr">
+        <is>
+          <t>www.krbud.ub.com.ua</t>
+        </is>
+      </c>
       <c r="S74" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T74" s="5" t="inlineStr">
         <is>
-          <t>Звєрєв Едуард Давидович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Єршков Дмитро Петрович</t>
+        </is>
+      </c>
+      <c r="U74" s="8"/>
+      <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Криворізький гірничий коледж" Дніпропетровської обласної ради"</t>
+          <t>Комунальне підприємство "Навчально-виробничий центр" Дніпропетровської обласної ради</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>6880</v>
+        <v>4146</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>КЗО "КГК" ДОР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>КП "НВЦ" ДОР</t>
+        </is>
+      </c>
+      <c r="E75" s="5"/>
       <c r="F75" s="7"/>
       <c r="G75" s="6" t="n">
-        <v>1944</v>
+        <v>2001</v>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>50015</t>
+          <t>50011</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>вул. Гірнича, 1Л</t>
+          <t>вул. Шекспіра, 1В</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-498-31-34</t>
+          <t>+056(40)-128-41</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>kpgtl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvcdor@gmail.com</t>
+        </is>
+      </c>
+      <c r="R75" s="5"/>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Стойчик Тетяна Іванівна</t>
-[...3 lines deleted...]
-      <c r="V75" s="5"/>
+          <t>Звєрєв Едуард Давидович</t>
+        </is>
+      </c>
+      <c r="U75" s="8" t="n">
+        <v>45057</v>
+      </c>
+      <c r="V75" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Криворізький професійний коледж будівельної галузі" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад освіти "Криворізький гірничий коледж" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>6843</v>
+        <v>6880</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>КЗО "КРИВОРІЗЬКИЙ ЦЕНТР ПІДГОТОВКИ ТА ПЕРЕПІДГОТОВКИ РОБІТНИЧИХ КАДРІВ БУДІВЕЛЬНОЇ ГАЛУЗІ" ДОР"</t>
+          <t>КЗО "КГК" ДОР"</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>Komunal?nyy zaklad osvity "Kryvoriz?kyy profesiynyy koledzh budivel?noyi haluzi" Dnipropetrovs?koyi oblasnoyi rady"</t>
+          <t>Municipal educational institution "Kryvyi Rih Mining College" of the Dnipropetrovsk Regional Council"</t>
         </is>
       </c>
       <c r="F76" s="7"/>
-      <c r="G76" s="6"/>
+      <c r="G76" s="6" t="n">
+        <v>1944</v>
+      </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K76" s="7" t="inlineStr">
         <is>
           <t>50015</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Кропивницького, 21 А</t>
+          <t>вул. Гірнича, 1Л</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>0961022260</t>
+          <t>+38(067)-498-31-34</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>centrkrog14@ukr.net</t>
+          <t>kpgtl@ukr.net</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
-          <t>https://dnz-ktspprkbg.webnode.com.ua</t>
+          <t>kpgtl.dp.ua</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Яременко Валерій Миколайович</t>
+          <t>Стойчик Тетяна Іванівна</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Криворізька автомобільна школа №1 Товариства сприяння обороні України</t>
+          <t>Комунальний заклад освіти "Криворізький професійний коледж будівельної галузі" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>4210</v>
+        <v>6843</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>Криворізька автомобільна школа №1 ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E77" s="5"/>
+          <t>КЗО "КРИВОРІЗЬКИЙ ЦЕНТР ПІДГОТОВКИ ТА ПЕРЕПІДГОТОВКИ РОБІТНИЧИХ КАДРІВ БУДІВЕЛЬНОЇ ГАЛУЗІ" ДОР"</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>Komunal?nyy zaklad osvity "Kryvoriz?kyy profesiynyy koledzh budivel?noyi haluzi" Dnipropetrovs?koyi oblasnoyi rady"</t>
+        </is>
+      </c>
       <c r="F77" s="7"/>
-      <c r="G77" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G77" s="6"/>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J77" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>50076</t>
+          <t>50015</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>вул. Балакіна, 2</t>
+          <t>вул. Кропивницького, 21 А</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>+380(98)-980-31-58</t>
+          <t>0961022260</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
-          <t>krivoyrog-avtoschkola1@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R77" s="5"/>
+          <t>centrkrog14@ukr.net</t>
+        </is>
+      </c>
+      <c r="R77" s="5" t="inlineStr">
+        <is>
+          <t>https://dnz-ktspprkbg.webnode.com.ua</t>
+        </is>
+      </c>
       <c r="S77" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Гладишев Віктор Кирилович</t>
+          <t>Яременко Валерій Миколайович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Криворізька радіотехнічна школа Товариства сприяння обороні України</t>
+          <t>Криворізька автомобільна школа №1 Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>4213</v>
+        <v>4210</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>Криворізька радіотехнічна школа ТСОУ</t>
+          <t>Криворізька автомобільна школа №1 ТСОУ</t>
         </is>
       </c>
       <c r="E78" s="5"/>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
-        <v>1995</v>
+        <v>1993</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>50086</t>
+          <t>50076</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010145934</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Телевізійна, 10</t>
+          <t>вул. Балакіна, 2</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-638-65-63</t>
+          <t>+380(98)-980-31-58</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>krshtsou2017@gmail.com</t>
+          <t>krivoyrog-avtoschkola1@ukr.net</t>
         </is>
       </c>
       <c r="R78" s="5"/>
       <c r="S78" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Грогуленко Андрій Юрійович</t>
+          <t>Гладишев Віктор Кирилович</t>
         </is>
       </c>
       <c r="U78" s="8"/>
       <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>КРИВОРІЗЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
+          <t>Криворізька радіотехнічна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>6904</v>
-[...3 lines deleted...]
-      </c>
+        <v>4213</v>
+      </c>
+      <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Криворізька радіотехнічна школа ТСОУ</t>
         </is>
       </c>
       <c r="E79" s="5"/>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>2023</v>
+        <v>1995</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J79" s="5"/>
+      <c r="J79" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>50051</t>
+          <t>50086</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010145934</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>просп. Металургів, 1</t>
+          <t>вул. Телевізійна, 10</t>
         </is>
       </c>
       <c r="P79" s="5" t="inlineStr">
         <is>
-          <t>(067)379-06-32</t>
+          <t>+380(67)-638-65-63</t>
         </is>
       </c>
       <c r="Q79" s="5" t="inlineStr">
         <is>
-          <t>ok.titarenko@qrmu.com.ua</t>
+          <t>krshtsou2017@gmail.com</t>
         </is>
       </c>
       <c r="R79" s="5"/>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>виконуючий обов'язки директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Стегній Богдан Станіславович</t>
+          <t>Грогуленко Андрій Юрійович</t>
         </is>
       </c>
       <c r="U79" s="8"/>
       <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Криворізький навчальний центр №80</t>
+          <t>КРИВОРІЗЬКА ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ГАЗОРОЗПОДІЛЬНІ МЕРЕЖІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>4017</v>
-[...1 lines deleted...]
-      <c r="C80" s="6"/>
+        <v>6904</v>
+      </c>
+      <c r="C80" s="6" t="n">
+        <v>6833</v>
+      </c>
       <c r="D80" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E80" s="5"/>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J80" s="5"/>
       <c r="K80" s="7" t="inlineStr">
         <is>
-          <t>50041</t>
+          <t>50051</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Шиферна, 3</t>
+          <t>просп. Металургів, 1</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>+380983046099</t>
+          <t>(067)379-06-32</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>knc-80@ukr.net</t>
+          <t>ok.titarenko@qrmu.com.ua</t>
         </is>
       </c>
       <c r="R80" s="5"/>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>виконуючий обов'язки директор</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Кобець Сергій Володимирович</t>
+          <t>Стегній Богдан Станіславович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Криворізький професійний гірничо-металургійний ліцей</t>
+          <t>Криворізький навчальний центр №80</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>2235</v>
+        <v>4017</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>КПГМЛ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E81" s="5"/>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>1944</v>
+        <v>2004</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J81" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>50036</t>
+          <t>50041</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Бикова, 13</t>
+          <t>вул. Шиферна, 3</t>
         </is>
       </c>
       <c r="P81" s="5" t="inlineStr">
         <is>
-          <t>0968185359</t>
+          <t>+380983046099</t>
         </is>
       </c>
       <c r="Q81" s="5" t="inlineStr">
         <is>
-          <t>kpgml2009@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>knc-80@ukr.net</t>
+        </is>
+      </c>
+      <c r="R81" s="5"/>
       <c r="S81" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T81" s="5" t="inlineStr">
         <is>
-          <t>Дремлюга Олександр Олександрович</t>
+          <t>Кобець Сергій Володимирович</t>
         </is>
       </c>
       <c r="U81" s="8"/>
       <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Криворізький професійний ліцей</t>
+          <t>Криворізький професійний гірничо-металургійний ліцей</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>2207</v>
+        <v>2235</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>КПЛ</t>
+          <t>КПГМЛ</t>
         </is>
       </c>
       <c r="E82" s="5"/>
       <c r="F82" s="7"/>
       <c r="G82" s="6" t="n">
-        <v>1987</v>
+        <v>1944</v>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J82" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>50076</t>
+          <t>50036</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
           <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Авраменка, 27</t>
+          <t>вул. Бикова, 13</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>0968613233</t>
+          <t>0968185359</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>kpl-dp@ukr.net</t>
+          <t>kpgml2009@ukr.net</t>
         </is>
       </c>
       <c r="R82" s="5" t="inlineStr">
         <is>
-          <t>kpl-66.dp.ua</t>
+          <t>http://kpgml.freevar.com</t>
         </is>
       </c>
       <c r="S82" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Сула Віктор Петрович</t>
+          <t>Дремлюга Олександр Олександрович</t>
         </is>
       </c>
       <c r="U82" s="8"/>
       <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Криворізький професійний транспортно-металургійний ліцей</t>
+          <t>Криворізький професійний ліцей</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>2222</v>
+        <v>2207</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>КПТМЛ</t>
-[...6 lines deleted...]
-      </c>
+          <t>КПЛ</t>
+        </is>
+      </c>
+      <c r="E83" s="5"/>
       <c r="F83" s="7"/>
       <c r="G83" s="6" t="n">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J83" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K83" s="7" t="inlineStr">
         <is>
           <t>50076</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Авраменка, 25</t>
+          <t>вул. Івана Авраменка, 27</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>+ 380688267173</t>
+          <t>0968613233</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>kptml-46@ukr.net</t>
+          <t>kpl-dp@ukr.net</t>
         </is>
       </c>
       <c r="R83" s="5" t="inlineStr">
         <is>
-          <t>https://kptml.kr.ua/</t>
+          <t>kpl-66.dp.ua</t>
         </is>
       </c>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Булгакова Ганна Петрівна</t>
+          <t>Сула Віктор Петрович</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Міжрегіональний центр професійної перепідготовки звільнених у запас військовослужбовців м. Кривого Рогу Дніпропетровської області</t>
+          <t>Криворізький професійний транспортно-металургійний ліцей</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>2484</v>
+        <v>2222</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>МЦППВ</t>
+          <t>КПТМЛ</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>The Interregional Center of the Professional Retraining of the Retired Military Personnel of the city of Kryvyi Rih of Dnipropetrovsk region</t>
+          <t>Kryvorizkyi profesiinyi transportno-metalurhiinyi litsei</t>
         </is>
       </c>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J84" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>50025</t>
+          <t>50076</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>вул. Ушакова, 4</t>
+          <t>вул. Івана Авраменка, 25</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>+380(68) 189 50 49</t>
+          <t>+ 380688267173</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>mcppv@i.ua</t>
+          <t>kptml-46@ukr.net</t>
         </is>
       </c>
       <c r="R84" s="5" t="inlineStr">
         <is>
-          <t>www.mcppv.com.ua</t>
+          <t>https://kptml.kr.ua/</t>
         </is>
       </c>
       <c r="S84" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В. о. директора</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Балакін Володимир Григорович</t>
+          <t>Булгакова Ганна Петрівна</t>
         </is>
       </c>
       <c r="U84" s="8"/>
       <c r="V84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Інгулецький гірничо-збагачувальний комбінат"</t>
+          <t>Міжрегіональний центр професійної перепідготовки звільнених у запас військовослужбовців м. Кривого Рогу Дніпропетровської області</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>4063</v>
+        <v>2484</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ІНГЗК"</t>
-[...2 lines deleted...]
-      <c r="E85" s="5"/>
+          <t>МЦППВ</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>The Interregional Center of the Professional Retraining of the Retired Military Personnel of the city of Kryvyi Rih of Dnipropetrovsk region</t>
+        </is>
+      </c>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>2005</v>
+        <v>1979</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J85" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J85" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>50064</t>
+          <t>50025</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010270453</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Рудна, 47</t>
+          <t>вул. Ушакова, 4</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-407-63-11</t>
+          <t>+380(68) 189 50 49</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>info@ingok.com.ua</t>
-[...2 lines deleted...]
-      <c r="R85" s="5"/>
+          <t>mcppv@i.ua</t>
+        </is>
+      </c>
+      <c r="R85" s="5" t="inlineStr">
+        <is>
+          <t>www.mcppv.com.ua</t>
+        </is>
+      </c>
       <c r="S85" s="5" t="inlineStr">
         <is>
-          <t>Гениральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Герасимчук Олександр Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Балакін Володимир Григорович</t>
+        </is>
+      </c>
+      <c r="U85" s="8"/>
+      <c r="V85" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Криворізький завод гірничого обладнання"</t>
+          <t>Приватне акціонерне товариство "Інгулецький гірничо-збагачувальний комбінат"</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>4328</v>
+        <v>4063</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>АТ "КОРУМ КРИВОРІЗЬКИЙ ЗАВОД ГІРНИЧОГО ОБЛАДНАННЯ"</t>
+          <t>ПрАТ "ІНГЗК"</t>
         </is>
       </c>
       <c r="E86" s="5"/>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>50057</t>
+          <t>50064</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170010270453</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 1</t>
+          <t>вул. Рудна, 47</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-409-30-49</t>
-[...2 lines deleted...]
-      <c r="Q86" s="5"/>
+          <t>+380(56)-407-63-11</t>
+        </is>
+      </c>
+      <c r="Q86" s="5" t="inlineStr">
+        <is>
+          <t>info@ingok.com.ua</t>
+        </is>
+      </c>
       <c r="R86" s="5"/>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>В.о. Директора</t>
+          <t>Гениральний директор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Гончаренко Микола Анатолійович</t>
-[...3 lines deleted...]
-      <c r="V86" s="5"/>
+          <t>Герасимчук Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U86" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V86" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ПІВНІЧНИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
+          <t>Приватне акціонерне товариство "Криворізький завод гірничого обладнання"</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>4142</v>
+        <v>4328</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "ПІВНГЗК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>АТ "КОРУМ КРИВОРІЗЬКИЙ ЗАВОД ГІРНИЧОГО ОБЛАДНАННЯ"</t>
+        </is>
+      </c>
+      <c r="E87" s="5"/>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>50079</t>
+          <t>50057</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010643671</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>вул. -, -</t>
+          <t>вул. Заводська, 1</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-400-63-09</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380(56)-409-30-49</t>
+        </is>
+      </c>
+      <c r="Q87" s="5"/>
+      <c r="R87" s="5"/>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>В.о. Директора</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Тонєв Ігор Михайлович</t>
+          <t>Гончаренко Микола Анатолійович</t>
         </is>
       </c>
       <c r="U87" s="8"/>
       <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ЦЕНТРАЛЬНИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ПІВНІЧНИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>4143</v>
+        <v>4142</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "ЦГЗК"</t>
+          <t>ПРАТ "ПІВНГЗК"</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>PRIVATE JOINT STOCK COMPANY "CENTRAL IRON ORE ENRICHMENT WORKS"</t>
+          <t>PRIVATE JOINT STOCK COMPANY "NORTHERN IRON ORE ENRICHMENT WORKS"</t>
         </is>
       </c>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>1997</v>
+        <v>1996</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J88" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J88" s="5"/>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>50066</t>
+          <t>50079</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010643671</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
           <t>вул. -, -</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-410-53-01</t>
+          <t>+380(56)-400-63-09</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>cgk@metinvestholding.com</t>
+          <t>sevgok@metinvestholding.com</t>
         </is>
       </c>
       <c r="R88" s="5" t="inlineStr">
         <is>
-          <t>cgok.metinvestholding.com</t>
+          <t>sevgok.metinvestholding.com</t>
         </is>
       </c>
       <c r="S88" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
           <t>Тонєв Ігор Михайлович</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Криворізька автошкола"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ЦЕНТРАЛЬНИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>6447</v>
+        <v>4143</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E89" s="5"/>
+          <t>ПРАТ "ЦГЗК"</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE JOINT STOCK COMPANY "CENTRAL IRON ORE ENRICHMENT WORKS"</t>
+        </is>
+      </c>
       <c r="F89" s="7"/>
-      <c r="G89" s="6"/>
+      <c r="G89" s="6" t="n">
+        <v>1997</v>
+      </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J89" s="5"/>
+      <c r="J89" s="5" t="inlineStr">
+        <is>
+          <t>Фонд державного майна України</t>
+        </is>
+      </c>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>50000</t>
+          <t>50066</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Свято-Миколаївська, 78</t>
+          <t>вул. -, -</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>067-539-80-80</t>
+          <t>+380(56)-410-53-01</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>kravto3375@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R89" s="5"/>
+          <t>cgk@metinvestholding.com</t>
+        </is>
+      </c>
+      <c r="R89" s="5" t="inlineStr">
+        <is>
+          <t>cgok.metinvestholding.com</t>
+        </is>
+      </c>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Волинець Микола Михайлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Тонєв Ігор Михайлович</t>
+        </is>
+      </c>
+      <c r="U89" s="8"/>
+      <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад "Центр професійної освіти і навчання"</t>
+          <t>Приватне підприємство "Криворізька автошкола"</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>3787</v>
+        <v>6447</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>ПЗ "ЦПОН"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="7"/>
-      <c r="G90" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G90" s="6"/>
       <c r="H90" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J90" s="5"/>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>50031</t>
+          <t>50000</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
           <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Женевська, 2А</t>
+          <t>вул. Свято-Миколаївська, 78</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>(056)477-99-00, (067)788-30-30</t>
+          <t>067-539-80-80</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>centrpon@ukr.net</t>
+          <t>kravto3375@ukr.net</t>
         </is>
       </c>
       <c r="R90" s="5"/>
       <c r="S90" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Семенов Андрій Іванович</t>
-[...3 lines deleted...]
-      <c r="V90" s="5"/>
+          <t>Волинець Микола Михайлович</t>
+        </is>
+      </c>
+      <c r="U90" s="8" t="n">
+        <v>45453</v>
+      </c>
+      <c r="V90" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>Приватний навчальний центр "Автомобіліст"</t>
+          <t>Приватний заклад "Центр професійної освіти і навчання"</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>3062</v>
+        <v>3787</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>ПНЦ "Автомобіліст"</t>
+          <t>ПЗ "ЦПОН"</t>
         </is>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="7"/>
       <c r="G91" s="6" t="n">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>50002</t>
+          <t>50031</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010720279</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянського, 197, квартира 27</t>
+          <t>вул. Женевська, 2А</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>+380564511122, +380564511233</t>
-[...2 lines deleted...]
-      <c r="Q91" s="5"/>
+          <t>(056)477-99-00, (067)788-30-30</t>
+        </is>
+      </c>
+      <c r="Q91" s="5" t="inlineStr">
+        <is>
+          <t>centrpon@ukr.net</t>
+        </is>
+      </c>
       <c r="R91" s="5"/>
       <c r="S91" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T91" s="5"/>
+      <c r="T91" s="5" t="inlineStr">
+        <is>
+          <t>Семенов Андрій Іванович</t>
+        </is>
+      </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Приватний професійно-технічний навчальний заклад "Автотехшкола"</t>
+          <t>Приватний навчальний центр "Автомобіліст"</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>3061</v>
+        <v>3062</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>ППТНЗ "Автотехшкола"</t>
+          <t>ПНЦ "Автомобіліст"</t>
         </is>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="7" t="inlineStr">
         <is>
           <t>50002</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянського, 197/27</t>
+          <t>вул. Кобилянського, 197, квартира 27</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>(0564) 51-06-14, 51-12-33, 51-11-22</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380564511122, +380564511233</t>
+        </is>
+      </c>
+      <c r="Q92" s="5"/>
       <c r="R92" s="5"/>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T92" s="5"/>
-      <c r="U92" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U92" s="8"/>
+      <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Приватний професійно-технічний навчальний заклад "АВТОШКОЛА"</t>
+          <t>Приватний професійно-технічний навчальний заклад "Автотехшкола"</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>3063</v>
+        <v>3061</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>ППТНЗ "АВТОШКОЛА"</t>
+          <t>ППТНЗ "Автотехшкола"</t>
         </is>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J93" s="5"/>
       <c r="K93" s="7" t="inlineStr">
         <is>
           <t>50002</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
           <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Кобилянського, 197, кв. 27</t>
+          <t>вул. Кобилянського, 197/27</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>(0564) 511122, 511233, 510614</t>
-[...2 lines deleted...]
-      <c r="Q93" s="5"/>
+          <t>(0564) 51-06-14, 51-12-33, 51-11-22</t>
+        </is>
+      </c>
+      <c r="Q93" s="5" t="inlineStr">
+        <is>
+          <t>avtomobilist.kr@gmail.com</t>
+        </is>
+      </c>
       <c r="R93" s="5"/>
       <c r="S93" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T93" s="5"/>
       <c r="U93" s="8" t="n">
-        <v>43993</v>
+        <v>43508</v>
       </c>
       <c r="V93" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ ШАХТИ "ПЕРШОТРАВНЕВА"</t>
+          <t>Приватний професійно-технічний навчальний заклад "АВТОШКОЛА"</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>7133</v>
+        <v>3063</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>СТК ТСО УКРАЇНИ Ш. ПЕРШОТРАВНЕВА</t>
+          <t>ППТНЗ "АВТОШКОЛА"</t>
         </is>
       </c>
       <c r="E94" s="5"/>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>50079</t>
+          <t>50002</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010720279</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Черкасова, 5</t>
+          <t>вул. Кобилянського, 197, кв. 27</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>(098)377-40-03</t>
-[...6 lines deleted...]
-      </c>
+          <t>(0564) 511122, 511233, 510614</t>
+        </is>
+      </c>
+      <c r="Q94" s="5"/>
       <c r="R94" s="5"/>
       <c r="S94" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T94" s="5" t="inlineStr">
-[...5 lines deleted...]
-      <c r="V94" s="5"/>
+      <c r="T94" s="5"/>
+      <c r="U94" s="8" t="n">
+        <v>43993</v>
+      </c>
+      <c r="V94" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Криворізька автошкола"</t>
+          <t>СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ ШАХТИ "ПЕРШОТРАВНЕВА"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>5714</v>
+        <v>7133</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Криворізька автошкола"</t>
+          <t>СТК ТСО УКРАЇНИ Ш. ПЕРШОТРАВНЕВА</t>
         </is>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="7"/>
-      <c r="G95" s="6"/>
+      <c r="G95" s="6" t="n">
+        <v>1995</v>
+      </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J95" s="5"/>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>50000</t>
+          <t>50079</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA12060170000091033</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
-          <t>Криворізька ОТГ</t>
+          <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. Свято-Миколаївська, 78</t>
+          <t>вул. Черкасова, 5</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-490-00-03</t>
+          <t>(098)377-40-03</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>kravto3375@ukr.net</t>
+          <t>tsou_1@ukr.net</t>
         </is>
       </c>
       <c r="R95" s="5"/>
       <c r="S95" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Паранюк Ігор Васильович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Грогуленко Андрій Юрійович</t>
+        </is>
+      </c>
+      <c r="U95" s="8"/>
+      <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Метінвест - Криворізький ремонтно-механічний завод"</t>
+          <t>Товариство з обмеженою відповідальністю "Криворізька автошкола"</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>3995</v>
+        <v>5714</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Метінвест - КРМЗ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Криворізька автошкола"</t>
+        </is>
+      </c>
+      <c r="E96" s="5"/>
       <c r="F96" s="7"/>
-      <c r="G96" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G96" s="6"/>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="7" t="inlineStr">
         <is>
-          <t>50057</t>
+          <t>50000</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010585703</t>
+          <t>UA12060170000091033</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
-          <t>м. Кривий Ріг</t>
+          <t>Криворізька ОТГ</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>вул. Заводська, 1</t>
+          <t>вул. Свято-Миколаївська, 78</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-404-94-01</t>
+          <t>+380(56)-490-00-03</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>andrey.shcherbak@metinvestholding.com</t>
+          <t>kravto3375@ukr.net</t>
         </is>
       </c>
       <c r="R96" s="5"/>
       <c r="S96" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Гончаренко Микола Анатолійович</t>
+          <t>Паранюк Ігор Васильович</t>
         </is>
       </c>
       <c r="U96" s="8" t="n">
-        <v>44964</v>
+        <v>45748</v>
       </c>
       <c r="V96" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ПРОМИСЛОВІ РЕМОНТИ"</t>
+          <t>Товариство з обмеженою відповідальністю "Метінвест - Криворізький ремонтно-механічний завод"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
-        <v>4091</v>
+        <v>3995</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ПРОМРЕМОНТИ"</t>
-[...2 lines deleted...]
-      <c r="E97" s="5"/>
+          <t>ТОВ "Метінвест - КРМЗ"</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>Limited liabilty company "Metinvest - Krivorizhskiy machining and repair plant"</t>
+        </is>
+      </c>
       <c r="F97" s="7"/>
       <c r="G97" s="6" t="n">
-        <v>2016</v>
+        <v>2007</v>
       </c>
       <c r="H97" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I97" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="7" t="inlineStr">
         <is>
-          <t>50078</t>
+          <t>50057</t>
         </is>
       </c>
       <c r="L97" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010065850</t>
+          <t>UA12060170010585703</t>
         </is>
       </c>
       <c r="M97" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N97" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O97" s="5" t="inlineStr">
         <is>
-          <t>мікрорайон Індустріальний, 67 (кв.19)</t>
-[...2 lines deleted...]
-      <c r="P97" s="5"/>
+          <t>вул. Заводська, 1</t>
+        </is>
+      </c>
+      <c r="P97" s="5" t="inlineStr">
+        <is>
+          <t>+380(56)-404-94-01</t>
+        </is>
+      </c>
       <c r="Q97" s="5" t="inlineStr">
         <is>
-          <t>office@industrial-repairs.com.ua</t>
+          <t>andrey.shcherbak@metinvestholding.com</t>
         </is>
       </c>
       <c r="R97" s="5"/>
       <c r="S97" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T97" s="5" t="inlineStr">
         <is>
-          <t>Сич Анатолій Володимирович</t>
+          <t>Гончаренко Микола Анатолійович</t>
         </is>
       </c>
       <c r="U97" s="8" t="n">
-        <v>44727</v>
+        <v>44964</v>
       </c>
       <c r="V97" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ЦТОР"</t>
+          <t>Товариство з обмеженою відповідальністю "ПРОМИСЛОВІ РЕМОНТИ"</t>
         </is>
       </c>
       <c r="B98" s="6" t="n">
-        <v>3105</v>
+        <v>4091</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЦТОР"</t>
+          <t>ТОВ "ПРОМРЕМОНТИ"</t>
         </is>
       </c>
       <c r="E98" s="5"/>
       <c r="F98" s="7"/>
       <c r="G98" s="6" t="n">
-        <v>2000</v>
+        <v>2016</v>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I98" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="7" t="inlineStr">
         <is>
-          <t>50029</t>
+          <t>50078</t>
         </is>
       </c>
       <c r="L98" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010439451</t>
+          <t>UA12060170010065850</t>
         </is>
       </c>
       <c r="M98" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N98" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
-          <t>вул. Ракітна, 21</t>
-[...7 lines deleted...]
-      <c r="Q98" s="5"/>
+          <t>мікрорайон Індустріальний, 67 (кв.19)</t>
+        </is>
+      </c>
+      <c r="P98" s="5"/>
+      <c r="Q98" s="5" t="inlineStr">
+        <is>
+          <t>office@industrial-repairs.com.ua</t>
+        </is>
+      </c>
       <c r="R98" s="5"/>
       <c r="S98" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Малунова Олена Олександрівна</t>
-[...3 lines deleted...]
-      <c r="V98" s="5"/>
+          <t>Сич Анатолій Володимирович</t>
+        </is>
+      </c>
+      <c r="U98" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V98" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>Центр підготовки і перепідготовки робітничих кадрів № 1 м. Кривий Ріг</t>
+          <t>Товариство з обмеженою відповідальністю "ЦТОР"</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
-        <v>2221</v>
+        <v>3105</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
-          <t>ЦППРК № 1 м. Кривий Ріг</t>
+          <t>ТОВ "ЦТОР"</t>
         </is>
       </c>
       <c r="E99" s="5"/>
       <c r="F99" s="7"/>
       <c r="G99" s="6" t="n">
-        <v>1997</v>
+        <v>2000</v>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I99" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J99" s="5"/>
       <c r="K99" s="7" t="inlineStr">
         <is>
-          <t>50005</t>
+          <t>50029</t>
         </is>
       </c>
       <c r="L99" s="7" t="inlineStr">
         <is>
-          <t>UA12060170010378670</t>
+          <t>UA12060170010439451</t>
         </is>
       </c>
       <c r="M99" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N99" s="5" t="inlineStr">
         <is>
           <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O99" s="5" t="inlineStr">
         <is>
-          <t>вул. Каховська, 13б</t>
+          <t>вул. Ракітна, 21</t>
         </is>
       </c>
       <c r="P99" s="5" t="inlineStr">
         <is>
-          <t>+380978485508</t>
-[...11 lines deleted...]
-      </c>
+          <t>+380962892200;</t>
+        </is>
+      </c>
+      <c r="Q99" s="5"/>
+      <c r="R99" s="5"/>
       <c r="S99" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T99" s="5" t="inlineStr">
         <is>
-          <t>Рукавішнікова Ольга Володимирівна</t>
+          <t>Малунова Олена Олександрівна</t>
         </is>
       </c>
       <c r="U99" s="8"/>
       <c r="V99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>Акціонерне товариство "Марганецький гірничо-збагачувальний комбінат"</t>
+          <t>Центр підготовки і перепідготовки робітничих кадрів № 1 м. Кривий Ріг</t>
         </is>
       </c>
       <c r="B100" s="6" t="n">
-        <v>4360</v>
+        <v>2221</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="5" t="inlineStr">
         <is>
-          <t>АТ "Марганецький ГЗК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЦППРК № 1 м. Кривий Ріг</t>
+        </is>
+      </c>
+      <c r="E100" s="5"/>
       <c r="F100" s="7"/>
       <c r="G100" s="6" t="n">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I100" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J100" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J100" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K100" s="7" t="inlineStr">
         <is>
-          <t>53400</t>
+          <t>50005</t>
         </is>
       </c>
       <c r="L100" s="7" t="inlineStr">
         <is>
-          <t>UA12080010010085669</t>
+          <t>UA12060170010378670</t>
         </is>
       </c>
       <c r="M100" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N100" s="5" t="inlineStr">
         <is>
-          <t>м. Марганець</t>
+          <t>м. Кривий Ріг</t>
         </is>
       </c>
       <c r="O100" s="5" t="inlineStr">
         <is>
-          <t>вул. Єдності, 62</t>
+          <t>вул. Каховська, 13б</t>
         </is>
       </c>
       <c r="P100" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-656-00-07</t>
+          <t>+380978485508</t>
         </is>
       </c>
       <c r="Q100" s="5" t="inlineStr">
         <is>
-          <t>secretary@mgok.dp.ua</t>
-[...2 lines deleted...]
-      <c r="R100" s="5"/>
+          <t>cpprk1kr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R100" s="5" t="inlineStr">
+        <is>
+          <t>cpprk.com</t>
+        </is>
+      </c>
       <c r="S100" s="5" t="inlineStr">
         <is>
-          <t>Голова правління</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T100" s="5" t="inlineStr">
         <is>
-          <t>Алєксєєнко Олексій Миколайович</t>
+          <t>Рукавішнікова Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U100" s="8"/>
       <c r="V100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Марганецький професійний ліцей"</t>
+          <t>Акціонерне товариство "Марганецький гірничо-збагачувальний комбінат"</t>
         </is>
       </c>
       <c r="B101" s="6" t="n">
-        <v>2161</v>
+        <v>4360</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ"МПЛ"</t>
-[...2 lines deleted...]
-      <c r="E101" s="5"/>
+          <t>АТ "Марганецький ГЗК"</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>Joint stock company "Marganets mining and processing industrial complex"</t>
+        </is>
+      </c>
       <c r="F101" s="7"/>
       <c r="G101" s="6" t="n">
-        <v>1988</v>
+        <v>1996</v>
       </c>
       <c r="H101" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I101" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J101" s="5"/>
       <c r="K101" s="7" t="inlineStr">
         <is>
-          <t>53407</t>
+          <t>53400</t>
         </is>
       </c>
       <c r="L101" s="7" t="inlineStr">
         <is>
           <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M101" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N101" s="5" t="inlineStr">
         <is>
           <t>м. Марганець</t>
         </is>
       </c>
       <c r="O101" s="5" t="inlineStr">
         <is>
-          <t>вул. Єдності, 41</t>
+          <t>вул. Єдності, 62</t>
         </is>
       </c>
       <c r="P101" s="5" t="inlineStr">
         <is>
-          <t>+380959179386</t>
+          <t>+380(56)-656-00-07</t>
         </is>
       </c>
       <c r="Q101" s="5" t="inlineStr">
         <is>
-          <t>marganets_ptu@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>secretary@mgok.dp.ua</t>
+        </is>
+      </c>
+      <c r="R101" s="5"/>
       <c r="S101" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова правління</t>
         </is>
       </c>
       <c r="T101" s="5" t="inlineStr">
         <is>
-          <t>Матвєєва Яна Володимирівна</t>
+          <t>Алєксєєнко Олексій Миколайович</t>
         </is>
       </c>
       <c r="U101" s="8"/>
       <c r="V101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти міський центр трудової підготовки учнівської молоді</t>
+          <t>Державний професійно-технічний навчальний заклад "Марганецький професійний ліцей"</t>
         </is>
       </c>
       <c r="B102" s="6" t="n">
-        <v>4062</v>
+        <v>2161</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="5" t="inlineStr">
         <is>
-          <t>КЗОМЦТПУМ</t>
+          <t>ДПТНЗ"МПЛ"</t>
         </is>
       </c>
       <c r="E102" s="5"/>
       <c r="F102" s="7"/>
       <c r="G102" s="6" t="n">
-        <v>1998</v>
+        <v>1988</v>
       </c>
       <c r="H102" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I102" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J102" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K102" s="7" t="inlineStr">
         <is>
-          <t>53047</t>
+          <t>53407</t>
         </is>
       </c>
       <c r="L102" s="7" t="inlineStr">
         <is>
           <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M102" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N102" s="5" t="inlineStr">
         <is>
           <t>м. Марганець</t>
         </is>
       </c>
       <c r="O102" s="5" t="inlineStr">
         <is>
-          <t>вул. Олега Кошового, 4</t>
+          <t>вул. Єдності, 41</t>
         </is>
       </c>
       <c r="P102" s="5" t="inlineStr">
         <is>
-          <t>+380675251198</t>
+          <t>+380959179386</t>
         </is>
       </c>
       <c r="Q102" s="5" t="inlineStr">
         <is>
-          <t>mztpum@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R102" s="5"/>
+          <t>marganets_ptu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R102" s="5" t="inlineStr">
+        <is>
+          <t>http://marganets-proflyceum.dp.sch.in.ua/</t>
+        </is>
+      </c>
       <c r="S102" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T102" s="5" t="inlineStr">
         <is>
-          <t>Усенко Тетяна Олександрівна</t>
+          <t>Матвєєва Яна Володимирівна</t>
         </is>
       </c>
       <c r="U102" s="8"/>
       <c r="V102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти «Нікопольський професійний ліцей» Дніпропетровської обласної ради»</t>
+          <t>Комунальний заклад освіти міський центр трудової підготовки учнівської молоді</t>
         </is>
       </c>
       <c r="B103" s="6" t="n">
-        <v>6884</v>
+        <v>4062</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="5" t="inlineStr">
         <is>
-          <t>КЗО "НПЛ" ДОР"</t>
+          <t>КЗОМЦТПУМ</t>
         </is>
       </c>
       <c r="E103" s="5"/>
       <c r="F103" s="7"/>
       <c r="G103" s="6" t="n">
-        <v>1991</v>
+        <v>1998</v>
       </c>
       <c r="H103" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I103" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J103" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K103" s="7" t="inlineStr">
         <is>
-          <t>53213</t>
+          <t>53047</t>
         </is>
       </c>
       <c r="L103" s="7" t="inlineStr">
         <is>
-          <t>UA12080050010010114</t>
+          <t>UA12080010010085669</t>
         </is>
       </c>
       <c r="M103" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N103" s="5" t="inlineStr">
         <is>
-          <t>м. Нікополь</t>
+          <t>м. Марганець</t>
         </is>
       </c>
       <c r="O103" s="5" t="inlineStr">
         <is>
-          <t>просп. Трубників, 16</t>
+          <t>вул. Олега Кошового, 4</t>
         </is>
       </c>
       <c r="P103" s="5" t="inlineStr">
         <is>
-          <t>+38(066)-271-07-46;</t>
+          <t>+380675251198</t>
         </is>
       </c>
       <c r="Q103" s="5" t="inlineStr">
         <is>
-          <t>npl02@ukr.net</t>
+          <t>mztpum@gmail.com</t>
         </is>
       </c>
       <c r="R103" s="5"/>
       <c r="S103" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T103" s="5" t="inlineStr">
         <is>
-          <t>Веретеніна Олена Олександрівна</t>
+          <t>Усенко Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U103" s="8"/>
       <c r="V103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Нікопольський центр професійної освіти" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад освіти «Нікопольський професійний ліцей» Дніпропетровської обласної ради»</t>
         </is>
       </c>
       <c r="B104" s="6" t="n">
-        <v>6867</v>
+        <v>6884</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КЗО "НПЛ" ДОР"</t>
         </is>
       </c>
       <c r="E104" s="5"/>
       <c r="F104" s="7"/>
       <c r="G104" s="6" t="n">
-        <v>2023</v>
+        <v>1991</v>
       </c>
       <c r="H104" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I104" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J104" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K104" s="7" t="inlineStr">
         <is>
-          <t>53201</t>
+          <t>53213</t>
         </is>
       </c>
       <c r="L104" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M104" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N104" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O104" s="5" t="inlineStr">
         <is>
-          <t>вул. Херсонська, 298 А</t>
+          <t>просп. Трубників, 16</t>
         </is>
       </c>
       <c r="P104" s="5" t="inlineStr">
         <is>
-          <t>0955479555</t>
+          <t>+38(066)-271-07-46</t>
         </is>
       </c>
       <c r="Q104" s="5" t="inlineStr">
         <is>
-          <t>nika.ncpo@gmail.com</t>
+          <t>npl-42@ukr.net</t>
         </is>
       </c>
       <c r="R104" s="5" t="inlineStr">
         <is>
-          <t>https://ncpo.klasna.com</t>
+          <t>nikopolproflicey.com.ua</t>
         </is>
       </c>
       <c r="S104" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T104" s="5" t="inlineStr">
         <is>
-          <t>Шепотько Олександр Вікторович</t>
+          <t>Веретеніна Олена Олександрівна</t>
         </is>
       </c>
       <c r="U104" s="8"/>
       <c r="V104" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>Комунальний позашкільний навчальний заклад освіти "Нікопольський міжшкільний центр трудового навчання та технічної творчості"</t>
+          <t>Комунальний заклад освіти "Нікопольський центр професійної освіти" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B105" s="6" t="n">
-        <v>4269</v>
+        <v>6867</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E105" s="5"/>
       <c r="F105" s="7"/>
       <c r="G105" s="6" t="n">
-        <v>1990</v>
+        <v>2023</v>
       </c>
       <c r="H105" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I105" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J105" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K105" s="7" t="inlineStr">
         <is>
-          <t>53211</t>
+          <t>53201</t>
         </is>
       </c>
       <c r="L105" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M105" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N105" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O105" s="5" t="inlineStr">
         <is>
-          <t>вул. Херсонська, 56/1</t>
+          <t>вул. Херсонська, 298 А</t>
         </is>
       </c>
       <c r="P105" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-625-13-27</t>
+          <t>0955479555</t>
         </is>
       </c>
       <c r="Q105" s="5" t="inlineStr">
         <is>
-          <t>mzto@meta.ua</t>
-[...2 lines deleted...]
-      <c r="R105" s="5"/>
+          <t>nika.ncpo@gmail.com</t>
+        </is>
+      </c>
+      <c r="R105" s="5" t="inlineStr">
+        <is>
+          <t>https://ncpo.klasna.com</t>
+        </is>
+      </c>
       <c r="S105" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T105" s="5" t="inlineStr">
         <is>
-          <t>Чернявська Тетяна Іванівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Шепотько Олександр Вікторович</t>
+        </is>
+      </c>
+      <c r="U105" s="8"/>
+      <c r="V105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "СЕНТРАВІС ПРОДАКШН ЮКРЕЙН"</t>
+          <t>Комунальний позашкільний навчальний заклад освіти "Нікопольський міжшкільний центр трудового навчання та технічної творчості"</t>
         </is>
       </c>
       <c r="B106" s="6" t="n">
-        <v>4382</v>
+        <v>4269</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "СЕНТРАВІС ПРОДАКШН ЮКРЕЙН"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E106" s="5"/>
       <c r="F106" s="7"/>
       <c r="G106" s="6" t="n">
-        <v>2000</v>
+        <v>1990</v>
       </c>
       <c r="H106" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I106" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J106" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J106" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K106" s="7" t="inlineStr">
         <is>
-          <t>53201</t>
+          <t>53211</t>
         </is>
       </c>
       <c r="L106" s="7" t="inlineStr">
         <is>
           <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M106" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N106" s="5" t="inlineStr">
         <is>
           <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O106" s="5" t="inlineStr">
         <is>
-          <t>просп. Трубників, 56</t>
+          <t>вул. Херсонська, 56/1</t>
         </is>
       </c>
       <c r="P106" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-663-01-00</t>
+          <t>+380(56)-625-13-27</t>
         </is>
       </c>
       <c r="Q106" s="5" t="inlineStr">
         <is>
-          <t>info@centravis.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>mzto@meta.ua</t>
+        </is>
+      </c>
+      <c r="R106" s="5"/>
       <c r="S106" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T106" s="5" t="inlineStr">
         <is>
-          <t>Атанасов Юрій Васильович</t>
-[...3 lines deleted...]
-      <c r="V106" s="5"/>
+          <t>Чернявська Тетяна Іванівна</t>
+        </is>
+      </c>
+      <c r="U106" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V106" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>КОМУНАЛЬНИЙ ЗАКЛАД ОСВІТИ "САМАРІВСЬКЕ ПРОФЕСІЙНО-ТЕХНІЧНЕ УЧИЛИЩЕ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "СЕНТРАВІС ПРОДАКШН ЮКРЕЙН"</t>
         </is>
       </c>
       <c r="B107" s="6" t="n">
-        <v>6882</v>
+        <v>4382</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="5" t="inlineStr">
         <is>
-          <t>КЗО "СПТУ" ДОР"</t>
+          <t>ПРАТ "СЕНТРАВІС ПРОДАКШН ЮКРЕЙН"</t>
         </is>
       </c>
       <c r="E107" s="5"/>
       <c r="F107" s="7"/>
-      <c r="G107" s="6"/>
+      <c r="G107" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H107" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I107" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J107" s="5"/>
       <c r="K107" s="7" t="inlineStr">
         <is>
-          <t>51200</t>
+          <t>53201</t>
         </is>
       </c>
       <c r="L107" s="7" t="inlineStr">
         <is>
-          <t>UA12100070010038698</t>
+          <t>UA12080050010010114</t>
         </is>
       </c>
       <c r="M107" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N107" s="5" t="inlineStr">
         <is>
-          <t>м. Самар</t>
+          <t>м. Нікополь</t>
         </is>
       </c>
       <c r="O107" s="5" t="inlineStr">
         <is>
-          <t>вул. Джонсона Бориса, 27 А</t>
+          <t>просп. Трубників, 56</t>
         </is>
       </c>
       <c r="P107" s="5" t="inlineStr">
         <is>
-          <t>(0569) 38 02 29, (096) 362 47 18</t>
+          <t>+380(56)-663-01-00</t>
         </is>
       </c>
       <c r="Q107" s="5" t="inlineStr">
         <is>
-          <t>ptu48@i.ua</t>
+          <t>info@centravis.com</t>
         </is>
       </c>
       <c r="R107" s="5" t="inlineStr">
         <is>
-          <t>nptu48.tilda.ws</t>
+          <t>www.centravis.com</t>
         </is>
       </c>
       <c r="S107" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T107" s="5" t="inlineStr">
         <is>
-          <t>Мазур Ілона Вікторівна</t>
+          <t>Атанасов Юрій Васильович</t>
         </is>
       </c>
       <c r="U107" s="8"/>
       <c r="V107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "ГУАРД- ЦЕНТР"</t>
+          <t>КОМУНАЛЬНИЙ ЗАКЛАД ОСВІТИ "САМАРІВСЬКЕ ПРОФЕСІЙНО-ТЕХНІЧНЕ УЧИЛИЩЕ" ДНІПРОПЕТРОВСЬКОЇ ОБЛАСНОЇ РАДИ"</t>
         </is>
       </c>
       <c r="B108" s="6" t="n">
-        <v>2854</v>
+        <v>6882</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>КЗО "СПТУ" ДОР"</t>
+        </is>
+      </c>
+      <c r="E108" s="5"/>
       <c r="F108" s="7"/>
-      <c r="G108" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G108" s="6"/>
       <c r="H108" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I108" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J108" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K108" s="7" t="inlineStr">
         <is>
           <t>51200</t>
         </is>
       </c>
       <c r="L108" s="7" t="inlineStr">
         <is>
           <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M108" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N108" s="5" t="inlineStr">
         <is>
           <t>м. Самар</t>
         </is>
       </c>
       <c r="O108" s="5" t="inlineStr">
         <is>
-          <t>вул. Сучкова, 54, квартира 85</t>
+          <t>вул. Джонсона Бориса, 27 А</t>
         </is>
       </c>
       <c r="P108" s="5" t="inlineStr">
         <is>
-          <t>(056)766-07-17, ф.(056)375-97-02</t>
+          <t>(0569) 38 02 29, (096) 362 47 18</t>
         </is>
       </c>
       <c r="Q108" s="5" t="inlineStr">
         <is>
-          <t>office@guard.ua</t>
+          <t>ptu48@i.ua</t>
         </is>
       </c>
       <c r="R108" s="5" t="inlineStr">
         <is>
-          <t>www.guard.dp.ua</t>
+          <t>nptu48.tilda.ws</t>
         </is>
       </c>
       <c r="S108" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T108" s="5" t="inlineStr">
         <is>
-          <t>Шкумат Дмитро Вікторович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Мазур Ілона Вікторівна</t>
+        </is>
+      </c>
+      <c r="U108" s="8"/>
+      <c r="V108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>Західно-Донбаський професійний ліцей</t>
+          <t>Приватне підприємство "ГУАРД- ЦЕНТР"</t>
         </is>
       </c>
       <c r="B109" s="6" t="n">
-        <v>2141</v>
+        <v>2854</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="5" t="inlineStr">
         <is>
-          <t>Західно-Донбаський ПЛ</t>
-[...2 lines deleted...]
-      <c r="E109" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>"GUARD-CENTRE", PRIVATE ENTERPRISE</t>
+        </is>
+      </c>
       <c r="F109" s="7"/>
       <c r="G109" s="6" t="n">
-        <v>1969</v>
+        <v>2006</v>
       </c>
       <c r="H109" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I109" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J109" s="5"/>
       <c r="K109" s="7" t="inlineStr">
         <is>
-          <t>51413</t>
+          <t>51200</t>
         </is>
       </c>
       <c r="L109" s="7" t="inlineStr">
         <is>
-          <t>UA12120070010055676</t>
+          <t>UA12100070010038698</t>
         </is>
       </c>
       <c r="M109" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N109" s="5" t="inlineStr">
         <is>
-          <t>м. Павлоград</t>
+          <t>м. Самар</t>
         </is>
       </c>
       <c r="O109" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 11</t>
+          <t>вул. Сучкова, 54, квартира 85</t>
         </is>
       </c>
       <c r="P109" s="5" t="inlineStr">
         <is>
-          <t>(05632)3-03-45; (05632)3-02-33</t>
+          <t>(056)766-07-17, ф.(056)375-97-02</t>
         </is>
       </c>
       <c r="Q109" s="5" t="inlineStr">
         <is>
-          <t>zdpl2015@meta.ua</t>
+          <t>office@guard.ua</t>
         </is>
       </c>
       <c r="R109" s="5" t="inlineStr">
         <is>
-          <t>www.zdpl.site</t>
+          <t>www.guard.dp.ua</t>
         </is>
       </c>
       <c r="S109" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T109" s="5" t="inlineStr">
         <is>
-          <t>Степаненко Володимир Дем`янович</t>
-[...3 lines deleted...]
-      <c r="V109" s="5"/>
+          <t>Шкумат Дмитро Вікторович</t>
+        </is>
+      </c>
+      <c r="U109" s="8" t="n">
+        <v>43893</v>
+      </c>
+      <c r="V109" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>ПАВЛОГРАДСЬКА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Західно-Донбаський професійний ліцей</t>
         </is>
       </c>
       <c r="B110" s="6" t="n">
-        <v>7141</v>
+        <v>2141</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="5" t="inlineStr">
         <is>
-          <t>ПАВЛОГРАДСЬКА ТЕХШКОЛА ТСОУ</t>
+          <t>Західно-Донбаський ПЛ</t>
         </is>
       </c>
       <c r="E110" s="5"/>
       <c r="F110" s="7"/>
-      <c r="G110" s="6"/>
+      <c r="G110" s="6" t="n">
+        <v>1969</v>
+      </c>
       <c r="H110" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I110" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J110" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J110" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K110" s="7" t="inlineStr">
         <is>
-          <t>51400</t>
+          <t>51413</t>
         </is>
       </c>
       <c r="L110" s="7" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M110" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N110" s="5" t="inlineStr">
         <is>
           <t>м. Павлоград</t>
         </is>
       </c>
       <c r="O110" s="5" t="inlineStr">
         <is>
-          <t>вул. Полтавська, 129-А</t>
+          <t>вул. Промислова, 11</t>
         </is>
       </c>
       <c r="P110" s="5" t="inlineStr">
         <is>
-          <t>(095)479-39-64</t>
+          <t>(05632)3-03-45; (05632)3-02-33</t>
         </is>
       </c>
       <c r="Q110" s="5" t="inlineStr">
         <is>
-          <t>texshkola@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R110" s="5"/>
+          <t>zdpl2015@meta.ua</t>
+        </is>
+      </c>
+      <c r="R110" s="5" t="inlineStr">
+        <is>
+          <t>www.zdpl.site</t>
+        </is>
+      </c>
       <c r="S110" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T110" s="5" t="inlineStr">
         <is>
-          <t>Куликівський Михайло Анатолійович</t>
+          <t>Степаненко Володимир Дем`янович</t>
         </is>
       </c>
       <c r="U110" s="8"/>
       <c r="V110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Автошкола"</t>
+          <t>ПАВЛОГРАДСЬКА ТЕХНІЧНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B111" s="6" t="n">
-        <v>4251</v>
+        <v>7141</v>
       </c>
       <c r="C111" s="6"/>
       <c r="D111" s="5" t="inlineStr">
         <is>
-          <t>ПП "АВТОШКОЛА"</t>
+          <t>ПАВЛОГРАДСЬКА ТЕХШКОЛА ТСОУ</t>
         </is>
       </c>
       <c r="E111" s="5"/>
       <c r="F111" s="7"/>
-      <c r="G111" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G111" s="6"/>
       <c r="H111" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I111" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J111" s="5"/>
       <c r="K111" s="7" t="inlineStr">
         <is>
           <t>51400</t>
         </is>
       </c>
       <c r="L111" s="7" t="inlineStr">
         <is>
           <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M111" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N111" s="5" t="inlineStr">
         <is>
           <t>м. Павлоград</t>
         </is>
       </c>
       <c r="O111" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпровська, 571</t>
+          <t>вул. Полтавська, 129-А</t>
         </is>
       </c>
       <c r="P111" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-320-14-20; +380(50)-028-05-55</t>
+          <t>(095)479-39-64</t>
         </is>
       </c>
       <c r="Q111" s="5" t="inlineStr">
         <is>
-          <t>ppavtoshkola@ukr.net</t>
+          <t>texshkola@gmail.com</t>
         </is>
       </c>
       <c r="R111" s="5"/>
       <c r="S111" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T111" s="5" t="inlineStr">
         <is>
-          <t>Ященко Світлана Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Куликівський Михайло Анатолійович</t>
+        </is>
+      </c>
+      <c r="U111" s="8"/>
+      <c r="V111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Професійний ліцей м. Шахтарське" Дніпропетровської обласної ради"</t>
+          <t>Приватне підприємство "Автошкола"</t>
         </is>
       </c>
       <c r="B112" s="6" t="n">
-        <v>6834</v>
+        <v>4251</v>
       </c>
       <c r="C112" s="6"/>
       <c r="D112" s="5" t="inlineStr">
         <is>
-          <t>КЗО "ПЛШ" ДОР"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПП "АВТОШКОЛА"</t>
+        </is>
+      </c>
+      <c r="E112" s="5"/>
       <c r="F112" s="7"/>
       <c r="G112" s="6" t="n">
-        <v>2023</v>
+        <v>1998</v>
       </c>
       <c r="H112" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I112" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J112" s="5"/>
       <c r="K112" s="7" t="inlineStr">
         <is>
-          <t>52800</t>
+          <t>51400</t>
         </is>
       </c>
       <c r="L112" s="7" t="inlineStr">
         <is>
-          <t>UA12140210010011011</t>
+          <t>UA12120070010055676</t>
         </is>
       </c>
       <c r="M112" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N112" s="5" t="inlineStr">
         <is>
-          <t>м. Шахтарське</t>
+          <t>м. Павлоград</t>
         </is>
       </c>
       <c r="O112" s="5" t="inlineStr">
         <is>
-          <t>вул. Шахтарської Слави, 16</t>
+          <t>вул. Дніпровська, 571</t>
         </is>
       </c>
       <c r="P112" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-335-38-00</t>
+          <t>+380(56)-320-14-20; +380(50)-028-05-55</t>
         </is>
       </c>
       <c r="Q112" s="5" t="inlineStr">
         <is>
-          <t>dptnz-pgl@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ppavtoshkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="R112" s="5"/>
       <c r="S112" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T112" s="5" t="inlineStr">
         <is>
-          <t>Казмірова Людмила Леонідівна</t>
-[...3 lines deleted...]
-      <c r="V112" s="5"/>
+          <t>Ященко Світлана Вікторівна</t>
+        </is>
+      </c>
+      <c r="U112" s="8" t="n">
+        <v>45397</v>
+      </c>
+      <c r="V112" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>АКЦІОНЕРНЕ ТОВАРИСТВО "ПОКРОВСЬКИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
+          <t>Комунальний заклад освіти "Професійний ліцей м. Шахтарське" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B113" s="6" t="n">
-        <v>4138</v>
+        <v>6834</v>
       </c>
       <c r="C113" s="6"/>
       <c r="D113" s="5" t="inlineStr">
         <is>
-          <t>АТ "ПОКРОВСЬКИЙ ГЗК"</t>
+          <t>КЗО "ПЛШ" ДОР"</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>JOINT STOCK COMPANY "POKROVSKIY GIRNYCHO-ZBAGACHUVALNIY KOMBINAT"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="F113" s="7"/>
       <c r="G113" s="6" t="n">
-        <v>1995</v>
+        <v>2023</v>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I113" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J113" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J113" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K113" s="7" t="inlineStr">
         <is>
-          <t>53300</t>
+          <t>52800</t>
         </is>
       </c>
       <c r="L113" s="7" t="inlineStr">
         <is>
-          <t>UA12080090010010311</t>
+          <t>UA12140210010011011</t>
         </is>
       </c>
       <c r="M113" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N113" s="5" t="inlineStr">
         <is>
-          <t>м. Покров</t>
+          <t>м. Шахтарське</t>
         </is>
       </c>
       <c r="O113" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 11</t>
+          <t>вул. Шахтарської Слави, 16</t>
         </is>
       </c>
       <c r="P113" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-674-46-88</t>
+          <t>+380(56)-335-38-00</t>
         </is>
       </c>
       <c r="Q113" s="5" t="inlineStr">
         <is>
-          <t>ordgok@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R113" s="5"/>
+          <t>dptnz-pgl@ukr.net</t>
+        </is>
+      </c>
+      <c r="R113" s="5" t="inlineStr">
+        <is>
+          <t>http://pgl.licey.org.ua</t>
+        </is>
+      </c>
       <c r="S113" s="5" t="inlineStr">
         <is>
-          <t>Голова правління</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T113" s="5" t="inlineStr">
         <is>
-          <t>Шуваєв Сергій Павлович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Казмірова Людмила Леонідівна</t>
+        </is>
+      </c>
+      <c r="U113" s="8"/>
+      <c r="V113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Покровський центр підготовки і перепідготовки робітничих кадрів" Дніпропетровської обласної ради"</t>
+          <t>АКЦІОНЕРНЕ ТОВАРИСТВО "ПОКРОВСЬКИЙ ГІРНИЧО-ЗБАГАЧУВАЛЬНИЙ КОМБІНАТ"</t>
         </is>
       </c>
       <c r="B114" s="6" t="n">
-        <v>6879</v>
+        <v>4138</v>
       </c>
       <c r="C114" s="6"/>
       <c r="D114" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E114" s="5"/>
+          <t>АТ "ПОКРОВСЬКИЙ ГЗК"</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>JOINT STOCK COMPANY "POKROVSKIY GIRNYCHO-ZBAGACHUVALNIY KOMBINAT"</t>
+        </is>
+      </c>
       <c r="F114" s="7"/>
       <c r="G114" s="6" t="n">
-        <v>2023</v>
+        <v>1995</v>
       </c>
       <c r="H114" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I114" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J114" s="5"/>
       <c r="K114" s="7" t="inlineStr">
         <is>
           <t>53300</t>
         </is>
       </c>
       <c r="L114" s="7" t="inlineStr">
         <is>
           <t>UA12080090010010311</t>
         </is>
       </c>
       <c r="M114" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N114" s="5" t="inlineStr">
         <is>
           <t>м. Покров</t>
         </is>
       </c>
       <c r="O114" s="5" t="inlineStr">
         <is>
-          <t>вул. Джонсона Бориса, 17</t>
+          <t>вул. Центральна, 11</t>
         </is>
       </c>
       <c r="P114" s="5" t="inlineStr">
         <is>
-          <t>+380969736260</t>
+          <t>+380(56)-674-46-88</t>
         </is>
       </c>
       <c r="Q114" s="5" t="inlineStr">
         <is>
-          <t>dptnz_optu@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ordgok@gmail.com</t>
+        </is>
+      </c>
+      <c r="R114" s="5"/>
       <c r="S114" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Голова правління</t>
         </is>
       </c>
       <c r="T114" s="5" t="inlineStr">
         <is>
-          <t>Дяченко Наталія Василівна</t>
-[...3 lines deleted...]
-      <c r="V114" s="5"/>
+          <t>Шуваєв Сергій Павлович</t>
+        </is>
+      </c>
+      <c r="U114" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V114" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>Синельниківський професійний ліцей</t>
+          <t>Комунальний заклад освіти "Покровський центр підготовки і перепідготовки робітничих кадрів" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B115" s="6" t="n">
-        <v>2231</v>
+        <v>6879</v>
       </c>
       <c r="C115" s="6"/>
       <c r="D115" s="5" t="inlineStr">
         <is>
-          <t>СПЛ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E115" s="5"/>
       <c r="F115" s="7"/>
       <c r="G115" s="6" t="n">
-        <v>1978</v>
+        <v>2023</v>
       </c>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I115" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J115" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K115" s="7" t="inlineStr">
         <is>
-          <t>52500</t>
+          <t>53300</t>
         </is>
       </c>
       <c r="L115" s="7" t="inlineStr">
         <is>
-          <t>UA12140310010049426</t>
+          <t>UA12080090010010311</t>
         </is>
       </c>
       <c r="M115" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N115" s="5" t="inlineStr">
         <is>
-          <t>м. Синельникове</t>
+          <t>м. Покров</t>
         </is>
       </c>
       <c r="O115" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 185</t>
+          <t>вул. Джонсона Бориса, 17</t>
         </is>
       </c>
       <c r="P115" s="5" t="inlineStr">
         <is>
-          <t>0931517506</t>
+          <t>+38(066)-117-79-08;</t>
         </is>
       </c>
       <c r="Q115" s="5" t="inlineStr">
         <is>
-          <t>spl38@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>dptnz_optu@i.ua</t>
+        </is>
+      </c>
+      <c r="R115" s="5"/>
       <c r="S115" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T115" s="5" t="inlineStr">
         <is>
-          <t>Мільчевська Юлія Олексіївна</t>
+          <t>Дяченко Наталія Василівна</t>
         </is>
       </c>
       <c r="U115" s="8"/>
       <c r="V115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>Тернівський професійний гірничий ліцей</t>
+          <t>Синельниківський професійний ліцей</t>
         </is>
       </c>
       <c r="B116" s="6" t="n">
-        <v>2128</v>
+        <v>2231</v>
       </c>
       <c r="C116" s="6"/>
       <c r="D116" s="5" t="inlineStr">
         <is>
-          <t>ТПГЛ</t>
+          <t>СПЛ</t>
         </is>
       </c>
       <c r="E116" s="5"/>
       <c r="F116" s="7"/>
       <c r="G116" s="6" t="n">
-        <v>1967</v>
+        <v>1978</v>
       </c>
       <c r="H116" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I116" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J116" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K116" s="7" t="inlineStr">
         <is>
-          <t>51500</t>
+          <t>52500</t>
         </is>
       </c>
       <c r="L116" s="7" t="inlineStr">
         <is>
-          <t>UA12120090010057273</t>
+          <t>UA12140310010049426</t>
         </is>
       </c>
       <c r="M116" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N116" s="5" t="inlineStr">
         <is>
-          <t>м. Тернівка</t>
+          <t>м. Синельникове</t>
         </is>
       </c>
       <c r="O116" s="5" t="inlineStr">
         <is>
-          <t>вул. Маяковського, 24</t>
+          <t>вул. Центральна, 185</t>
         </is>
       </c>
       <c r="P116" s="5" t="inlineStr">
         <is>
-          <t>0971403090, 0505055461</t>
+          <t>0931517506</t>
         </is>
       </c>
       <c r="Q116" s="5" t="inlineStr">
         <is>
-          <t>tpgl@i.ua</t>
+          <t>spl38@ukr.net</t>
         </is>
       </c>
       <c r="R116" s="5" t="inlineStr">
         <is>
-          <t>www.tpgl.org.ua</t>
+          <t>https://sites.google.com/view/spl-38</t>
         </is>
       </c>
       <c r="S116" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язків директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T116" s="5" t="inlineStr">
         <is>
-          <t>Загорська Оксана Олександрівна</t>
+          <t>Мільчевська Юлія Олексіївна</t>
         </is>
       </c>
       <c r="U116" s="8"/>
       <c r="V116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>Філія "Учбово-курсовий комбінат" Приватного акціонерного товариства "ДТЕК Павлоградвугілля"</t>
+          <t>Тернівський професійний гірничий ліцей</t>
         </is>
       </c>
       <c r="B117" s="6" t="n">
-        <v>3817</v>
-[...3 lines deleted...]
-      </c>
+        <v>2128</v>
+      </c>
+      <c r="C117" s="6"/>
       <c r="D117" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТПГЛ</t>
         </is>
       </c>
       <c r="E117" s="5"/>
       <c r="F117" s="7"/>
       <c r="G117" s="6" t="n">
-        <v>2000</v>
+        <v>1967</v>
       </c>
       <c r="H117" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I117" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J117" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J117" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K117" s="7" t="inlineStr">
         <is>
           <t>51500</t>
         </is>
       </c>
       <c r="L117" s="7" t="inlineStr">
         <is>
           <t>UA12120090010057273</t>
         </is>
       </c>
       <c r="M117" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N117" s="5" t="inlineStr">
         <is>
           <t>м. Тернівка</t>
         </is>
       </c>
       <c r="O117" s="5" t="inlineStr">
         <is>
-          <t>вул. Маяковського, 31</t>
-[...4 lines deleted...]
-      <c r="R117" s="5"/>
+          <t>вул. Маяковського, 24</t>
+        </is>
+      </c>
+      <c r="P117" s="5" t="inlineStr">
+        <is>
+          <t>0971403090, 0505055461</t>
+        </is>
+      </c>
+      <c r="Q117" s="5" t="inlineStr">
+        <is>
+          <t>tpgl@i.ua</t>
+        </is>
+      </c>
+      <c r="R117" s="5" t="inlineStr">
+        <is>
+          <t>www.tpgl.org.ua</t>
+        </is>
+      </c>
       <c r="S117" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов’язків директора</t>
         </is>
       </c>
       <c r="T117" s="5" t="inlineStr">
         <is>
-          <t>Слісарчук Інна Іванівна</t>
+          <t>Загорська Оксана Олександрівна</t>
         </is>
       </c>
       <c r="U117" s="8"/>
       <c r="V117" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>Солонянський навчальний центр №21</t>
+          <t>Філія "Учбово-курсовий комбінат" Приватного акціонерного товариства "ДТЕК Павлоградвугілля"</t>
         </is>
       </c>
       <c r="B118" s="6" t="n">
-        <v>4136</v>
-[...1 lines deleted...]
-      <c r="C118" s="6"/>
+        <v>3817</v>
+      </c>
+      <c r="C118" s="6" t="n">
+        <v>3722</v>
+      </c>
       <c r="D118" s="5" t="inlineStr">
         <is>
-          <t>Солонянський навчальний центр №21</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E118" s="5"/>
       <c r="F118" s="7"/>
       <c r="G118" s="6" t="n">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="H118" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I118" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J118" s="5"/>
       <c r="K118" s="7" t="inlineStr">
         <is>
-          <t>52406</t>
+          <t>51500</t>
         </is>
       </c>
       <c r="L118" s="7" t="inlineStr">
         <is>
-          <t>UA12020270030097177</t>
+          <t>UA12120090010057273</t>
         </is>
       </c>
       <c r="M118" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N118" s="5" t="inlineStr">
         <is>
-          <t>с. Аполлонівка</t>
+          <t>м. Тернівка</t>
         </is>
       </c>
       <c r="O118" s="5" t="inlineStr">
         <is>
-          <t>вул. Військове Містечко, 1</t>
-[...11 lines deleted...]
-      </c>
+          <t>вул. Маяковського, 31</t>
+        </is>
+      </c>
+      <c r="P118" s="5"/>
+      <c r="Q118" s="5"/>
       <c r="R118" s="5"/>
       <c r="S118" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T118" s="5" t="inlineStr">
         <is>
-          <t>Бондаренко Денис Васильович</t>
+          <t>Савчук Альона Георгіївна</t>
         </is>
       </c>
       <c r="U118" s="8"/>
       <c r="V118" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>Апостолівський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
+          <t>Солонянський навчальний центр №21</t>
         </is>
       </c>
       <c r="B119" s="6" t="n">
-        <v>7134</v>
+        <v>4136</v>
       </c>
       <c r="C119" s="6"/>
       <c r="D119" s="5" t="inlineStr">
         <is>
-          <t>РСТК ТСО</t>
+          <t>Солонянський навчальний центр №21</t>
         </is>
       </c>
       <c r="E119" s="5"/>
       <c r="F119" s="7"/>
       <c r="G119" s="6" t="n">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="H119" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I119" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J119" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J119" s="5" t="inlineStr">
+        <is>
+          <t>Департамент України з питань виконання покарань</t>
+        </is>
+      </c>
       <c r="K119" s="7" t="inlineStr">
         <is>
-          <t>53800</t>
+          <t>52406</t>
         </is>
       </c>
       <c r="L119" s="7" t="inlineStr">
         <is>
-          <t>UA12060010010033935</t>
+          <t>UA12020270030097177</t>
         </is>
       </c>
       <c r="M119" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N119" s="5" t="inlineStr">
         <is>
-          <t>м. Апостолове</t>
+          <t>с. Аполлонівка</t>
         </is>
       </c>
       <c r="O119" s="5" t="inlineStr">
         <is>
-          <t>вул. Авангардна, 1</t>
+          <t>вул. Військове Містечко, 1</t>
         </is>
       </c>
       <c r="P119" s="5" t="inlineStr">
         <is>
-          <t>(098)382-23-90</t>
+          <t>+38(050)-453-96-98; +38(063)-450-82-05;</t>
         </is>
       </c>
       <c r="Q119" s="5" t="inlineStr">
         <is>
-          <t>pctktcou@ukr.net</t>
+          <t>suc_21@ukr.net</t>
         </is>
       </c>
       <c r="R119" s="5"/>
       <c r="S119" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T119" s="5" t="inlineStr">
         <is>
-          <t>Чирва Світлана Володимирівна</t>
+          <t>Бондаренко Денис Васильович</t>
         </is>
       </c>
       <c r="U119" s="8"/>
       <c r="V119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Апостолівський центр підготовки та перепідготовки робітничих кадрів "Дніпропетровської обласної ради"</t>
+          <t>Апостолівський районний спортивно - технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B120" s="6" t="n">
-        <v>6854</v>
+        <v>7134</v>
       </c>
       <c r="C120" s="6"/>
       <c r="D120" s="5" t="inlineStr">
         <is>
-          <t>КЗО "АЦППРК" ДОР"</t>
+          <t>РСТК ТСО</t>
         </is>
       </c>
       <c r="E120" s="5"/>
       <c r="F120" s="7"/>
-      <c r="G120" s="6"/>
+      <c r="G120" s="6" t="n">
+        <v>1991</v>
+      </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I120" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J120" s="5"/>
       <c r="K120" s="7" t="inlineStr">
         <is>
-          <t>53802</t>
+          <t>53800</t>
         </is>
       </c>
       <c r="L120" s="7" t="inlineStr">
         <is>
           <t>UA12060010010033935</t>
         </is>
       </c>
       <c r="M120" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N120" s="5" t="inlineStr">
         <is>
           <t>м. Апостолове</t>
         </is>
       </c>
       <c r="O120" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимира Великого, 8</t>
+          <t>вул. Авангардна, 1</t>
         </is>
       </c>
       <c r="P120" s="5" t="inlineStr">
         <is>
-          <t>+38(096) -772-71-73</t>
+          <t>(098)382-23-90</t>
         </is>
       </c>
       <c r="Q120" s="5" t="inlineStr">
         <is>
-          <t>acpprk_85@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>pctktcou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R120" s="5"/>
       <c r="S120" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T120" s="5" t="inlineStr">
         <is>
-          <t>Мартиненко Альона Василівна</t>
+          <t>Чирва Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U120" s="8"/>
       <c r="V120" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище №71</t>
+          <t>Комунальний заклад освіти "Апостолівський центр підготовки та перепідготовки робітничих кадрів "Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B121" s="6" t="n">
-        <v>2225</v>
+        <v>6854</v>
       </c>
       <c r="C121" s="6"/>
       <c r="D121" s="5" t="inlineStr">
         <is>
-          <t>ПТУ №71</t>
+          <t>КЗО "АЦППРК" ДОР"</t>
         </is>
       </c>
       <c r="E121" s="5"/>
       <c r="F121" s="7"/>
-      <c r="G121" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G121" s="6"/>
       <c r="H121" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I121" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J121" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K121" s="7" t="inlineStr">
         <is>
-          <t>52323</t>
+          <t>53802</t>
         </is>
       </c>
       <c r="L121" s="7" t="inlineStr">
         <is>
-          <t>UA12040010060018170</t>
+          <t>UA12060010010033935</t>
         </is>
       </c>
       <c r="M121" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N121" s="5" t="inlineStr">
         <is>
-          <t>с. Божедарівка</t>
+          <t>м. Апостолове</t>
         </is>
       </c>
       <c r="O121" s="5" t="inlineStr">
         <is>
-          <t>вул. Виконкомівська, 22</t>
+          <t>вул. Володимира Великого, 8</t>
         </is>
       </c>
       <c r="P121" s="5" t="inlineStr">
         <is>
-          <t>(05654)23-1-63</t>
+          <t>+38(096) -772-71-73</t>
         </is>
       </c>
       <c r="Q121" s="5" t="inlineStr">
         <is>
-          <t>ptuschorsk71@gmail.com</t>
+          <t>acpprk_85@ukr.net</t>
         </is>
       </c>
       <c r="R121" s="5" t="inlineStr">
         <is>
-          <t>https://ptu71official.com/</t>
+          <t>http://www.acpprk85.in.ua</t>
         </is>
       </c>
       <c r="S121" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T121" s="5" t="inlineStr">
         <is>
-          <t>Бабіченко Олена Петрівна</t>
+          <t>Мартиненко Альона Василівна</t>
         </is>
       </c>
       <c r="U121" s="8"/>
       <c r="V121" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="5" t="inlineStr">
         <is>
-          <t>Васильківський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Професійно-технічне училище №71</t>
         </is>
       </c>
       <c r="B122" s="6" t="n">
-        <v>4331</v>
+        <v>2225</v>
       </c>
       <c r="C122" s="6"/>
       <c r="D122" s="5" t="inlineStr">
         <is>
-          <t>Васильківська РО ТСОУ</t>
+          <t>ПТУ №71</t>
         </is>
       </c>
       <c r="E122" s="5"/>
       <c r="F122" s="7"/>
-      <c r="G122" s="6"/>
+      <c r="G122" s="6" t="n">
+        <v>1963</v>
+      </c>
       <c r="H122" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I122" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J122" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K122" s="7" t="inlineStr">
         <is>
-          <t>52600</t>
+          <t>52323</t>
         </is>
       </c>
       <c r="L122" s="7" t="inlineStr">
         <is>
-          <t>UA12140030010030626</t>
+          <t>UA12040010060018170</t>
         </is>
       </c>
       <c r="M122" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N122" s="5" t="inlineStr">
         <is>
-          <t>с-ще Васильківка</t>
+          <t>с. Божедарівка</t>
         </is>
       </c>
       <c r="O122" s="5" t="inlineStr">
         <is>
-          <t>вул. Першотравнева, 155</t>
+          <t>вул. Виконкомівська, 22</t>
         </is>
       </c>
       <c r="P122" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-399-18-44</t>
+          <t>(05654)23-1-63</t>
         </is>
       </c>
       <c r="Q122" s="5" t="inlineStr">
         <is>
-          <t>dosaaf_vas@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R122" s="5"/>
+          <t>ptuschorsk71@gmail.com</t>
+        </is>
+      </c>
+      <c r="R122" s="5" t="inlineStr">
+        <is>
+          <t>https://ptu71official.com/</t>
+        </is>
+      </c>
       <c r="S122" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T122" s="5" t="inlineStr">
         <is>
-          <t>Сарана Володимир Анатолійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бабіченко Олена Петрівна</t>
+        </is>
+      </c>
+      <c r="U122" s="8"/>
+      <c r="V122" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="5" t="inlineStr">
         <is>
-          <t>Верхньодніпровський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Васильківський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B123" s="6" t="n">
-        <v>7183</v>
+        <v>4331</v>
       </c>
       <c r="C123" s="6"/>
       <c r="D123" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Васильківська РО ТСОУ</t>
         </is>
       </c>
       <c r="E123" s="5"/>
       <c r="F123" s="7"/>
-      <c r="G123" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G123" s="6"/>
       <c r="H123" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I123" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J123" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
       <c r="K123" s="7" t="inlineStr">
         <is>
-          <t>51600</t>
+          <t>52600</t>
         </is>
       </c>
       <c r="L123" s="7" t="inlineStr">
         <is>
-          <t>UA12040050010019298</t>
+          <t>UA12140030010030626</t>
         </is>
       </c>
       <c r="M123" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N123" s="5" t="inlineStr">
         <is>
-          <t>м. Верхньодніпровськ</t>
+          <t>с-ще Васильківка</t>
         </is>
       </c>
       <c r="O123" s="5" t="inlineStr">
         <is>
-          <t>вул. Дніпровська, 76</t>
+          <t>вул. Першотравнева, 155</t>
         </is>
       </c>
       <c r="P123" s="5" t="inlineStr">
         <is>
-          <t>(068)922-34-34</t>
+          <t>+380(56)-399-18-44</t>
         </is>
       </c>
       <c r="Q123" s="5" t="inlineStr">
         <is>
-          <t>verhstk@ukr.net</t>
+          <t>dosaaf_vas@ukr.net</t>
         </is>
       </c>
       <c r="R123" s="5"/>
       <c r="S123" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T123" s="5" t="inlineStr">
         <is>
-          <t>Яковець Петро Михайлович</t>
+          <t>Сарана Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U123" s="8" t="n">
-        <v>45888</v>
+        <v>44426</v>
       </c>
       <c r="V123" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ КРОХМАЛЕПАТОКОВИЙ КОМБІНАТ"</t>
+          <t>Верхньодніпровський районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B124" s="6" t="n">
-        <v>4098</v>
+        <v>7183</v>
       </c>
       <c r="C124" s="6"/>
       <c r="D124" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "ДНІПРОВСЬКИЙ КПК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E124" s="5"/>
       <c r="F124" s="7"/>
       <c r="G124" s="6" t="n">
-        <v>1998</v>
+        <v>1993</v>
       </c>
       <c r="H124" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I124" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J124" s="5"/>
       <c r="K124" s="7" t="inlineStr">
         <is>
-          <t>51650</t>
+          <t>51600</t>
         </is>
       </c>
       <c r="L124" s="7" t="inlineStr">
         <is>
-          <t>UA12040050020044460</t>
+          <t>UA12040050010019298</t>
         </is>
       </c>
       <c r="M124" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N124" s="5" t="inlineStr">
         <is>
-          <t>с-ще Дніпровське</t>
+          <t>м. Верхньодніпровськ</t>
         </is>
       </c>
       <c r="O124" s="5" t="inlineStr">
         <is>
-          <t>вул. Чумацька, 11</t>
+          <t>вул. Дніпровська, 76</t>
         </is>
       </c>
       <c r="P124" s="5" t="inlineStr">
         <is>
-          <t>+380(56)-584-11-11</t>
+          <t>(068)922-34-34</t>
         </is>
       </c>
       <c r="Q124" s="5" t="inlineStr">
         <is>
-          <t>tyupa.m@dkpk.dp.ua</t>
+          <t>verhstk@ukr.net</t>
         </is>
       </c>
       <c r="R124" s="5"/>
       <c r="S124" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T124" s="5" t="inlineStr">
         <is>
-          <t>Майстренко Олександр Володимирович</t>
-[...3 lines deleted...]
-      <c r="V124" s="5"/>
+          <t>Яковець Петро Михайлович</t>
+        </is>
+      </c>
+      <c r="U124" s="8" t="n">
+        <v>45888</v>
+      </c>
+      <c r="V124" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="5" t="inlineStr">
         <is>
-          <t>Зеленодольський професійний ліцей</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДНІПРОВСЬКИЙ КРОХМАЛЕПАТОКОВИЙ КОМБІНАТ"</t>
         </is>
       </c>
       <c r="B125" s="6" t="n">
-        <v>2211</v>
+        <v>4098</v>
       </c>
       <c r="C125" s="6"/>
       <c r="D125" s="5" t="inlineStr">
         <is>
-          <t>ЗПЛ</t>
-[...2 lines deleted...]
-      <c r="E125" s="5"/>
+          <t>ПРАТ "ДНІПРОВСЬКИЙ КПК"</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE JOINT STOCK COMPANY "DNEPROVSKY STARCH AND SYRUP INTEGRATED WORKS"</t>
+        </is>
+      </c>
       <c r="F125" s="7"/>
       <c r="G125" s="6" t="n">
-        <v>1974</v>
+        <v>1998</v>
       </c>
       <c r="H125" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I125" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J125" s="5"/>
       <c r="K125" s="7" t="inlineStr">
         <is>
-          <t>53860</t>
+          <t>51650</t>
         </is>
       </c>
       <c r="L125" s="7" t="inlineStr">
         <is>
-          <t>UA12060130010067974</t>
+          <t>UA12040050020044460</t>
         </is>
       </c>
       <c r="M125" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N125" s="5" t="inlineStr">
         <is>
-          <t>м. Зеленодольськ</t>
+          <t>с-ще Дніпровське</t>
         </is>
       </c>
       <c r="O125" s="5" t="inlineStr">
         <is>
-          <t>просп. Незалежності, 5</t>
+          <t>вул. Чумацька, 11</t>
         </is>
       </c>
       <c r="P125" s="5" t="inlineStr">
         <is>
-          <t>+380687644696</t>
+          <t>+380(56)-584-11-11</t>
         </is>
       </c>
       <c r="Q125" s="5" t="inlineStr">
         <is>
-          <t>zpl16zel@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tyupa.m@dkpk.dp.ua</t>
+        </is>
+      </c>
+      <c r="R125" s="5"/>
       <c r="S125" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T125" s="5" t="inlineStr">
         <is>
-          <t>Скорик Тетяна Володимирівна</t>
+          <t>Майстренко Олександр Володимирович</t>
         </is>
       </c>
       <c r="U125" s="8"/>
       <c r="V125" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад позашкільної освіти "Криничанський Центр учнівської молоді" Криничанської селищної ради Дніпропетровської області</t>
+          <t>Зеленодольський професійний ліцей</t>
         </is>
       </c>
       <c r="B126" s="6" t="n">
-        <v>6725</v>
+        <v>2211</v>
       </c>
       <c r="C126" s="6"/>
       <c r="D126" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЗПЛ</t>
+        </is>
+      </c>
+      <c r="E126" s="5"/>
       <c r="F126" s="7"/>
       <c r="G126" s="6" t="n">
-        <v>1996</v>
+        <v>1974</v>
       </c>
       <c r="H126" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I126" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J126" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K126" s="7" t="inlineStr">
         <is>
-          <t>52300</t>
+          <t>53860</t>
         </is>
       </c>
       <c r="L126" s="7" t="inlineStr">
         <is>
-          <t>UA12040170010014478</t>
+          <t>UA12060130010067974</t>
         </is>
       </c>
       <c r="M126" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N126" s="5" t="inlineStr">
         <is>
-          <t>с-ще Кринички</t>
+          <t>м. Зеленодольськ</t>
         </is>
       </c>
       <c r="O126" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Чорнобиля, 33-А</t>
+          <t>просп. Незалежності, 5</t>
         </is>
       </c>
       <c r="P126" s="5" t="inlineStr">
         <is>
-          <t>(050)985-71-38</t>
+          <t>+380687644696</t>
         </is>
       </c>
       <c r="Q126" s="5" t="inlineStr">
         <is>
-          <t>krincenter@i.ua</t>
+          <t>zpl16zel@ukr.net</t>
         </is>
       </c>
       <c r="R126" s="5" t="inlineStr">
         <is>
-          <t>https://sites.google.com/view/krincenter</t>
+          <t>http://zpl.in.ua/</t>
         </is>
       </c>
       <c r="S126" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T126" s="5" t="inlineStr">
         <is>
-          <t>Бородовий Олександр Анатолійович</t>
+          <t>Скорик Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U126" s="8"/>
       <c r="V126" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище № 88</t>
+          <t>Комунальний заклад позашкільної освіти "Криничанський Центр учнівської молоді" Криничанської селищної ради Дніпропетровської області</t>
         </is>
       </c>
       <c r="B127" s="6" t="n">
-        <v>2232</v>
+        <v>6725</v>
       </c>
       <c r="C127" s="6"/>
       <c r="D127" s="5" t="inlineStr">
         <is>
-          <t>ПТУ №88</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
-          <t>Professionally-technical college № 88</t>
+          <t>Communal institution of out-of-school education "Krynychanskyi Center of Student Youth"</t>
         </is>
       </c>
       <c r="F127" s="7"/>
       <c r="G127" s="6" t="n">
-        <v>1993</v>
+        <v>1996</v>
       </c>
       <c r="H127" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I127" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J127" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K127" s="7" t="inlineStr">
         <is>
-          <t>51100</t>
+          <t>52300</t>
         </is>
       </c>
       <c r="L127" s="7" t="inlineStr">
         <is>
-          <t>UA12100050010075158</t>
+          <t>UA12040170010014478</t>
         </is>
       </c>
       <c r="M127" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N127" s="5" t="inlineStr">
         <is>
-          <t>с-ще Магдалинівка</t>
+          <t>с-ще Кринички</t>
         </is>
       </c>
       <c r="O127" s="5" t="inlineStr">
         <is>
-          <t>вул. Прозорова, 2-А</t>
+          <t>вул. Героїв Чорнобиля, 33-А</t>
         </is>
       </c>
       <c r="P127" s="5" t="inlineStr">
         <is>
-          <t>(05691)2-43-71, 2-43-82</t>
+          <t>(050)985-71-38</t>
         </is>
       </c>
       <c r="Q127" s="5" t="inlineStr">
         <is>
-          <t>ptu-88@meta.ua</t>
+          <t>krincenter@i.ua</t>
         </is>
       </c>
       <c r="R127" s="5" t="inlineStr">
         <is>
-          <t>https://www.ptu88.dp.ua</t>
+          <t>https://sites.google.com/view/krincenter</t>
         </is>
       </c>
       <c r="S127" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T127" s="5" t="inlineStr">
         <is>
-          <t>Юденкова Олена Петрівна</t>
+          <t>Бородовий Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U127" s="8"/>
       <c r="V127" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Межиріцький ліцей ім. І.С. Обдули" Межиріцької сільської ради"</t>
+          <t>Професійно-технічне училище № 88</t>
         </is>
       </c>
       <c r="B128" s="6" t="n">
-        <v>4026</v>
+        <v>2232</v>
       </c>
       <c r="C128" s="6"/>
       <c r="D128" s="5" t="inlineStr">
         <is>
-          <t>Межиріцький ліцей ім. І.С. Обдули</t>
-[...2 lines deleted...]
-      <c r="E128" s="5"/>
+          <t>ПТУ №88</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>Professionally-technical college № 88</t>
+        </is>
+      </c>
       <c r="F128" s="7"/>
       <c r="G128" s="6" t="n">
-        <v>2003</v>
+        <v>1993</v>
       </c>
       <c r="H128" s="5" t="inlineStr">
         <is>
-          <t>Заклад загальної середньої освіти</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I128" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J128" s="5" t="inlineStr">
         <is>
-          <t>Районна в місті рада</t>
+          <t>Департамент освіти і науки Дніпропетровської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K128" s="7" t="inlineStr">
         <is>
-          <t>51473</t>
+          <t>51100</t>
         </is>
       </c>
       <c r="L128" s="7" t="inlineStr">
         <is>
-          <t>UA12120050010049608</t>
+          <t>UA12100050010075158</t>
         </is>
       </c>
       <c r="M128" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N128" s="5" t="inlineStr">
         <is>
-          <t>с. Межиріч</t>
+          <t>с-ще Магдалинівка</t>
         </is>
       </c>
       <c r="O128" s="5" t="inlineStr">
         <is>
-          <t>пров. Шкільний, 6</t>
+          <t>вул. Прозорова, 2-А</t>
         </is>
       </c>
       <c r="P128" s="5" t="inlineStr">
         <is>
-          <t>+066(25)-254-45</t>
+          <t>(05691)2-43-71, 2-43-82</t>
         </is>
       </c>
       <c r="Q128" s="5" t="inlineStr">
         <is>
-          <t>mezhirichil@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R128" s="5"/>
+          <t>ptu-88@meta.ua</t>
+        </is>
+      </c>
+      <c r="R128" s="5" t="inlineStr">
+        <is>
+          <t>https://www.ptu88.dp.ua</t>
+        </is>
+      </c>
       <c r="S128" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T128" s="5" t="inlineStr">
         <is>
-          <t>Муштат Олександр Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Юденкова Олена Петрівна</t>
+        </is>
+      </c>
+      <c r="U128" s="8"/>
+      <c r="V128" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад освіти "Межівське професійно-технічне училище" Дніпропетровської обласної ради"</t>
+          <t>Комунальний заклад "Межиріцький ліцей ім. І.С. Обдули" Межиріцької сільської ради"</t>
         </is>
       </c>
       <c r="B129" s="6" t="n">
-        <v>6865</v>
+        <v>4026</v>
       </c>
       <c r="C129" s="6"/>
       <c r="D129" s="5" t="inlineStr">
         <is>
-          <t>КЗО "МПТУ" ДОР"</t>
+          <t>Межиріцький ліцей ім. І.С. Обдули</t>
         </is>
       </c>
       <c r="E129" s="5"/>
       <c r="F129" s="7"/>
       <c r="G129" s="6" t="n">
-        <v>2022</v>
+        <v>2003</v>
       </c>
       <c r="H129" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Заклад загальної середньої освіти</t>
         </is>
       </c>
       <c r="I129" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J129" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Районна в місті рада</t>
         </is>
       </c>
       <c r="K129" s="7" t="inlineStr">
         <is>
-          <t>52900</t>
+          <t>51473</t>
         </is>
       </c>
       <c r="L129" s="7" t="inlineStr">
         <is>
-          <t>UA12140150010037835</t>
+          <t>UA12120050010049608</t>
         </is>
       </c>
       <c r="M129" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N129" s="5" t="inlineStr">
         <is>
-          <t>с-ще Межова</t>
+          <t>с. Межиріч</t>
         </is>
       </c>
       <c r="O129" s="5" t="inlineStr">
         <is>
-          <t>вул. Сонячна, 2</t>
+          <t>пров. Шкільний, 6</t>
         </is>
       </c>
       <c r="P129" s="5" t="inlineStr">
         <is>
-          <t>+056(30)-602-90</t>
+          <t>+066(25)-254-45</t>
         </is>
       </c>
       <c r="Q129" s="5" t="inlineStr">
         <is>
-          <t>ptu76@online.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>mezhirichil@ukr.net</t>
+        </is>
+      </c>
+      <c r="R129" s="5"/>
       <c r="S129" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T129" s="5" t="inlineStr">
         <is>
-          <t>Ушивий Олександр Олександрович</t>
-[...3 lines deleted...]
-      <c r="V129" s="5"/>
+          <t>Муштат Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U129" s="8" t="n">
+        <v>44860</v>
+      </c>
+      <c r="V129" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад освіти "Міжшкільний ресурсний центр" Межівської селищної ради</t>
         </is>
       </c>
       <c r="B130" s="6" t="n">
         <v>3113</v>
       </c>
       <c r="C130" s="6"/>
       <c r="D130" s="5" t="inlineStr">
         <is>
           <t>КЗО "МРЦ" МСР</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>Communal educational institution "Interschool Resource Center" of Mezhova village council</t>
         </is>
       </c>
       <c r="F130" s="7"/>
       <c r="G130" s="6" t="n">
         <v>2000</v>
       </c>
@@ -11471,57 +11445,61 @@
           <t>53630</t>
         </is>
       </c>
       <c r="L131" s="7" t="inlineStr">
         <is>
           <t>UA12140250330083280</t>
         </is>
       </c>
       <c r="M131" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N131" s="5" t="inlineStr">
         <is>
           <t>с. Олександрівка</t>
         </is>
       </c>
       <c r="O131" s="5" t="inlineStr">
         <is>
           <t>вул. Шкільна, 10</t>
         </is>
       </c>
       <c r="P131" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-048-82-49;</t>
-[...2 lines deleted...]
-      <c r="Q131" s="5"/>
+          <t>+38(099)-048-82-49</t>
+        </is>
+      </c>
+      <c r="Q131" s="5" t="inlineStr">
+        <is>
+          <t>vpu752015@gmail.com</t>
+        </is>
+      </c>
       <c r="R131" s="5" t="inlineStr">
         <is>
-          <t>vpu752015@gmail.com</t>
+          <t>https://vpu-75.com.ua/</t>
         </is>
       </c>
       <c r="S131" s="5" t="inlineStr">
         <is>
           <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T131" s="5" t="inlineStr">
         <is>
           <t>Радченко Олена Петрівна</t>
         </is>
       </c>
       <c r="U131" s="8"/>
       <c r="V131" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="5" t="inlineStr">
         <is>
           <t>Комунальний навчальний заклад "П'ятихатський Центр професійної, допрофесійної та позашкільної освіти"</t>
         </is>
       </c>
       <c r="B132" s="6" t="n">
         <v>4246</v>
       </c>
       <c r="C132" s="6"/>
@@ -12258,56 +12236,56 @@
           <t>с-ще Софіївка</t>
         </is>
       </c>
       <c r="O140" s="5" t="inlineStr">
         <is>
           <t>вул. Поштова, 10</t>
         </is>
       </c>
       <c r="P140" s="5" t="inlineStr">
         <is>
           <t>(05650)2-30-23</t>
         </is>
       </c>
       <c r="Q140" s="5" t="inlineStr">
         <is>
           <t>sofpl@ukr.net</t>
         </is>
       </c>
       <c r="R140" s="5" t="inlineStr">
         <is>
           <t>dptnzsofpl.wixsite.com/sofpl</t>
         </is>
       </c>
       <c r="S140" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Голова комісії з припинення</t>
         </is>
       </c>
       <c r="T140" s="5" t="inlineStr">
         <is>
-          <t>Бугайчук Руслан Якович</t>
+          <t>Фокіна Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U140" s="8"/>
       <c r="V140" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад освіти "Томаківський професійний аграрний ліцей" Дніпропетровської обласної ради"</t>
         </is>
       </c>
       <c r="B141" s="6" t="n">
         <v>6876</v>
       </c>
       <c r="C141" s="6"/>
       <c r="D141" s="5" t="inlineStr">
         <is>
           <t>КЗО "ТПАЛ" ДОР</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>KOMUNAL?NYY ZAKLAD OSVITY ‚‚TOMAKIVS?KYY PROFESIYNYY AHRARNYY LITSEY’’ DNIPROPETROVS?KOYI OBLASNOYI RADY’’</t>
         </is>
       </c>
@@ -12335,63 +12313,59 @@
           <t>53500</t>
         </is>
       </c>
       <c r="L141" s="7" t="inlineStr">
         <is>
           <t>UA12080130010022918</t>
         </is>
       </c>
       <c r="M141" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N141" s="5" t="inlineStr">
         <is>
           <t>с-ще Томаківка</t>
         </is>
       </c>
       <c r="O141" s="5" t="inlineStr">
         <is>
           <t>вул. Шосейна, 10</t>
         </is>
       </c>
       <c r="P141" s="5" t="inlineStr">
         <is>
-          <t>+38(056)-682-23-98</t>
+          <t>+38(096)-817-09-67;</t>
         </is>
       </c>
       <c r="Q141" s="5" t="inlineStr">
         <is>
           <t>tpal78@i.ua</t>
         </is>
       </c>
-      <c r="R141" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R141" s="5"/>
       <c r="S141" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T141" s="5" t="inlineStr">
         <is>
           <t>Філь Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U141" s="8"/>
       <c r="V141" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="5" t="inlineStr">
         <is>
           <t>Державний професійно-технічний навчальний заклад "Синельниківський навчальний центр №94"</t>
         </is>
       </c>
       <c r="B142" s="6" t="n">
         <v>4078</v>
       </c>
       <c r="C142" s="6"/>
       <c r="D142" s="5" t="inlineStr">
         <is>
@@ -12505,63 +12479,59 @@
           <t>52600</t>
         </is>
       </c>
       <c r="L143" s="7" t="inlineStr">
         <is>
           <t>UA12140030530021374</t>
         </is>
       </c>
       <c r="M143" s="5" t="inlineStr">
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
       <c r="N143" s="5" t="inlineStr">
         <is>
           <t>с. Шев’якине</t>
         </is>
       </c>
       <c r="O143" s="5" t="inlineStr">
         <is>
           <t>вул. Центральна, 1</t>
         </is>
       </c>
       <c r="P143" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-905-85-96</t>
+          <t>+38(097)-905-85-96;</t>
         </is>
       </c>
       <c r="Q143" s="5" t="inlineStr">
         <is>
           <t>ptu74.2018@gmail.com</t>
         </is>
       </c>
-      <c r="R143" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R143" s="5"/>
       <c r="S143" s="5" t="inlineStr">
         <is>
           <t>В. о. директора</t>
         </is>
       </c>
       <c r="T143" s="5" t="inlineStr">
         <is>
           <t>Миронець Олександр Михайлович</t>
         </is>
       </c>
       <c r="U143" s="8"/>
       <c r="V143" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="5" t="inlineStr">
         <is>
           <t>Філія Міжрегіонального центру професійної перепідготовки звільнених у запас військовослужбовців м. Кривого Рогу Дніпропетровської області</t>
         </is>
       </c>
       <c r="B144" s="6" t="n">
         <v>3942</v>
       </c>
       <c r="C144" s="6" t="n">
         <v>2484</v>
       </c>