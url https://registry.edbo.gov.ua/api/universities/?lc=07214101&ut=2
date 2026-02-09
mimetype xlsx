--- v0 (2025-10-16)
+++ v1 (2026-02-09)
@@ -384,56 +384,56 @@
           <t>м. Камінь-Каширський</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Воля, 44</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>0335723475</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>kamvpu@i.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://kamvpu.volyn.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Корінчук Анатолій Миколайович</t>
+          <t>Гаврилюк Леся Миколаївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Міжшкільний ресурсний центр Камінь-Каширської міської ради Волинської області</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2602</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>МРЦ Камінь-Каширської міської ради Волинської області</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1978</v>
       </c>