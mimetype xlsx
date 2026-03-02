--- v0 (2025-11-08)
+++ v1 (2026-03-02)
@@ -371,61 +371,61 @@
           <t>45000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA07060190010068509</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Ковель</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Заводська, 23</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0335249737</t>
+          <t>+38(033)-524-97-37</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>kovel_koledg@ukr.net</t>
+          <t>info@kpefk.com.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>www.kpefk.com.ua</t>
+          <t>https://kpefk.com.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Селівончик Тетяна Василівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Ковельський фаховий медичний коледж Волинської обласної ради</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>1025</v>
       </c>
       <c r="C3" s="6"/>