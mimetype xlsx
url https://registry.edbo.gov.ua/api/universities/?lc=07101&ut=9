--- v0 (2025-10-18)
+++ v1 (2026-02-03)
@@ -740,52 +740,60 @@
         <is>
           <t>43016</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 50</t>
         </is>
       </c>
       <c r="P6" s="5"/>
-      <c r="Q6" s="5"/>
-      <c r="R6" s="5"/>
+      <c r="Q6" s="5" t="inlineStr">
+        <is>
+          <t>vfkkm.lutsk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>https://www.vfkkim.com.ua/</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Войтович Тарас Володимирович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Луцька філія Вищого приватного навчального закладу Львівський медичний фаховий коледж "Монада"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>6749</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>6742</v>
       </c>
@@ -835,51 +843,51 @@
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Захисників України, 6</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>+380(33)-278-96-61</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>monada06@meta.ua</t>
         </is>
       </c>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Гайдучок Іван Григорович</t>
+          <t>Оксамитний Юрій Анатолійович</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Луцький базовий фаховий медичний коледж Комунального закладу вищої освіти "Волинський медичний інститут" Волинської обласної ради</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>7042</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>622</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">