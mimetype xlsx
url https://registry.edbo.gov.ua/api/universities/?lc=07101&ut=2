--- v0 (2025-10-25)
+++ v1 (2025-12-11)
@@ -384,58 +384,52 @@
         <is>
           <t>вул. Клима Савура, 19</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+380(33)-223-43-17</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>VONKK@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Неймарк Едуард Леонідович</t>
         </is>
       </c>
-      <c r="U2" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U2" s="8"/>
+      <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>ВОЛИНСЬКИЙ ОБЛАСНИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>7083</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>Волинський ОСТК ТСОУ</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -844,52 +838,58 @@
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>0332251322</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>kzlmnvk@gmail.com</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>https://kzlmnvk.wixsite.com/kzlmnvklmr</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Веремчук Володимир Миколайович</t>
         </is>
       </c>
-      <c r="U7" s="8"/>
-      <c r="V7" s="5"/>
+      <c r="U7" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V7" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>Луцька автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>6965</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>Луцька автомобільна школа ТСО УКраїни</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
         <v>1948</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
@@ -1245,71 +1245,71 @@
           <t>43000</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Карбишева, 1 офіс 313</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(066)999-99-25</t>
+          <t>+38(066)-999-99-25</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>autoschool.ac@gmail.com</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
           <t>https://autoschool-ac.lutsk.ua/</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Білоус Тетяна Юріївна</t>
+          <t>Бучко Сергій Олександрович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "СКОРПІОН ПУЛЬТ"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>3236</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ПП "СКОРПІОН ПУЛЬТ"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
         <v>2000</v>
       </c>