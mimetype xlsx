--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -844,226 +844,226 @@
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>+38(033)-228-01-97;</t>
         </is>
       </c>
       <c r="Q7" s="5"/>
       <c r="R7" s="5"/>
       <c r="S7" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
           <t>Стасюк Людмила Леонідівна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти «Луцький педагогічний коледж» Волинської обласної ради</t>
+          <t>Комунальний заклад вищої освіти "Волинський медичний інститут" Волинської обласної ради</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="5" t="inlineStr">
         <is>
-          <t>КЗВО "ЛПК" ВОР</t>
+          <t>КЗВО "Волинський медичний інститут"</t>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
-          <t>The Municipal Higher Educational Institution «Lutsk Pedagogical College» of the Volyn Regional Council</t>
+          <t>Municipal Institution Of Higher Education "Volyn Medical Institute" Of The Volyn Oblast Council</t>
         </is>
       </c>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
-        <v>1939</v>
+        <v>1944</v>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I8" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J8" s="5" t="inlineStr">
         <is>
-          <t>Управління освіти і науки Волинської обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K8" s="7" t="inlineStr">
         <is>
-          <t>43010</t>
+          <t>43016</t>
         </is>
       </c>
       <c r="L8" s="7" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M8" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N8" s="5" t="inlineStr">
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O8" s="5" t="inlineStr">
         <is>
-          <t>просп. Волі, 36</t>
+          <t>вул. Лесі Українки, 2</t>
         </is>
       </c>
       <c r="P8" s="5" t="inlineStr">
         <is>
-          <t>(0332)77-06-59 , (0332)24-81-50</t>
+          <t>(0332)72-36-55</t>
         </is>
       </c>
       <c r="Q8" s="5" t="inlineStr">
         <is>
-          <t>lpk@ua.fm</t>
+          <t>vmi.volyn@gmail.com</t>
         </is>
       </c>
       <c r="R8" s="5" t="inlineStr">
         <is>
-          <t>lpc.in.ua</t>
+          <t>www.vmi.volyn.ua</t>
         </is>
       </c>
       <c r="S8" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T8" s="5" t="inlineStr">
         <is>
-          <t>Бойчук Петро Микитович</t>
+          <t>Пастрик Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти "Волинський медичний інститут" Волинської обласної ради</t>
+          <t>Комунальний заклад вищої освіти "Луцький педагогічний інститут" Волинської обласної ради</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
-          <t>КЗВО "Волинський медичний інститут"</t>
+          <t>Луцький педагогічний інститут</t>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution Of Higher Education "Volyn Medical Institute" Of The Volyn Oblast Counsil"</t>
+          <t>The Municipal Higher Educational Institution "Lutsk Pedagogical Institute" of the Volyn Regional Council</t>
         </is>
       </c>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
-        <v>1944</v>
+        <v>1939</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Управління освіти і науки Волинської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
-          <t>43016</t>
+          <t>43010</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA07080170010083384</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
-          <t>вул. Лесі Українки, 2</t>
+          <t>просп. Волі, 36</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>(0332)72-36-55</t>
+          <t>+38(033)-277-06-59</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
-          <t>vmi.volyn@gmail.com</t>
+          <t>lpi.lutsk.ua@gmail.com</t>
         </is>
       </c>
       <c r="R9" s="5" t="inlineStr">
         <is>
-          <t>www.vmi.volyn.ua</t>
+          <t>lpc.in.ua</t>
         </is>
       </c>
       <c r="S9" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
-          <t>Пастрик Тетяна Володимирівна</t>
+          <t>Бойчук Петро Микитович</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Луцький біотехнічний інститут Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>1226</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>195</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t>ЛБІ МНТУ</t>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t>Lutsk Biotechnical Institute Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
@@ -1200,56 +1200,56 @@
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Львівська, 75</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>(0332) 74-61-03, 74-61-11</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>rector@lntu.edu.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>https://lntu.edu.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Вахович Ірина Михайлівна</t>
+          <t>Ковальчук Надія Віталіївна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>