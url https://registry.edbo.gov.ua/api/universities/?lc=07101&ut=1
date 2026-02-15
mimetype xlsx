--- v1 (2025-12-16)
+++ v2 (2026-02-15)
@@ -1200,56 +1200,56 @@
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Львівська, 75</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>(0332) 74-61-03, 74-61-11</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>rector@lntu.edu.ua</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>https://lntu.edu.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Ковальчук Надія Віталіївна</t>
+          <t>Вахович Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V11"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>