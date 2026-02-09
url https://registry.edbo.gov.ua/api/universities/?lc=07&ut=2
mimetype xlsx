--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -2356,56 +2356,56 @@
           <t>м. Камінь-Каширський</t>
         </is>
       </c>
       <c r="O25" s="5" t="inlineStr">
         <is>
           <t>вул. Воля, 44</t>
         </is>
       </c>
       <c r="P25" s="5" t="inlineStr">
         <is>
           <t>0335723475</t>
         </is>
       </c>
       <c r="Q25" s="5" t="inlineStr">
         <is>
           <t>kamvpu@i.ua</t>
         </is>
       </c>
       <c r="R25" s="5" t="inlineStr">
         <is>
           <t>https://kamvpu.volyn.ua</t>
         </is>
       </c>
       <c r="S25" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов`язки директора</t>
         </is>
       </c>
       <c r="T25" s="5" t="inlineStr">
         <is>
-          <t>Корінчук Анатолій Миколайович</t>
+          <t>Гаврилюк Леся Миколаївна</t>
         </is>
       </c>
       <c r="U25" s="8"/>
       <c r="V25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="5" t="inlineStr">
         <is>
           <t>Міжшкільний ресурсний центр Камінь-Каширської міської ради Волинської області</t>
         </is>
       </c>
       <c r="B26" s="6" t="n">
         <v>2602</v>
       </c>
       <c r="C26" s="6"/>
       <c r="D26" s="5" t="inlineStr">
         <is>
           <t>МРЦ Камінь-Каширської міської ради Волинської області</t>
         </is>
       </c>
       <c r="E26" s="5"/>
       <c r="F26" s="7"/>
       <c r="G26" s="6" t="n">
         <v>1978</v>
       </c>