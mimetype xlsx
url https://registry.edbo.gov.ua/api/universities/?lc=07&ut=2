--- v1 (2026-02-09)
+++ v2 (2026-03-26)
@@ -1422,56 +1422,66 @@
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Луцьк</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>просп. Волі, 53</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
           <t>033-223-40-78</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>v@uaservice.com.ua</t>
         </is>
       </c>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...4 lines deleted...]
-      <c r="V14" s="5"/>
+          <t>В. о. директора</t>
+        </is>
+      </c>
+      <c r="T14" s="5" t="inlineStr">
+        <is>
+          <t>Мисник Віктор Йосипович</t>
+        </is>
+      </c>
+      <c r="U14" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V14" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти "Регіональний професійний коледж м. Володимир"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>2203</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>ЗП(ПТ)О "РПК м. Володимир"</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>Institution of professional (vocational and technical) education "Regional Professional College of Volodymyr"</t>
         </is>
       </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
         <v>1954</v>
       </c>
@@ -1913,243 +1923,257 @@
           <t>45400</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA07020130010041880</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Нововолинськ</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Кауркова, 39а</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+380334435496; +380334449064;</t>
-[...3 lines deleted...]
-      <c r="R20" s="5"/>
+          <t>+38(095)-890-08-36</t>
+        </is>
+      </c>
+      <c r="Q20" s="5" t="inlineStr">
+        <is>
+          <t>mnvk@nv-osvita.gov.ua</t>
+        </is>
+      </c>
+      <c r="R20" s="5" t="inlineStr">
+        <is>
+          <t>https://nv-mrc.site</t>
+        </is>
+      </c>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Гуцман Іван Іванович</t>
         </is>
       </c>
-      <c r="U20" s="8"/>
-      <c r="V20" s="5"/>
+      <c r="U20" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V20" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної освіти "Нововолинський центр професійної освіти" Волинської обласної ради</t>
+          <t>Професійно-технічне училище №27 м. Берестечко</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
-        <v>7065</v>
+        <v>2521</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>
-          <t>Нововолинський ЦПО</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E21" s="5"/>
       <c r="F21" s="7"/>
       <c r="G21" s="6" t="n">
-        <v>2023</v>
+        <v>1978</v>
       </c>
       <c r="H21" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I21" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J21" s="5" t="inlineStr">
         <is>
           <t>Управління освіти і науки Волинської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K21" s="7" t="inlineStr">
         <is>
-          <t>45313</t>
+          <t>45765</t>
         </is>
       </c>
       <c r="L21" s="7" t="inlineStr">
         <is>
-          <t>UA07020190030078562</t>
+          <t>UA07080010010043939</t>
         </is>
       </c>
       <c r="M21" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N21" s="5" t="inlineStr">
         <is>
-          <t>с. Будятичі</t>
+          <t>м. Берестечко</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
-          <t>вул. Франка Івана, 14</t>
+          <t>вул. Незалежності, 140</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
-          <t>+380(33)-444-47-77</t>
+          <t>+380687685520</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
-          <t>novovolynskyi.cpto@gmail.com</t>
+          <t>ptu27@ukr.net</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
-          <t>nzpo.com.ua</t>
+          <t>https://ptu27.in.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник НЗ</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
-          <t>Приступа Валентина Іванівна</t>
+          <t>Лейбик Олександр Володимирович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічне училище №27 м. Берестечко</t>
+          <t>Комунальний заклад професійної освіти "Нововолинський центр професійної освіти" Волинської обласної ради</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
-        <v>2521</v>
+        <v>7065</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E22" s="5"/>
+          <t>Нововолинський ЦПО</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>Communal institution of vocational education “Novovolynsk Center of Vocational Education” of the Volyn Regional Council</t>
+        </is>
+      </c>
       <c r="F22" s="7"/>
       <c r="G22" s="6" t="n">
-        <v>1978</v>
+        <v>2023</v>
       </c>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J22" s="5" t="inlineStr">
         <is>
           <t>Управління освіти і науки Волинської обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K22" s="7" t="inlineStr">
         <is>
-          <t>45765</t>
+          <t>45313</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
-          <t>UA07080010010043939</t>
+          <t>UA07020190030078562</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Волинська обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
-          <t>м. Берестечко</t>
+          <t>с. Будятичі</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
-          <t>вул. Незалежності, 140</t>
+          <t>вул. Франка Івана, 14</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>+380687685520</t>
+          <t>+380(33)-444-47-77</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>ptu27@ukr.net</t>
+          <t>novovolynskyi.cpto@gmail.com</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>https://ptu27.in.ua</t>
+          <t>nzpo.com.ua</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
-          <t>Керівник НЗ</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
-          <t>Лейбик Олександр Володимирович</t>
+          <t>Приступа Валентина Іванівна</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Волинський обласний учбовий центр підготовки, перепідготовки та підвищення кваліфікації кадрів АПК</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>4029</v>
       </c>
       <c r="C23" s="6"/>
       <c r="D23" s="5" t="inlineStr">
         <is>
           <t>Волинський ОУЦ АПК</t>
         </is>
       </c>
       <c r="E23" s="5"/>
       <c r="F23" s="7"/>
       <c r="G23" s="6" t="n">
         <v>1993</v>
       </c>