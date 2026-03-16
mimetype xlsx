--- v0 (2025-11-03)
+++ v1 (2026-03-16)
@@ -306,124 +306,124 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 41 м.Тульчина</t>
+          <t>Комунальний заклад "Вище професійне училище м. Тульчина" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>1854</v>
+        <v>7425</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ВПУ № 41 м.Тульчина</t>
+          <t>КЗ ВПУ м.Тульчина</t>
         </is>
       </c>
       <c r="E2" s="5" t="inlineStr">
         <is>
-          <t>Higher vocational school №41 of Tulchyn</t>
+          <t>Municipal institution «Higher Vocational school of Tulchyn» of Vinnytsia Regional Council</t>
         </is>
       </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1976</v>
+        <v>2025</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>23600</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA05100150010035552</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Тульчин</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Леонтовича, 133</t>
+          <t>вул. Леонтовича Миколи, 133</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(04335)2-31-75, 04335-2-38-77</t>
+          <t>+38(043)-352-11-65</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>hvs-41tulchin@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
-          <t>hvs41.vn.ua</t>
+          <t>https://hvs41.vn.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Друм Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Тульчинський міжшкільний ресурсний центр Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6984</v>
       </c>
       <c r="C3" s="6"/>