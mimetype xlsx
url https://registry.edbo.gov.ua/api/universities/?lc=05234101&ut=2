--- v0 (2025-10-11)
+++ v1 (2026-01-31)
@@ -306,126 +306,116 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 42 м. Погребище</t>
+          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>2075</v>
+        <v>7420</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ВПУ-42 м.Погребище</t>
+          <t>КЗ ВПУ М.ПОГРЕБИЩЕ</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
-      <c r="G2" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G2" s="6"/>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>22200</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA05020210010023649</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Погребище</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Рокитна, 12</t>
         </is>
       </c>
-      <c r="P2" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="P2" s="5"/>
+      <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Погорілий Сергій Тимофійович</t>
+          <t>Якубовський Ярослав Сергійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>