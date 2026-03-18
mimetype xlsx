--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -306,51 +306,51 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>7420</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>КЗ ВПУ М.ПОГРЕБИЩЕ</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6"/>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
@@ -361,51 +361,55 @@
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>22200</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA05020210010023649</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Погребище</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Рокитна, 12</t>
         </is>
       </c>
-      <c r="P2" s="5"/>
+      <c r="P2" s="5" t="inlineStr">
+        <is>
+          <t>+38(043)-462-13-18; +38(043)-462-12-12;</t>
+        </is>
+      </c>
       <c r="Q2" s="5"/>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Якубовський Ярослав Сергійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>