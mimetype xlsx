--- v0 (2025-10-27)
+++ v1 (2026-03-16)
@@ -306,110 +306,110 @@
       </c>
       <c r="S1" s="4" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="T1" s="4" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="U1" s="4" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад " Немирівський професійний ліцей"</t>
+          <t>Комунальний заклад "Немирівський професійний ліцей" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
-        <v>1870</v>
+        <v>7423</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Немирівський професійний ліцей"</t>
+          <t>КЗ НПЛ</t>
         </is>
       </c>
       <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
-        <v>1977</v>
+        <v>2025</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>22800</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA05020170010087489</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Немирів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Ліцейна, 1</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>096-368-79-52</t>
+          <t>+38(096)-368-79-52</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>nem_licey@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>www.npl.cc.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Попатенко Микола Іванович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>