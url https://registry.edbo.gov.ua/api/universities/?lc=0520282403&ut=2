--- v0 (2025-10-19)
+++ v1 (2026-01-24)
@@ -369,63 +369,59 @@
           <t>23040</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA05060010300026010</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>с. Кузьминці</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Студентська, 30</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>0989713406</t>
+          <t>+38(067)-955-30-54;</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>Kuzsat11@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kuzsat11@gmail.com</t>
+        </is>
+      </c>
+      <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Макогон Василь Дмитрович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:V2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 