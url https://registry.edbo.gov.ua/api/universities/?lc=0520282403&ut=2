--- v1 (2026-01-24)
+++ v2 (2026-03-16)
@@ -318,55 +318,51 @@
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>Кузьминецький професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>2340</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>Кузьминецький ПАЛ</t>
         </is>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E2" s="5"/>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>1945</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J2" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>23040</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">