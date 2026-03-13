--- v0 (2025-10-26)
+++ v1 (2026-03-13)
@@ -384,52 +384,58 @@
         <is>
           <t>., .</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>+804(34)-322-16-1</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>ladcentr@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5"/>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Пугач Микола Васильович</t>
         </is>
       </c>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>46087</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>ВІДОКРЕМЛЕНИЙ ПІДРОЗДІЛ "ЛАДИЖИНСЬКА ТЕПЛОВА ЕЛЕКТРИЧНА СТАНЦІЯ" АКЦІОНЕРНОГО ТОВАРИСТВА "ДТЕК ЗАХІДЕНЕРГО"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6873</v>
       </c>
       <c r="C3" s="6" t="n">
         <v>6814</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6"/>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>