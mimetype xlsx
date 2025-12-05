--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -467,63 +467,55 @@
           <t>24000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA05080050010069812</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Могилів-Подільський</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Сагайдачного, 6</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>6-28-17</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(043)-376-28-17; +38(043)-376-37-29;</t>
+        </is>
+      </c>
+      <c r="Q3" s="5"/>
+      <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Кордон Володимир Михайлович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Могилів-Подільський монтажно-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>666</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>