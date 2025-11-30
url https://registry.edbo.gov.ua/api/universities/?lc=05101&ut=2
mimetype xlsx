--- v0 (2025-10-11)
+++ v1 (2025-11-30)
@@ -1278,390 +1278,386 @@
           <t>043 265 53 62</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>vncpto1@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
           <t>Дяків Валерій Васильович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Вінницьке вище професійне училище сфери послуг"</t>
+          <t>Державний професійно-технічний навчальний заклад "Вінницьке міжрегіональне вище професійне училище"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>1888</v>
+        <v>1872</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ВВПУСП</t>
-[...2 lines deleted...]
-      <c r="E13" s="5"/>
+          <t>ДПТНЗ «Вінницьке МВПУ»</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>Vinnytsia Interregional Higher Vocational School</t>
+        </is>
+      </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1979</v>
+        <v>1944</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>21029</t>
+          <t>21009</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Хмельницьке шосе, 145</t>
+          <t>вул. Стрілецька, 5</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>8(0432) 56-14-23</t>
+          <t>(0432) 61-23-32</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>vpusp@ukr.net</t>
+          <t>vmvpu.vn.ua@gmail.com</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>vpusp.vn.ua</t>
+          <t>vmvpu.vn.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Балицька Валентина Євгеніївна</t>
+          <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Вінницьке міжрегіональне вище професійне училище"</t>
+          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>1872</v>
+        <v>6906</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Вінницьке МВПУ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
+        </is>
+      </c>
+      <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1944</v>
+        <v>1975</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J14" s="5"/>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>21009</t>
+          <t>21034</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрілецька, 5</t>
+          <t>вул. Мазепи Гетьмана, 11</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(0432) 61-23-32</t>
+          <t>(067)392-85-38</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>vmvpu.vn.ua@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>vinashtsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Дмитрик Олександр Дмитрович</t>
+          <t>Смішний Роман Вікторович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>6906</v>
+        <v>5419</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
+          <t>КНП "ВОЦПОМП ВОР"</t>
         </is>
       </c>
       <c r="E15" s="5"/>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J15" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>21034</t>
+          <t>21018</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Мазепи Гетьмана, 11</t>
+          <t>вул. Пирогова, 57</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>(067)392-85-38</t>
+          <t>+380(43)-268-07-17</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>vinashtsou@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R15" s="5"/>
+          <t>centr-metod@ukr.net</t>
+        </is>
+      </c>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>cpo.vn.ua</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Смішний Роман Вікторович</t>
+          <t>Фурман Лариса Борисівна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
+          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>5419</v>
+        <v>7413</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КНП "ВОЦПОМП ВОР"</t>
+          <t>КЗ ВПКСП</t>
         </is>
       </c>
       <c r="E16" s="5"/>
       <c r="F16" s="7"/>
       <c r="G16" s="6" t="n">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="H16" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>21018</t>
+          <t>21029</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 57</t>
+          <t>Хмельницьке шосе , 145</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+380(43)-268-07-17</t>
+          <t>+38(043)-256-14-23</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>centr-metod@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vpusp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Фурман Лариса Борисівна</t>
+          <t>Балицька Валентина Євгенівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Комунальний професійно-технічний навчальний заклад "Вінницький навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6450</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>Навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
         <v>2021</v>
       </c>