--- v1 (2025-11-30)
+++ v2 (2026-01-27)
@@ -1194,470 +1194,464 @@
         <is>
           <t>vcptotd@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>vinprofcenter.org.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Дацишина Галина Вікторівна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Центр професійно-технічної освіти №1 м. Вінниці"</t>
+          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>1828</v>
+        <v>6906</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ЦПТО №1 м. Вінниці"</t>
+          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>21022</t>
+          <t>21034</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Сергія Зулінського, 27</t>
+          <t>вул. Мазепи Гетьмана, 11</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>043 265 53 62</t>
+          <t>(067)392-85-38</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>vncpto1@ukr.net</t>
+          <t>vinashtsou@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Дяків Валерій Васильович</t>
+          <t>Смішний Роман Вікторович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Вінницьке міжрегіональне вище професійне училище"</t>
+          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>1872</v>
+        <v>5419</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «Вінницьке МВПУ»</t>
-[...6 lines deleted...]
-      </c>
+          <t>КНП "ВОЦПОМП ВОР"</t>
+        </is>
+      </c>
+      <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1944</v>
+        <v>1993</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>21009</t>
+          <t>21018</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Стрілецька, 5</t>
+          <t>вул. Пирогова, 57</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(0432) 61-23-32</t>
+          <t>+380(43)-268-07-17</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>vmvpu.vn.ua@gmail.com</t>
+          <t>centr-metod@ukr.net</t>
         </is>
       </c>
       <c r="R13" s="5" t="inlineStr">
         <is>
-          <t>vmvpu.vn.ua</t>
+          <t>cpo.vn.ua</t>
         </is>
       </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Дмитрик Олександр Дмитрович</t>
+          <t>Фурман Лариса Борисівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Комунальний заклад "Вінницький індустріальний професійний коледж" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>6906</v>
+        <v>7424</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
+          <t>КЗ ВІПК</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1975</v>
+        <v>2025</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J14" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>21034</t>
+          <t>21022</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Мазепи Гетьмана, 11</t>
+          <t>вул. Зулінського Сергія, 27</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>(067)392-85-38</t>
+          <t>+38(043)-265-53-62</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>vinashtsou@ukr.net</t>
+          <t>vncpto1@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Смішний Роман Вікторович</t>
+          <t>Дяків Валерій Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
+          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
-        <v>5419</v>
+        <v>7413</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
-          <t>КНП "ВОЦПОМП ВОР"</t>
-[...2 lines deleted...]
-      <c r="E15" s="5"/>
+          <t>КЗ ВПКСП</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Vinnytsia Professional College of Services» of Vinnytsia Regional Council</t>
+        </is>
+      </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
-          <t>21018</t>
+          <t>21029</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 57</t>
+          <t>Хмельницьке шосе, 145</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+380(43)-268-07-17</t>
+          <t>+38(043)-205-61-42;</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>centr-metod@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vpcs@ukr.net</t>
+        </is>
+      </c>
+      <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Фурман Лариса Борисівна</t>
+          <t>Балицька Валентина Євгеніївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Вінницький професійний коледж цифрових технологій та підприємництва" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
-        <v>7413</v>
+        <v>7417</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
-          <t>КЗ ВПКСП</t>
-[...2 lines deleted...]
-      <c r="E16" s="5"/>
+          <t>КЗ "ВПКЦТП"</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Vinnytsia Vocational College of Digital Technologies and Business» of the Vinnytsia Regional Council</t>
+        </is>
+      </c>
       <c r="F16" s="7"/>
-      <c r="G16" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G16" s="6"/>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
-          <t>21029</t>
+          <t>21009</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
-          <t>Хмельницьке шосе , 145</t>
+          <t>вул. Стрілецька, 5</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-256-14-23</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(096)-258-03-03;</t>
+        </is>
+      </c>
+      <c r="Q16" s="5"/>
       <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
-          <t>Балицька Валентина Євгенівна</t>
+          <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Комунальний професійно-технічний навчальний заклад "Вінницький навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6450</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t>Навчально-курсовий комбінат</t>
         </is>
       </c>
       <c r="E17" s="5"/>
       <c r="F17" s="7"/>
       <c r="G17" s="6" t="n">
         <v>2021</v>
       </c>