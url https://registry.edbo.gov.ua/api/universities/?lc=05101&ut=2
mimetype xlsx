--- v2 (2026-01-27)
+++ v3 (2026-03-13)
@@ -1421,51 +1421,51 @@
           <t>21022</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Зулінського Сергія, 27</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-265-53-62</t>
+          <t>+38(043)-250-98-64</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>vncpto1@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Дяків Валерій Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної Ради</t>
@@ -1509,59 +1509,63 @@
           <t>21029</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>Хмельницьке шосе, 145</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-205-61-42;</t>
+          <t>+38(043)-205-61-42</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>vpcs@ukr.net</t>
         </is>
       </c>
-      <c r="R15" s="5"/>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>vpusp.vn.ua</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Балицька Валентина Євгеніївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вінницький професійний коледж цифрових технологій та підприємництва" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>7417</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
@@ -1595,55 +1599,63 @@
           <t>21009</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Стрілецька, 5</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(096)-258-03-03;</t>
-[...3 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>+38(096)-258-03-03</t>
+        </is>
+      </c>
+      <c r="Q16" s="5" t="inlineStr">
+        <is>
+          <t>vmvpu.vn.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>http://vmvpu.vn.ua/</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Комунальний професійно-технічний навчальний заклад "Вінницький навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6450</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>