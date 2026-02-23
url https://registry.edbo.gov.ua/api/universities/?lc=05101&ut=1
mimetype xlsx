--- v0 (2025-11-03)
+++ v1 (2026-02-23)
@@ -802,56 +802,56 @@
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O7" s="5" t="inlineStr">
         <is>
           <t>вул. Острозького, 32</t>
         </is>
       </c>
       <c r="P7" s="5" t="inlineStr">
         <is>
           <t>+380 (432) 612812</t>
         </is>
       </c>
       <c r="Q7" s="5" t="inlineStr">
         <is>
           <t>info@vspu.edu.ua</t>
         </is>
       </c>
       <c r="R7" s="5" t="inlineStr">
         <is>
           <t>www.vspu.edu.ua</t>
         </is>
       </c>
       <c r="S7" s="5" t="inlineStr">
         <is>
-          <t>ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T7" s="5" t="inlineStr">
         <is>
-          <t>Лазаренко Наталія Іванівна</t>
+          <t>Завальнюк Інна Яківна</t>
         </is>
       </c>
       <c r="U7" s="8"/>
       <c r="V7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="5" t="inlineStr">
         <is>
           <t>"Вінницький коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B8" s="6" t="n">
         <v>1524</v>
       </c>
       <c r="C8" s="6" t="n">
         <v>310</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E8" s="5"/>
       <c r="F8" s="7"/>
       <c r="G8" s="6" t="n">
@@ -955,65 +955,53 @@
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>21009</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>вул. Академіка Янгеля, 59</t>
         </is>
       </c>
-      <c r="P9" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="P9" s="5"/>
+      <c r="Q9" s="5"/>
+      <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Колотій Світлана Василівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Вінницький навчально-науковий інститут економіки Західноукраїнського національного університету</t>
         </is>
       </c>
       <c r="B10" s="6" t="n">
         <v>2786</v>
       </c>
       <c r="C10" s="6" t="n">
         <v>171</v>
       </c>
@@ -1242,56 +1230,56 @@
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Сонячна, 3</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
           <t>(0432) 437230, 560313;</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
           <t>rector@vsau.org</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
           <t>https://vsau.org</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Мазур Віктор Анатолійович</t>
+          <t>Калетнік Григорій Миколайович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Вінницький національний медичний університет ім. М. І. Пирогова</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>20</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ВНМУ ім. М.І. Пирогова</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>National Pirogov Memorial Medical University, Vinnytsya</t>
         </is>
       </c>
@@ -1434,56 +1422,56 @@
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Хмельницьке шосе, 95</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
           <t>(043)256-08-48, (043)232-57-18, (043)246-57-72</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>vntu@vntu.edu.ua</t>
         </is>
       </c>
       <c r="R14" s="5" t="inlineStr">
         <is>
           <t>www.vntu.edu.ua</t>
         </is>
       </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов’язків ректора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Біліченко Віктор Вікторович</t>
+          <t>Бурєнніков Юрій Юрійович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Вінницький торговельно - економічний інститут Державного торговельно - економічного університету</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>6600</v>
       </c>
       <c r="C15" s="6" t="n">
         <v>6594</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>ВТЕІ ДТЕУ</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>Vinnytsia Institute of Trade and Economics of State University of Trade and Economics</t>
@@ -1969,63 +1957,55 @@
           <t>21037</t>
         </is>
       </c>
       <c r="L20" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M20" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N20" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O20" s="5" t="inlineStr">
         <is>
           <t>вул. Пирогова, 71 А</t>
         </is>
       </c>
       <c r="P20" s="5" t="inlineStr">
         <is>
-          <t>+38(0432)53-36-80, +38(067)-369-98-38</t>
-[...11 lines deleted...]
-      </c>
+          <t>534727;</t>
+        </is>
+      </c>
+      <c r="Q20" s="5"/>
+      <c r="R20" s="5"/>
       <c r="S20" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T20" s="5" t="inlineStr">
         <is>
           <t>Боднар Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U20" s="8"/>
       <c r="V20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Дніпровський інститут медицини та громадського здоров'я"</t>
         </is>
       </c>
       <c r="B21" s="6" t="n">
         <v>4250</v>
       </c>
       <c r="C21" s="6"/>
       <c r="D21" s="5" t="inlineStr">
         <is>