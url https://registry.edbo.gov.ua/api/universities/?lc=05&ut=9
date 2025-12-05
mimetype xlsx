--- v0 (2025-10-14)
+++ v1 (2025-12-05)
@@ -480,51 +480,51 @@
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>просп. Юності, 8</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>+380968982796</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>tpkvnau.oc@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>http://tpk-vnau.org</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Колесник Тетяна Василівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Вінницький торговельно-економічний фаховий коледж Державного торговельно-економічного університету"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>6614</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>6594</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП "ВТЕФК ДТЕУ"</t>
@@ -1839,63 +1839,55 @@
           <t>24000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA05080050010069812</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Могилів-Подільський</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>вул. Сагайдачного, 6</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>6-28-17</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(043)-376-28-17; +38(043)-376-37-29;</t>
+        </is>
+      </c>
+      <c r="Q18" s="5"/>
+      <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Кордон Володимир Михайлович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Могилів-Подільський монтажно-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>666</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
@@ -2134,51 +2126,51 @@
           <t>м. Бар</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>вул. Героїв Майдану, 7/32</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>(04341)2-23-51</t>
         </is>
       </c>
       <c r="Q21" s="5" t="inlineStr">
         <is>
           <t>barbktbntu@gmail.com</t>
         </is>
       </c>
       <c r="R21" s="5" t="inlineStr">
         <is>
           <t>vspbfktbntu.com.ua</t>
         </is>
       </c>
       <c r="S21" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Кібітлевський Йосип Едуардович</t>
         </is>
       </c>
       <c r="U21" s="8"/>
       <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Гайсинський медичний фаховий коледж</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>432</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>ГМФК</t>
         </is>
       </c>