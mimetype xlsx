--- v1 (2025-12-05)
+++ v2 (2026-03-10)
@@ -1839,54 +1839,58 @@
           <t>24000</t>
         </is>
       </c>
       <c r="L18" s="7" t="inlineStr">
         <is>
           <t>UA05080050010069812</t>
         </is>
       </c>
       <c r="M18" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N18" s="5" t="inlineStr">
         <is>
           <t>м. Могилів-Подільський</t>
         </is>
       </c>
       <c r="O18" s="5" t="inlineStr">
         <is>
           <t>вул. Сагайдачного, 6</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-376-28-17; +38(043)-376-37-29;</t>
-[...2 lines deleted...]
-      <c r="Q18" s="5"/>
+          <t>+38(043)-376-28-17</t>
+        </is>
+      </c>
+      <c r="Q18" s="5" t="inlineStr">
+        <is>
+          <t>mogpodmedcollege@ukr.net</t>
+        </is>
+      </c>
       <c r="R18" s="5"/>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
           <t>Кордон Володимир Михайлович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Могилів-Подільський монтажно-економічний фаховий коледж</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>666</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
@@ -2203,61 +2207,61 @@
           <t>23700</t>
         </is>
       </c>
       <c r="L22" s="7" t="inlineStr">
         <is>
           <t>UA05040030010071792</t>
         </is>
       </c>
       <c r="M22" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N22" s="5" t="inlineStr">
         <is>
           <t>м. Гайсин</t>
         </is>
       </c>
       <c r="O22" s="5" t="inlineStr">
         <is>
           <t>вул. Богдана Хмельницького, 46</t>
         </is>
       </c>
       <c r="P22" s="5" t="inlineStr">
         <is>
-          <t>(043)342-15-43, (043)342-11-94, (043)342-11-89</t>
+          <t>+38(043)-342-15-43</t>
         </is>
       </c>
       <c r="Q22" s="5" t="inlineStr">
         <is>
-          <t>haisinmedcoll@i.ua</t>
+          <t>haisinmedcoll@ukr.net</t>
         </is>
       </c>
       <c r="R22" s="5" t="inlineStr">
         <is>
-          <t>www.c2n.info/gaysin_medic</t>
+          <t>mki00.yc.ukr.net</t>
         </is>
       </c>
       <c r="S22" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T22" s="5" t="inlineStr">
         <is>
           <t>Саблук Анатолій Григорович</t>
         </is>
       </c>
       <c r="U22" s="8"/>
       <c r="V22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="5" t="inlineStr">
         <is>
           <t>Іллінецький аграрний фаховий коледж</t>
         </is>
       </c>
       <c r="B23" s="6" t="n">
         <v>532</v>
       </c>
       <c r="C23" s="6"/>