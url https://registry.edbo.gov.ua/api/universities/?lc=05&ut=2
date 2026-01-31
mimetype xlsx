--- v0 (2025-12-04)
+++ v1 (2026-01-31)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$71</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$74</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V71"/>
+  <dimension ref="A1:V74"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1194,456 +1194,456 @@
         <is>
           <t>vcptotd@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>vinprofcenter.org.ua</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Дацишина Галина Вікторівна</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Центр професійно-технічної освіти №1 м. Вінниці"</t>
+          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
-        <v>1828</v>
+        <v>6906</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ЦПТО №1 м. Вінниці"</t>
+          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
         </is>
       </c>
       <c r="E12" s="5"/>
       <c r="F12" s="7"/>
       <c r="G12" s="6" t="n">
-        <v>2000</v>
+        <v>1975</v>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I12" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J12" s="5"/>
       <c r="K12" s="7" t="inlineStr">
         <is>
-          <t>21022</t>
+          <t>21034</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
-          <t>вул. Сергія Зулінського, 27</t>
+          <t>вул. Мазепи Гетьмана, 11</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>043 265 53 62</t>
+          <t>(067)392-85-38</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>vncpto1@ukr.net</t>
+          <t>vinashtsou@ukr.net</t>
         </is>
       </c>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Дяків Валерій Васильович</t>
+          <t>Смішний Роман Вікторович</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД "ВІННИЦЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
-        <v>6906</v>
+        <v>5419</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
-          <t>ЗАКЛАД ''ВАШ ТСОУ''</t>
+          <t>КНП "ВОЦПОМП ВОР"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
-        <v>1975</v>
+        <v>1993</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J13" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
-          <t>21034</t>
+          <t>21018</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N13" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O13" s="5" t="inlineStr">
         <is>
-          <t>вул. Мазепи Гетьмана, 11</t>
+          <t>вул. Пирогова, 57</t>
         </is>
       </c>
       <c r="P13" s="5" t="inlineStr">
         <is>
-          <t>(067)392-85-38</t>
+          <t>+380(43)-268-07-17</t>
         </is>
       </c>
       <c r="Q13" s="5" t="inlineStr">
         <is>
-          <t>vinashtsou@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R13" s="5"/>
+          <t>centr-metod@ukr.net</t>
+        </is>
+      </c>
+      <c r="R13" s="5" t="inlineStr">
+        <is>
+          <t>cpo.vn.ua</t>
+        </is>
+      </c>
       <c r="S13" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
-          <t>Смішний Роман Вікторович</t>
+          <t>Фурман Лариса Борисівна</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
-          <t>Комунальне некомерційне підприємство "Вінницький обласний центр післядипломної освіти медичних працівників Вінницької обласної ради"</t>
+          <t>Комунальний заклад "Вінницький індустріальний професійний коледж" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
-        <v>5419</v>
+        <v>7424</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
-          <t>КНП "ВОЦПОМП ВОР"</t>
+          <t>КЗ ВІПК</t>
         </is>
       </c>
       <c r="E14" s="5"/>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
-        <v>1993</v>
+        <v>2025</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
-          <t>21018</t>
+          <t>21022</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 57</t>
+          <t>вул. Зулінського Сергія, 27</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+380(43)-268-07-17</t>
+          <t>+38(043)-265-53-62</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
-          <t>centr-metod@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>vncpto1@ukr.net</t>
+        </is>
+      </c>
+      <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
-          <t>Фурман Лариса Борисівна</t>
+          <t>Дяків Валерій Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>7413</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>КЗ ВПКСП</t>
         </is>
       </c>
-      <c r="E15" s="5"/>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Vinnytsia Professional College of Services» of Vinnytsia Regional Council</t>
+        </is>
+      </c>
       <c r="F15" s="7"/>
       <c r="G15" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I15" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K15" s="7" t="inlineStr">
         <is>
           <t>21029</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
-          <t>Хмельницьке шосе , 145</t>
+          <t>Хмельницьке шосе, 145</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-256-14-23</t>
+          <t>+38(043)-205-61-42;</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
-          <t>vpusp@ukr.net</t>
+          <t>vpcs@ukr.net</t>
         </is>
       </c>
       <c r="R15" s="5"/>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
-          <t>Балицька Валентина Євгенівна</t>
+          <t>Балицька Валентина Євгеніївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вінницький професійний коледж цифрових технологій та підприємництва" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>7417</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t>КЗ "ВПКЦТП"</t>
         </is>
       </c>
-      <c r="E16" s="5"/>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution «Vinnytsia Vocational College of Digital Technologies and Business» of the Vinnytsia Regional Council</t>
+        </is>
+      </c>
       <c r="F16" s="7"/>
       <c r="G16" s="6"/>
       <c r="H16" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I16" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K16" s="7" t="inlineStr">
         <is>
           <t>21009</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Стрілецька, 5</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-261-23-32</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(096)-258-03-03;</t>
+        </is>
+      </c>
+      <c r="Q16" s="5"/>
+      <c r="R16" s="5"/>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Комунальний професійно-технічний навчальний заклад "Вінницький навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6450</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
@@ -2938,308 +2938,286 @@
         </is>
       </c>
       <c r="R32" s="5"/>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Король Інна Борисівна</t>
         </is>
       </c>
       <c r="U32" s="8" t="n">
         <v>44329</v>
       </c>
       <c r="V32" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Могилів-Подільська філія Державного навчального закладу "Професійний ліцей сфери послуг м. Хмільник"</t>
+          <t>Могилів-Подільська філія Комунального закладу "Професійний ліцей сфери послуг м. Хмільник" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>2763</v>
+        <v>7431</v>
       </c>
       <c r="C33" s="6" t="n">
-        <v>1839</v>
+        <v>7419</v>
       </c>
       <c r="D33" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E33" s="5"/>
       <c r="F33" s="7"/>
       <c r="G33" s="6" t="n">
-        <v>1997</v>
+        <v>2025</v>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
           <t>24000</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
           <t>UA05080050010069812</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Могилів-Подільський</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
           <t>вул. Покровська, 8</t>
         </is>
       </c>
-      <c r="P33" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="P33" s="5"/>
+      <c r="Q33" s="5"/>
+      <c r="R33" s="5"/>
       <c r="S33" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Коломієць Микола Петрович</t>
+          <t>Копчинська Людмила Василівна</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Професійний ліцей сфери послуг м. Хмільник"</t>
+          <t>Державний професійно-технічний навчальний заклад "Хмільницький аграрний центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>1839</v>
+        <v>1853</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "ПЛСП м. Хмільник"</t>
+          <t>ДПТНЗ «ХМІЛЬНИЦЬКИЙ АЦПТО»</t>
         </is>
       </c>
       <c r="E34" s="5"/>
       <c r="F34" s="7"/>
       <c r="G34" s="6" t="n">
-        <v>1997</v>
+        <v>1980</v>
       </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
           <t>22000</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA05120170010081140</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Хмільник</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>пл. Перемоги, 7</t>
+          <t>вул. Північна, 65</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>(04338) 2 25 48</t>
+          <t>0433823053</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>plsp_khm@ukr.net</t>
+          <t>hacpto17@ukr.net</t>
         </is>
       </c>
       <c r="R34" s="5" t="inlineStr">
         <is>
-          <t>http://hmilnyk.licey.org.uа</t>
+          <t>hmilnyk-agro.osv.org.ua</t>
         </is>
       </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Коломієць Микола Петрович</t>
+          <t>Баранюк Ігор Георгійович</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно-технічний навчальний заклад "Хмільницький аграрний центр професійно-технічної освіти"</t>
+          <t>Комунальний заклад "Професійний ліцей сфери послуг м. Хмільник" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>1853</v>
+        <v>7419</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ «ХМІЛЬНИЦЬКИЙ АЦПТО»</t>
+          <t>КЗ "ПЛСП м. Хмільник"</t>
         </is>
       </c>
       <c r="E35" s="5"/>
       <c r="F35" s="7"/>
-      <c r="G35" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G35" s="6"/>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
           <t>22000</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA05120170010081140</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Хмільник</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Північна, 65</t>
-[...6 lines deleted...]
-      </c>
+          <t>пл. Перемоги, 7</t>
+        </is>
+      </c>
+      <c r="P35" s="5"/>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>hacpto17@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>plsp_khm@ukr.net</t>
+        </is>
+      </c>
+      <c r="R35" s="5"/>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Баранюк Ігор Георгійович</t>
+          <t>Коломієць Микола Петрович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Профавто-12"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
         <v>4149</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
           <t>ПП "ПРОФАВТО-12"</t>
         </is>
       </c>
       <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
         <v>2007</v>
       </c>
@@ -3280,3051 +3258,3239 @@
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
           <t>80963091296; 80971183121;</t>
         </is>
       </c>
       <c r="Q36" s="5"/>
       <c r="R36" s="5"/>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
           <t>Шкрабалюк Василь Васильович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Гущинецьке вище професійне училище"</t>
+          <t>Хмільницька технічна школа товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>1913</v>
+        <v>6837</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Гущинецьке ВПУ"</t>
+          <t>Хмільницька техшкола ТСОУ</t>
         </is>
       </c>
       <c r="E37" s="5"/>
       <c r="F37" s="7"/>
-      <c r="G37" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G37" s="6"/>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J37" s="5"/>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>22434</t>
+          <t>22000</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA05120050040026860</t>
+          <t>UA05120170010081140</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
-          <t>с. Гущинці</t>
+          <t>м. Хмільник</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Шевченка, 114</t>
+          <t>вул. Монастирська, 59</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>043 333 64 33</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(067)-430-97-54;</t>
+        </is>
+      </c>
+      <c r="Q37" s="5"/>
       <c r="R37" s="5"/>
       <c r="S37" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Гаврилюк Володимир Олександрович</t>
+          <t>Король Сергій Андрійович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Барський професійний будівельний ліцей"</t>
+          <t>Державний навчальний заклад "Гущинецьке вище професійне училище"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>2186</v>
+        <v>1913</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Барський ПБЛ"</t>
+          <t>ДНЗ "Гущинецьке ВПУ"</t>
         </is>
       </c>
       <c r="E38" s="5"/>
       <c r="F38" s="7"/>
       <c r="G38" s="6" t="n">
-        <v>1968</v>
+        <v>1934</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>23000</t>
+          <t>22434</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA05060010010059821</t>
+          <t>UA05120050040026860</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
-          <t>м. Бар</t>
+          <t>с. Гущинці</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Григоровичів-Барських, 5</t>
+          <t>вул. Шевченка, 114</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>0434122044</t>
+          <t>043 333 64 33</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>BarBydlizey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>guscinecke_vpu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R38" s="5"/>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Шиндилюк Анатолій Вікторович</t>
+          <t>Гаврилюк Володимир Олександрович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "БАРСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
+          <t>Державний навчальний заклад "Барський професійний будівельний ліцей"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>7372</v>
+        <v>2186</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>НЗ ОГ "БАРСЬКИЙ РСТК ТСО УКРАЇНИ"</t>
+          <t>ДНЗ "Барський ПБЛ"</t>
         </is>
       </c>
       <c r="E39" s="5"/>
       <c r="F39" s="7"/>
       <c r="G39" s="6" t="n">
         <v>1968</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J39" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
           <t>23000</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
           <t>UA05060010010059821</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Бар</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>вул. Коцюбинського, 19</t>
+          <t>вул. Григоровичів-Барських, 5</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>(097)237-87-83</t>
+          <t>0434122044</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>bar_rstk@meta.ua</t>
-[...2 lines deleted...]
-      <c r="R39" s="5"/>
+          <t>BarBydlizey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R39" s="5" t="inlineStr">
+        <is>
+          <t>barbud.vn.ua</t>
+        </is>
+      </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Бондарчук Анатолій Васильович</t>
+          <t>Шиндилюк Анатолій Вікторович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Публічне акціонерне товариство "Барський машинобудівний завод"</t>
+          <t>НАВЧАЛЬНИЙ ЗАКЛАД ОБ'ЄДНАННЯ ГРОМАДЯН "БАРСЬКИЙ РАЙОННИЙ СПОРТИВНО-ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>3027</v>
+        <v>7372</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>ПАТ "Барський машзавод"</t>
+          <t>НЗ ОГ "БАРСЬКИЙ РСТК ТСО УКРАЇНИ"</t>
         </is>
       </c>
       <c r="E40" s="5"/>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2000</v>
+        <v>1968</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
           <t>23000</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA05060010010059821</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Бар</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Р. Люксембург, 5</t>
+          <t>вул. Коцюбинського, 19</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(04341) 22432, 24280, 24191</t>
+          <t>(097)237-87-83</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>barmash@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bar_rstk@meta.ua</t>
+        </is>
+      </c>
+      <c r="R40" s="5"/>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Лук Ілля Григорович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бондарчук Анатолій Васильович</t>
+        </is>
+      </c>
+      <c r="U40" s="8"/>
+      <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Бершадський професійний ліцей</t>
+          <t>Публічне акціонерне товариство "Барський машинобудівний завод"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>2924</v>
+        <v>3027</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>Бершадський ПЛ</t>
+          <t>ПАТ "Барський машзавод"</t>
         </is>
       </c>
       <c r="E41" s="5"/>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>1993</v>
+        <v>2000</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>24400</t>
+          <t>23000</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA05040010010024726</t>
+          <t>UA05060010010059821</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
-          <t>м. Бершадь</t>
+          <t>м. Бар</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Долинська, 30</t>
+          <t>вул. Р. Люксембург, 5</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>2-39-64</t>
+          <t>(04341) 22432, 24280, 24191</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>ber_prof_lizey@ukr.net</t>
+          <t>barmash@ukr.net</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
-          <t>http://bershad-proflic.vn.sch.in.ua/</t>
+          <t>www.barmash.vinnitsa.com</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Бернацька Олена Павлівна</t>
-[...3 lines deleted...]
-      <c r="V41" s="5"/>
+          <t>Лук Ілля Григорович</t>
+        </is>
+      </c>
+      <c r="U41" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V41" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Дочірнє підприємтсво "Бершадська автошкола" ТОВ "Вінницький обласний автоучбовий комбінат"</t>
+          <t>БЕРШАДСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>7285</v>
+        <v>7347</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ДП "Бершадська автошкола" ТОВ "ВОАУК"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2000</v>
+        <v>1968</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
           <t>24400</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA05040010010024726</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Бершадь</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Червоноармійська, 8</t>
+          <t>вул. ШЕВЧЕНКА, 36</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(043)522-46-69</t>
+          <t>(096)934-41-62</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>30804742@ukr.net</t>
+          <t>bershadtsou@gmail.com</t>
         </is>
       </c>
       <c r="R42" s="5"/>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Джужук Ігор Миколайович</t>
+          <t>ГЕРГЕЛЮК АНДРІЙ ВОЛОДИМИРОВИЧ</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Браїлівський професійний ліцей"</t>
+          <t>Бершадський професійний ліцей</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>1871</v>
+        <v>2924</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ «Браїлівський професійний ліцей»</t>
-[...6 lines deleted...]
-      </c>
+          <t>Бершадський ПЛ</t>
+        </is>
+      </c>
+      <c r="E43" s="5"/>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>1933</v>
+        <v>1993</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>23130</t>
+          <t>24400</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA05060050320051164</t>
+          <t>UA05040010010024726</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
-          <t>с-ще Браїлів</t>
+          <t>м. Бершадь</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Чайковського, 13</t>
+          <t>вул. Долинська, 30</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(04332)3-38-51, 3-35-38</t>
+          <t>2-39-64</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>brailov-licey@ukr.net</t>
+          <t>ber_prof_lizey@ukr.net</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
-          <t>http://bplbrailov.com.ua</t>
+          <t>http://bershad-proflic.vn.sch.in.ua/</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Лисак Андрій Романович</t>
+          <t>Бернацька Олена Павлівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Брацлавська автомобільна школа Товариства сприяння обороні України</t>
+          <t>Дочірнє підприємтсво "Бершадська автошкола" ТОВ "Вінницький обласний автоучбовий комбінат"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>6442</v>
+        <v>7285</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>Брацлавська АШ ТСОУ</t>
+          <t>ДП "Бершадська автошкола" ТОВ "ВОАУК"</t>
         </is>
       </c>
       <c r="E44" s="5"/>
       <c r="F44" s="7"/>
-      <c r="G44" s="6"/>
+      <c r="G44" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J44" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>22870</t>
+          <t>24400</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA05100010010062014</t>
+          <t>UA05040010010024726</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
-          <t>с-ще Брацлав</t>
+          <t>м. Бершадь</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзержинського, 20</t>
+          <t>вул. Червоноармійська, 8</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+380(43)-315-11-02</t>
+          <t>(043)522-46-69</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>bratslavtsou@ukr.net</t>
+          <t>30804742@ukr.net</t>
         </is>
       </c>
       <c r="R44" s="5"/>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Афанащенко Микола Севастянович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Джужук Ігор Миколайович</t>
+        </is>
+      </c>
+      <c r="U44" s="8"/>
+      <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Міленіум.М"</t>
+          <t>Державний навчальний заклад "Браїлівський професійний ліцей"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>2912</v>
+        <v>1871</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>ПП "Міленіум.М"</t>
-[...2 lines deleted...]
-      <c r="E45" s="5"/>
+          <t>ДНЗ «Браїлівський професійний ліцей»</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Institution "The Professional Lyceum of Brailov"</t>
+        </is>
+      </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2000</v>
+        <v>1933</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J45" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+        </is>
+      </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>23201</t>
+          <t>23130</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA05020030040041811</t>
+          <t>UA05060050020042300</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
-          <t>с. Вінницькі Хутори</t>
+          <t>с-ще Браїлів</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Українська, 37</t>
+          <t>вул. Чайковського, 13</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>0632413887</t>
+          <t>+38(804)-332-33-53</t>
         </is>
       </c>
       <c r="Q45" s="5"/>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Чекурда Андрій Андрійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Лисак Андрій Романович</t>
+        </is>
+      </c>
+      <c r="U45" s="8"/>
+      <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Професійно - технічне училище №14 смт. Вороновиця</t>
+          <t>Брацлавська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>2197</v>
+        <v>6442</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>ПТУ №14 смт.Вороновиця</t>
+          <t>Брацлавська АШ ТСОУ</t>
         </is>
       </c>
       <c r="E46" s="5"/>
       <c r="F46" s="7"/>
-      <c r="G46" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G46" s="6"/>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J46" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>23252</t>
+          <t>22870</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA05020050010084898</t>
+          <t>UA05100010010062014</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
-          <t>с-ще Вороновиця</t>
+          <t>с-ще Брацлав</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Гальчевського Якова, 1</t>
+          <t>вул. Дзержинського, 20</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(043)587-673</t>
+          <t>+380(43)-315-11-02</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>voron_ptu14@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>bratslavtsou@ukr.net</t>
+        </is>
+      </c>
+      <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Нагорний Володимир Миколайович</t>
-[...3 lines deleted...]
-      <c r="V46" s="5"/>
+          <t>Афанащенко Микола Севастянович</t>
+        </is>
+      </c>
+      <c r="U46" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V46" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Віртуал"</t>
+          <t>Приватне підприємство "Міленіум.М"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>3052</v>
+        <v>2912</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Віртуал"</t>
+          <t>ПП "Міленіум.М"</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>23700</t>
+          <t>23201</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA05040030010071792</t>
+          <t>UA05020030040041811</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
-          <t>м. Гайсин</t>
+          <t>с. Вінницькі Хутори</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>пров. 50 років СРСР, 2</t>
+          <t>вул. Українська, 37</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>093 40 40 104</t>
-[...6 lines deleted...]
-      </c>
+          <t>0632413887</t>
+        </is>
+      </c>
+      <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Лютий Олександр Дмитрович</t>
-[...3 lines deleted...]
-      <c r="V47" s="5"/>
+          <t>Чекурда Андрій Андрійович</t>
+        </is>
+      </c>
+      <c r="U47" s="8" t="n">
+        <v>43508</v>
+      </c>
+      <c r="V47" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти "Гніванський професійний ліцей”</t>
+          <t>Професійно - технічне училище №14 смт. Вороновиця</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>1912</v>
+        <v>2197</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>ЗП(ПТ)О "Гніванський професійний ліцей”</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПТУ №14 смт.Вороновиця</t>
+        </is>
+      </c>
+      <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>1981</v>
+        <v>1966</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>23310</t>
+          <t>23252</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA05020070010053570</t>
+          <t>UA05020050010084898</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
-          <t>м. Гнівань</t>
+          <t>с-ще Вороновиця</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Промислова, 2</t>
+          <t>вул. Гальчевського Якова, 1</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>0435533672</t>
+          <t>(043)587-673</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>gnivproflicey@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R48" s="5"/>
+          <t>voron_ptu14@ukr.net</t>
+        </is>
+      </c>
+      <c r="R48" s="5" t="inlineStr">
+        <is>
+          <t>ptu14.vn.ua</t>
+        </is>
+      </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Цимбалюк Ольга Віталіївна</t>
+          <t>Нагорний Володимир Миколайович</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Заболотненське вище професійне училище № 31 ім. Д.К. Заболотного</t>
+          <t>Товариство з обмеженою відповідальністю "Віртуал"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>1842</v>
+        <v>3052</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>Заболотненське ВПУ № 31 ім. Д.К. Заболотного</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Віртуал"</t>
+        </is>
+      </c>
+      <c r="E49" s="5"/>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>1881</v>
+        <v>2000</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>24631</t>
+          <t>23700</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA05100070040022108</t>
+          <t>UA05040030010071792</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
-          <t>с. Заболотне</t>
+          <t>м. Гайсин</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Чоботарська, 1</t>
+          <t>пров. 50 років СРСР, 2</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(04340)2-86-21</t>
+          <t>093 40 40 104</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>vpu_31@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>virtual-2000@i.ua</t>
+        </is>
+      </c>
+      <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Самборський Віталій Володимирович</t>
+          <t>Лютий Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Зозівський професійний аграрний ліцей Вінницької області</t>
+          <t>Заклад професійної (професійно-технічної) освіти "Гніванський професійний ліцей”</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>2010</v>
+        <v>1912</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Зозівський ПАЛ Вінницької обл.</t>
-[...2 lines deleted...]
-      <c r="E50" s="5"/>
+          <t>ЗП(ПТ)О "Гніванський професійний ліцей”</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>Institution of Professional (Vocational and Technical) Education "Hnivan Vocational Lyceum"</t>
+        </is>
+      </c>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>2000</v>
+        <v>1981</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>22525</t>
+          <t>23310</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA05020110110099638</t>
+          <t>UA05020070010053570</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
-          <t>с. Зозів</t>
+          <t>м. Гнівань</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 5А</t>
+          <t>вул. Промислова, 2</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>3-73-45</t>
+          <t>0435533672</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>zozivpal@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>gnivproflicey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Мельничук Володимир Борисович</t>
+          <t>Цимбалюк Ольга Віталіївна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Іллінецький міжшкільний навчально-виробничий комбінат Іллінецької районної ради Вінницької області</t>
+          <t>Заболотненське вище професійне училище № 31 ім. Д.К. Заболотного</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>3071</v>
+        <v>1842</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>Іллінецький МНВК</t>
-[...2 lines deleted...]
-      <c r="E51" s="5"/>
+          <t>Заболотненське ВПУ № 31 ім. Д.К. Заболотного</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>Zabolotnenskoye Higher Vocational School No.31 named after D.K.Zobolotny</t>
+        </is>
+      </c>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>1979</v>
+        <v>1881</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Районна рада</t>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>22700</t>
+          <t>24631</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA05020090010088788</t>
+          <t>UA05100070040022108</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
-          <t>м. Іллінці</t>
+          <t>с. Заболотне</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Леніна, 134</t>
+          <t>вул. Чоботарська, 1</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>(04345) 2-10-74, 2-25-40</t>
+          <t>(04340)2-86-21</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>mnvkillinci@mail.ru</t>
+          <t>vpu_31@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>mnvk.iledu.vn.ua</t>
+          <t>https://zvpu31.wixsite.com/site</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Крижанівський Сергій Іванович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Самборський Віталій Володимирович</t>
+        </is>
+      </c>
+      <c r="U51" s="8"/>
+      <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Комаргородське вище професійне училище</t>
+          <t>Зозівський професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>1829</v>
+        <v>2010</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>Комаргородське ВПУ</t>
+          <t>Зозівський ПАЛ Вінницької обл.</t>
         </is>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1973</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>24225</t>
+          <t>22525</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA05100130140088499</t>
+          <t>UA05020110110099638</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
-          <t>с. Комаргород</t>
+          <t>с. Зозів</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Соборна, 65</t>
+          <t>вул. Соборна, 5А</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>0434846337</t>
+          <t>3-73-45</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>komargorodpal@gmail.com</t>
+          <t>zozivpal@ukr.net</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>https://kvpy.vn.ua/</t>
+          <t>https://zoziv.licey.org.ua</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Ковальчук Михайло Іванович</t>
+          <t>Мельничук Володимир Борисович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад "Крижопільський професійний будівельний ліцей"</t>
+          <t>Іллінецький міжшкільний навчально-виробничий комбінат Іллінецької районної ради Вінницької області</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>2173</v>
+        <v>3071</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Крижопільський ПБЛ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Іллінецький МНВК</t>
+        </is>
+      </c>
+      <c r="E53" s="5"/>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>1970</v>
+        <v>1979</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J53" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Районна рада</t>
         </is>
       </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>24600</t>
+          <t>22700</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA05100070010021695</t>
+          <t>UA05020090010088788</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
-          <t>с-ще Крижопіль</t>
+          <t>м. Іллінці</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Чабанюка, 7</t>
+          <t>вул. Леніна, 134</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>80434021276;</t>
-[...3 lines deleted...]
-      <c r="R53" s="5"/>
+          <t>(04345) 2-10-74, 2-25-40</t>
+        </is>
+      </c>
+      <c r="Q53" s="5" t="inlineStr">
+        <is>
+          <t>mnvkillinci@mail.ru</t>
+        </is>
+      </c>
+      <c r="R53" s="5" t="inlineStr">
+        <is>
+          <t>mnvk.iledu.vn.ua</t>
+        </is>
+      </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Бурдейний Василь Миколайович</t>
-[...3 lines deleted...]
-      <c r="V53" s="5"/>
+          <t>Крижанівський Сергій Іванович</t>
+        </is>
+      </c>
+      <c r="U53" s="8" t="n">
+        <v>45701</v>
+      </c>
+      <c r="V53" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Кузьминецький професійний аграрний ліцей Вінницької області</t>
+          <t>Комаргородське вище професійне училище</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>2340</v>
+        <v>1829</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>Кузьминецький ПАЛ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комаргородське ВПУ</t>
+        </is>
+      </c>
+      <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>1945</v>
+        <v>1973</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>23040</t>
+          <t>24225</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA05060010300026010</t>
+          <t>UA05100130140088499</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
-          <t>с. Кузьминці</t>
+          <t>с. Комаргород</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Студентська, 30</t>
+          <t>вул. Соборна, 65</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>0989713406</t>
+          <t>0434846337</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>Kuzsat11@gmail.com</t>
+          <t>komargorodpal@gmail.com</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>sites.google.com/view/vashkuzmynetskylyceum/</t>
+          <t>https://kvpy.vn.ua/</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Макогон Василь Дмитрович</t>
+          <t>Ковальчук Михайло Іванович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Липовецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
+          <t>Державний навчальний заклад "Крижопільський професійний будівельний ліцей"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>6830</v>
+        <v>2173</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>Липовецький РСТК ТСОУ</t>
-[...2 lines deleted...]
-      <c r="E55" s="5"/>
+          <t>ДНЗ "Крижопільський ПБЛ"</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>State Educational Institution "Kryzhopil Professional Building Liceum"</t>
+        </is>
+      </c>
       <c r="F55" s="7"/>
-      <c r="G55" s="6"/>
+      <c r="G55" s="6" t="n">
+        <v>1970</v>
+      </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>22500</t>
+          <t>24600</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA05020110010028819</t>
+          <t>UA05100070010021695</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
-          <t>м. Липовець</t>
+          <t>с-ще Крижопіль</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. 1-го Травня, 2</t>
+          <t>вул. Чабанюка, 7</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-582-11-47;</t>
+          <t>80434021276;</t>
         </is>
       </c>
       <c r="Q55" s="5"/>
       <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Юкало Юрій Анатолійович</t>
+          <t>Бурдейний Василь Миколайович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Вінницький обласний навчально-курсовий комбінат аграрної освіти</t>
+          <t>Кузьминецький професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>4093</v>
+        <v>2340</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>Вінницький ОНКК</t>
+          <t>Кузьминецький ПАЛ</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>2000</v>
+        <v>1945</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Обласна рада</t>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>22300</t>
+          <t>23040</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA05020130010017278</t>
+          <t>UA05060010300026010</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
-          <t>с-ще Літин</t>
+          <t>с. Кузьминці</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Богдана Хмельницького, 97</t>
+          <t>вул. Студентська, 30</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+043(47)-216-64</t>
+          <t>+38(067)-955-30-54;</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>litiv_vonnkkao@ukr.net</t>
+          <t>kuzsat11@gmail.com</t>
         </is>
       </c>
       <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>В.о. директор</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Залєвський Олександр Миколайович</t>
+          <t>Макогон Василь Дмитрович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Державний професійно - технічний навчальний заклад "Мазурівський аграрний центр професійно-технічної освіти"</t>
+          <t>Липовецький районний спортивно-технічний клуб Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>2020</v>
+        <v>6830</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>ДПТНЗ "Мазурівський АЦ ПТО"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Липовецький РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E57" s="5"/>
       <c r="F57" s="7"/>
-      <c r="G57" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G57" s="6"/>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>24106</t>
+          <t>22500</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA05080090190027603</t>
+          <t>UA05020110010028819</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
-          <t>с. Мазурівка</t>
+          <t>м. Липовець</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Польова, 1</t>
+          <t>вул. 1-го Травня, 2</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>043 357 21 338</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(043)-582-11-47;</t>
+        </is>
+      </c>
+      <c r="Q57" s="5"/>
       <c r="R57" s="5"/>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Гриневський Анатолій Іванович</t>
+          <t>Юкало Юрій Анатолійович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Михайловецький професійний аграрний ліцей</t>
+          <t>Вінницький обласний навчально-курсовий комбінат аграрної освіти</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>2138</v>
+        <v>4093</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>Михайловецький ПАЛ</t>
+          <t>Вінницький ОНКК</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>1956</v>
+        <v>2000</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>23411</t>
+          <t>22300</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA05080070280083357</t>
+          <t>UA05020130010017278</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
-          <t>с. Михайлівці</t>
+          <t>с-ще Літин</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Центральна, 50 А</t>
+          <t>вул. Богдана Хмельницького, 97</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>04356 35 4 82</t>
+          <t>+043(47)-216-64</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>myhajlivcipal@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>litiv_vonnkkao@ukr.net</t>
+        </is>
+      </c>
+      <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Директор ліцею</t>
+          <t>В.о. директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Реморов Ярослав Станіславович</t>
+          <t>Залєвський Олександр Миколайович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Державний навчальний заклад " Немирівський професійний ліцей"</t>
+          <t>Державний професійно - технічний навчальний заклад "Мазурівський аграрний центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>1870</v>
+        <v>2020</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>ДНЗ "Немирівський професійний ліцей"</t>
-[...2 lines deleted...]
-      <c r="E59" s="5"/>
+          <t>ДПТНЗ "Мазурівський АЦ ПТО"</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>State vocational establishment "Mazurivskyi agrarian center of vocational education"</t>
+        </is>
+      </c>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>1977</v>
+        <v>2000</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>22800</t>
+          <t>24106</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA05020170010087489</t>
+          <t>UA05080090190027603</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
-          <t>м. Немирів</t>
+          <t>с. Мазурівка</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Ліцейна, 1</t>
+          <t>вул. Польова, 1</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>096-368-79-52</t>
+          <t>043 357 21 338</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>nem_licey@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>maspto@ukr.net</t>
+        </is>
+      </c>
+      <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Попатенко Микола Іванович</t>
+          <t>Гриневський Анатолій Іванович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Ліцей №2 м. Немирова Немирівської міської ради</t>
+          <t>Михайловецький професійний аграрний ліцей</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>3068</v>
+        <v>2138</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>Ліцей №2 м. Немирова</t>
-[...6 lines deleted...]
-      </c>
+          <t>Михайловецький ПАЛ</t>
+        </is>
+      </c>
+      <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>2000</v>
+        <v>1956</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Міська рада</t>
+          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>22800</t>
+          <t>23411</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA05020170010087489</t>
+          <t>UA05080070280083357</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
-          <t>м. Немирів</t>
+          <t>с. Михайлівці</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Гімназійна, 27</t>
+          <t>вул. Центральна, 50 А</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>(043)31-22-628, (043)31-22-428, (043)31-22-628</t>
+          <t>04356 35 4 82</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>nvk2nemyriv@ukr.net</t>
+          <t>myhajlivcipal@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5" t="inlineStr">
         <is>
-          <t>https://nvk2nemyriv.net.ua/</t>
+          <t>http://myhagro.licey.org.ua</t>
         </is>
       </c>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор ліцею</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Гудима Тетяна Анатоліївна</t>
+          <t>Реморов Ярослав Станіславович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Немирівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
+          <t>Комунальний заклад "Немирівський професійний ліцей" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>6473</v>
+        <v>7423</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>Немирівський РСТК ТСОУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>КЗ НПЛ</t>
+        </is>
+      </c>
+      <c r="E61" s="5"/>
       <c r="F61" s="7"/>
-      <c r="G61" s="6"/>
+      <c r="G61" s="6" t="n">
+        <v>2025</v>
+      </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
-          <t>Корпоративна</t>
-[...2 lines deleted...]
-      <c r="J61" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J61" s="5" t="inlineStr">
+        <is>
+          <t>Обласна рада</t>
+        </is>
+      </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
           <t>22800</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
           <t>UA05020170010087489</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Немирів</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. 50-РІЧЧЯ ВЛКСМ, 9</t>
+          <t>вул. Ліцейна, 1</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>+380(98)-494-44-50</t>
+          <t>+38(096)-368-79-52</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>nemrstktsoy@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R61" s="5"/>
+          <t>nem_licey@ukr.net</t>
+        </is>
+      </c>
+      <c r="R61" s="5" t="inlineStr">
+        <is>
+          <t>www.npl.cc.ua</t>
+        </is>
+      </c>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Кузнецов Сергій Іванович</t>
+          <t>Попатенко Микола Іванович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Оратівська філія Липовецького районного спортивно-технічного клубу Товариства сприяння обороні України</t>
+          <t>Ліцей №2 м. Немирова Немирівської міської ради</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>6851</v>
-[...3 lines deleted...]
-      </c>
+        <v>3068</v>
+      </c>
+      <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E62" s="5"/>
+          <t>Ліцей №2 м. Немирова</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>Lyceum #2 t. Nemyriv of the Nemyriv city council</t>
+        </is>
+      </c>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>2008</v>
+        <v>2000</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>22600</t>
+          <t>22800</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA05020190010015141</t>
+          <t>UA05020170010087489</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
-          <t>с-ще Оратів</t>
+          <t>м. Немирів</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Франка, 2</t>
-[...2 lines deleted...]
-      <c r="P62" s="5"/>
+          <t>вул. Гімназійна, 27</t>
+        </is>
+      </c>
+      <c r="P62" s="5" t="inlineStr">
+        <is>
+          <t>(043)31-22-628, (043)31-22-428, (043)31-22-628</t>
+        </is>
+      </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>sportklyb@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R62" s="5"/>
+          <t>nvk2nemyriv@ukr.net</t>
+        </is>
+      </c>
+      <c r="R62" s="5" t="inlineStr">
+        <is>
+          <t>https://nvk2nemyriv.net.ua/</t>
+        </is>
+      </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Яворський Петро Михайлович</t>
+          <t>Гудима Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Оратівська філія товариства з обмеженою відповідальністю "Вінницький обласний автоучбовий комбінат"</t>
+          <t>Немирівський районний спортивно-технічний клуб товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>3779</v>
-[...3 lines deleted...]
-      </c>
+        <v>6473</v>
+      </c>
+      <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>-</t>
-[...2 lines deleted...]
-      <c r="E63" s="5"/>
+          <t>Немирівський РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>Nemyriv District Sports and Technical Club of the Society for the Promotion of Defence of Ukraine</t>
+        </is>
+      </c>
       <c r="F63" s="7"/>
-      <c r="G63" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G63" s="6"/>
       <c r="H63" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Корпоративна</t>
         </is>
       </c>
       <c r="J63" s="5"/>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>22600</t>
+          <t>22800</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA05020190010015141</t>
+          <t>UA05020170010087489</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
-          <t>с-ще Оратів</t>
+          <t>м. Немирів</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Миру, 35</t>
+          <t>вул. 50-РІЧЧЯ ВЛКСМ, 9</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>55-49-54</t>
-[...2 lines deleted...]
-      <c r="Q63" s="5"/>
+          <t>+380(98)-494-44-50</t>
+        </is>
+      </c>
+      <c r="Q63" s="5" t="inlineStr">
+        <is>
+          <t>nemrstktsoy@ukr.net</t>
+        </is>
+      </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>директор Оратівської філії ТОВ "Вінницький обласний автоучбовий комбінат"</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Опалюк Володимир Іванович</t>
+          <t>Кузнецов Сергій Іванович</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Піщанський районний спортивно-технічний клуб Товариство сприяння оборони України</t>
+          <t>Оратівська філія Липовецького районного спортивно-технічного клубу Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>6446</v>
-[...1 lines deleted...]
-      <c r="C64" s="6"/>
+        <v>6851</v>
+      </c>
+      <c r="C64" s="6" t="n">
+        <v>6830</v>
+      </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>РСТК ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
-      <c r="G64" s="6"/>
+      <c r="G64" s="6" t="n">
+        <v>2008</v>
+      </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>24700</t>
+          <t>22600</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA05100090010032954</t>
+          <t>UA05020190010015141</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
-          <t>с-ще Піщанка</t>
+          <t>с-ще Оратів</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Ватутіна, 2</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Франка, 2</t>
+        </is>
+      </c>
+      <c r="P64" s="5"/>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>pishankatsou@ukr.net</t>
+          <t>sportklyb@ukr.net</t>
         </is>
       </c>
       <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Ременяк Михайло Кирилович</t>
+          <t>Яворський Петро Михайлович</t>
         </is>
       </c>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 42 м. Погребище</t>
+          <t>Оратівська філія товариства з обмеженою відповідальністю "Вінницький обласний автоучбовий комбінат"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>2075</v>
-[...1 lines deleted...]
-      <c r="C65" s="6"/>
+        <v>3779</v>
+      </c>
+      <c r="C65" s="6" t="n">
+        <v>2611</v>
+      </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>ВПУ-42 м.Погребище</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>1984</v>
+        <v>2016</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J65" s="5"/>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>22200</t>
+          <t>22600</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA05020210010023649</t>
+          <t>UA05020190010015141</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
-          <t>м. Погребище</t>
+          <t>с-ще Оратів</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Рокитна, 12</t>
+          <t>вул. Миру, 35</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>0434621311, 0434621318, 0434621312</t>
-[...6 lines deleted...]
-      </c>
+          <t>55-49-54</t>
+        </is>
+      </c>
+      <c r="Q65" s="5"/>
       <c r="R65" s="5"/>
       <c r="S65" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>директор Оратівської філії ТОВ "Вінницький обласний автоучбовий комбінат"</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Погорілий Сергій Тимофійович</t>
+          <t>Опалюк Володимир Іванович</t>
         </is>
       </c>
       <c r="U65" s="8"/>
       <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Стрижавський навчальний центр № 81</t>
+          <t>Піщанський районний спортивно-технічний клуб Товариство сприяння оборони України</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>4363</v>
+        <v>6446</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>РСТК ТСОУ</t>
         </is>
       </c>
       <c r="E66" s="5"/>
       <c r="F66" s="7"/>
-      <c r="G66" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G66" s="6"/>
       <c r="H66" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
-          <t>Державна пенітенціарна служба України</t>
+          <t>Товариство сприяння обороні України</t>
         </is>
       </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>23210</t>
+          <t>24700</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA05020230010011069</t>
+          <t>UA05100090010032954</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
-          <t>с-ще Стрижавка</t>
+          <t>с-ще Піщанка</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Алеї, 62</t>
-[...2 lines deleted...]
-      <c r="P66" s="5"/>
+          <t>вул. Ватутіна, 2</t>
+        </is>
+      </c>
+      <c r="P66" s="5" t="inlineStr">
+        <is>
+          <t>+380(43)-492-14-58</t>
+        </is>
+      </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>sncenter-81@i.ua</t>
+          <t>pishankatsou@ukr.net</t>
         </is>
       </c>
       <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Гогозей Анатолій Михайлович</t>
+          <t>Ременяк Михайло Кирилович</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Теплицький професійний аграрний ліцей Вінницької області</t>
+          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>2076</v>
+        <v>7420</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>Теплицький ПАЛ</t>
+          <t>КЗ ВПУ М.ПОГРЕБИЩЕ</t>
         </is>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="7"/>
-      <c r="G67" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G67" s="6"/>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>23800</t>
+          <t>22200</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA05040230010056657</t>
+          <t>UA05020210010023649</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
-          <t>с-ще Теплик</t>
+          <t>м. Погребище</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Студентська, 1</t>
-[...16 lines deleted...]
-      </c>
+          <t>вул. Рокитна, 12</t>
+        </is>
+      </c>
+      <c r="P67" s="5"/>
+      <c r="Q67" s="5"/>
+      <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Сокотнюк Сергій Олександрович</t>
+          <t>Якубовський Ярослав Сергійович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>ТРОСТЯНЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО - ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
+          <t>Стрижавський навчальний центр № 81</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>7151</v>
+        <v>4363</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J68" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J68" s="5" t="inlineStr">
+        <is>
+          <t>Державна пенітенціарна служба України</t>
+        </is>
+      </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>24300</t>
+          <t>23210</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA05040250010017575</t>
+          <t>UA05020230010011069</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
-          <t>с-ще Тростянець</t>
+          <t>с-ще Стрижавка</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. СОБОРНА, 34</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Алеї, 62</t>
+        </is>
+      </c>
+      <c r="P68" s="5"/>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>RSTKTSOU34@GMAIL.COM</t>
+          <t>sncenter-81@i.ua</t>
         </is>
       </c>
       <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>ДИРЕКТОР</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>СЕРЕДА ПЕТРО ВАСИЛЬОВИЧ</t>
+          <t>Гогозей Анатолій Михайлович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Вище професійне училище № 41 м.Тульчина</t>
+          <t>Теплицький професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>1854</v>
+        <v>2076</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>ВПУ № 41 м.Тульчина</t>
-[...6 lines deleted...]
-      </c>
+          <t>Теплицький ПАЛ</t>
+        </is>
+      </c>
+      <c r="E69" s="5"/>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>1976</v>
+        <v>1956</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>23600</t>
+          <t>23800</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA05100150010035552</t>
+          <t>UA05040230010056657</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
-          <t>м. Тульчин</t>
+          <t>с-ще Теплик</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Леонтовича, 133</t>
+          <t>вул. Студентська, 1</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>(04335)2-31-75, 04335-2-38-77</t>
-[...11 lines deleted...]
-      </c>
+          <t>2-11-64; 2-13-86 -----;</t>
+        </is>
+      </c>
+      <c r="Q69" s="5"/>
+      <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Друм Тетяна Петрівна</t>
+          <t>Сокотнюк Сергій Олександрович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Тульчинський міжшкільний ресурсний центр Тульчинської міської ради Вінницької області</t>
+          <t>ТРОСТЯНЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО - ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>6984</v>
+        <v>7151</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>Тульчинський МРЦ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>1992</v>
+        <v>1991</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J70" s="5"/>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>23600</t>
+          <t>24300</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA05100150010035552</t>
+          <t>UA05040250010017575</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
-          <t>м. Тульчин</t>
+          <t>с-ще Тростянець</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Пушкіна, 3</t>
+          <t>вул. СОБОРНА, 34</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(097)971-17-63</t>
+          <t>(097)273-45-70</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>tulmnvk@gmail.com</t>
+          <t>RSTKTSOU34@GMAIL.COM</t>
         </is>
       </c>
       <c r="R70" s="5"/>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Глухий Володимир Пилипович</t>
+          <t>СЕРЕДА ПЕТРО ВАСИЛЬОВИЧ</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Тульчинський районний спортивно-технічний клуб Товариства сприянння обороні України</t>
+          <t>Комунальний заклад "Вище професійне училище м. Тульчина" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>7350</v>
+        <v>7425</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>Тульчинський РСТК ТСОУ</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E71" s="5"/>
       <c r="F71" s="7"/>
-      <c r="G71" s="6"/>
+      <c r="G71" s="6" t="n">
+        <v>2025</v>
+      </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
-          <t>Товариство сприяння обороні України</t>
+          <t>Обласна рада</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
           <t>23600</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
           <t>UA05100150010035552</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Тульчин</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Василя Багрія, 11</t>
+          <t>вул. Леонтовича Миколи, 133</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>(380)974-20-07</t>
-[...11 lines deleted...]
-      </c>
+          <t>2-31-75; 2-38-77;</t>
+        </is>
+      </c>
+      <c r="Q71" s="5"/>
+      <c r="R71" s="5"/>
       <c r="S71" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Касіяненко Юрій Миколайович</t>
+          <t>Друм Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="inlineStr">
+        <is>
+          <t>Тульчинський міжшкільний ресурсний центр Тульчинської міської ради Вінницької області</t>
+        </is>
+      </c>
+      <c r="B72" s="6" t="n">
+        <v>6984</v>
+      </c>
+      <c r="C72" s="6"/>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t>Тульчинський МРЦ</t>
+        </is>
+      </c>
+      <c r="E72" s="5"/>
+      <c r="F72" s="7"/>
+      <c r="G72" s="6" t="n">
+        <v>1992</v>
+      </c>
+      <c r="H72" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I72" s="5" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
+      <c r="K72" s="7" t="inlineStr">
+        <is>
+          <t>23600</t>
+        </is>
+      </c>
+      <c r="L72" s="7" t="inlineStr">
+        <is>
+          <t>UA05100150010035552</t>
+        </is>
+      </c>
+      <c r="M72" s="5" t="inlineStr">
+        <is>
+          <t>Вінницька обл.</t>
+        </is>
+      </c>
+      <c r="N72" s="5" t="inlineStr">
+        <is>
+          <t>м. Тульчин</t>
+        </is>
+      </c>
+      <c r="O72" s="5" t="inlineStr">
+        <is>
+          <t>вул. Пушкіна, 3</t>
+        </is>
+      </c>
+      <c r="P72" s="5" t="inlineStr">
+        <is>
+          <t>(097)971-17-63</t>
+        </is>
+      </c>
+      <c r="Q72" s="5" t="inlineStr">
+        <is>
+          <t>tulmnvk@gmail.com</t>
+        </is>
+      </c>
+      <c r="R72" s="5"/>
+      <c r="S72" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T72" s="5" t="inlineStr">
+        <is>
+          <t>Глухий Володимир Пилипович</t>
+        </is>
+      </c>
+      <c r="U72" s="8"/>
+      <c r="V72" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="inlineStr">
+        <is>
+          <t>Тульчинський районний спортивно-технічний клуб Товариства сприянння обороні України</t>
+        </is>
+      </c>
+      <c r="B73" s="6" t="n">
+        <v>7350</v>
+      </c>
+      <c r="C73" s="6"/>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t>Тульчинський РСТК ТСОУ</t>
+        </is>
+      </c>
+      <c r="E73" s="5"/>
+      <c r="F73" s="7"/>
+      <c r="G73" s="6"/>
+      <c r="H73" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I73" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t>Товариство сприяння обороні України</t>
+        </is>
+      </c>
+      <c r="K73" s="7" t="inlineStr">
+        <is>
+          <t>23600</t>
+        </is>
+      </c>
+      <c r="L73" s="7" t="inlineStr">
+        <is>
+          <t>UA05100150010035552</t>
+        </is>
+      </c>
+      <c r="M73" s="5" t="inlineStr">
+        <is>
+          <t>Вінницька обл.</t>
+        </is>
+      </c>
+      <c r="N73" s="5" t="inlineStr">
+        <is>
+          <t>м. Тульчин</t>
+        </is>
+      </c>
+      <c r="O73" s="5" t="inlineStr">
+        <is>
+          <t>вул. Василя Багрія, 11</t>
+        </is>
+      </c>
+      <c r="P73" s="5" t="inlineStr">
+        <is>
+          <t>(380)974-20-07</t>
+        </is>
+      </c>
+      <c r="Q73" s="5" t="inlineStr">
+        <is>
+          <t>tulchin_rstk@ukr.net</t>
+        </is>
+      </c>
+      <c r="R73" s="5" t="inlineStr">
+        <is>
+          <t>https://www.auto-tsou.com/avtoshkola/tulchyn</t>
+        </is>
+      </c>
+      <c r="S73" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T73" s="5" t="inlineStr">
+        <is>
+          <t>Касіяненко Юрій Миколайович</t>
+        </is>
+      </c>
+      <c r="U73" s="8"/>
+      <c r="V73" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="inlineStr">
+        <is>
+          <t>ШАРГОРОДСЬКА АВТОМОБІЛЬНА ШКОЛА ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ ВІННИЦЬКОЇ ОБЛАСНОЇ ОРГАНІЗАЦІЇ ТСО УКРАЇНИ</t>
+        </is>
+      </c>
+      <c r="B74" s="6" t="n">
+        <v>7109</v>
+      </c>
+      <c r="C74" s="6"/>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t>ШАРГОРОДСЬКА АШ ТСОУ</t>
+        </is>
+      </c>
+      <c r="E74" s="5"/>
+      <c r="F74" s="7"/>
+      <c r="G74" s="6" t="n">
+        <v>1964</v>
+      </c>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
+        </is>
+      </c>
+      <c r="I74" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J74" s="5"/>
+      <c r="K74" s="7" t="inlineStr">
+        <is>
+          <t>23500</t>
+        </is>
+      </c>
+      <c r="L74" s="7" t="inlineStr">
+        <is>
+          <t>UA05060150010066273</t>
+        </is>
+      </c>
+      <c r="M74" s="5" t="inlineStr">
+        <is>
+          <t>Вінницька обл.</t>
+        </is>
+      </c>
+      <c r="N74" s="5" t="inlineStr">
+        <is>
+          <t>м. Шаргород</t>
+        </is>
+      </c>
+      <c r="O74" s="5" t="inlineStr">
+        <is>
+          <t>вул. Героїв Майдану, 294</t>
+        </is>
+      </c>
+      <c r="P74" s="5" t="inlineStr">
+        <is>
+          <t>(067)397-49-39</t>
+        </is>
+      </c>
+      <c r="Q74" s="5" t="inlineStr">
+        <is>
+          <t>sharhorodska-avtoshkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="R74" s="5"/>
+      <c r="S74" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T74" s="5" t="inlineStr">
+        <is>
+          <t>Тріщ Олександр Леонідович</t>
+        </is>
+      </c>
+      <c r="U74" s="8"/>
+      <c r="V74" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V71"/>
+  <autoFilter ref="A1:V74"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>