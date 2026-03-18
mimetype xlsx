--- v1 (2026-01-31)
+++ v2 (2026-03-18)
@@ -1421,51 +1421,51 @@
           <t>21022</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Зулінського Сергія, 27</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-265-53-62</t>
+          <t>+38(043)-250-98-64</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>vncpto1@ukr.net</t>
         </is>
       </c>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Дяків Валерій Васильович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вінницький професійний коледж сфери послуг" Вінницької обласної Ради</t>
@@ -1509,59 +1509,63 @@
           <t>21029</t>
         </is>
       </c>
       <c r="L15" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M15" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N15" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O15" s="5" t="inlineStr">
         <is>
           <t>Хмельницьке шосе, 145</t>
         </is>
       </c>
       <c r="P15" s="5" t="inlineStr">
         <is>
-          <t>+38(043)-205-61-42;</t>
+          <t>+38(043)-205-61-42</t>
         </is>
       </c>
       <c r="Q15" s="5" t="inlineStr">
         <is>
           <t>vpcs@ukr.net</t>
         </is>
       </c>
-      <c r="R15" s="5"/>
+      <c r="R15" s="5" t="inlineStr">
+        <is>
+          <t>vpusp.vn.ua</t>
+        </is>
+      </c>
       <c r="S15" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T15" s="5" t="inlineStr">
         <is>
           <t>Балицька Валентина Євгеніївна</t>
         </is>
       </c>
       <c r="U15" s="8"/>
       <c r="V15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вінницький професійний коледж цифрових технологій та підприємництва" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B16" s="6" t="n">
         <v>7417</v>
       </c>
       <c r="C16" s="6"/>
       <c r="D16" s="5" t="inlineStr">
         <is>
@@ -1595,55 +1599,63 @@
           <t>21009</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA05020030010063857</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Вінниця</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Стрілецька, 5</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>+38(096)-258-03-03;</t>
-[...3 lines deleted...]
-      <c r="R16" s="5"/>
+          <t>+38(096)-258-03-03</t>
+        </is>
+      </c>
+      <c r="Q16" s="5" t="inlineStr">
+        <is>
+          <t>vmvpu.vn.ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="R16" s="5" t="inlineStr">
+        <is>
+          <t>http://vmvpu.vn.ua/</t>
+        </is>
+      </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Дмитрик Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Комунальний професійно-технічний навчальний заклад "Вінницький навчально-курсовий комбінат житлово-комунального господарства"</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>6450</v>
       </c>
       <c r="C17" s="6"/>
       <c r="D17" s="5" t="inlineStr">
         <is>
@@ -2715,76 +2727,76 @@
       <c r="G30" s="6" t="n">
         <v>1940</v>
       </c>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t>Департамент гуманітарної політики Вінницької обласної державної адміністрації</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
           <t>22100</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
-          <t>UA05120090040015328</t>
+          <t>UA05120090010077573</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
-          <t>с. Козятин</t>
+          <t>м. Козятин</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
           <t>вул. Катукова, 44</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>043 422 00 65</t>
+          <t>+38(043)-422-00-65</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
-          <t>kmvpuzt@gmail.com</t>
+          <t>kmvpuzt@qmail.com</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
           <t>http://www.vpuzt.com.ua/</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
           <t>Стецюк Андрій Олексійович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>ВІДОКРЕМЛЕНИЙ ПІДРОЗДІЛ "ЛАДИЖИНСЬКА ТЕПЛОВА ЕЛЕКТРИЧНА СТАНЦІЯ" АКЦІОНЕРНОГО ТОВАРИСТВА "ДТЕК ЗАХІДЕНЕРГО"</t>
         </is>
@@ -3988,51 +4000,55 @@
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA05060050020042300</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>с-ще Браїлів</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
           <t>вул. Чайковського, 13</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
           <t>+38(804)-332-33-53</t>
         </is>
       </c>
-      <c r="Q45" s="5"/>
+      <c r="Q45" s="5" t="inlineStr">
+        <is>
+          <t>brailov-licey@ukr.net</t>
+        </is>
+      </c>
       <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
           <t>Лисак Андрій Романович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
           <t>Брацлавська автомобільна школа Товариства сприяння обороні України</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
         <v>6442</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
@@ -4857,51 +4873,51 @@
           <t>24600</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA05100070010021695</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>с-ще Крижопіль</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
           <t>вул. Чабанюка, 7</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>80434021276;</t>
+          <t>+38(804)-340-21-27</t>
         </is>
       </c>
       <c r="Q55" s="5"/>
       <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
           <t>Бурдейний Василь Миколайович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>Кузьминецький професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
         <v>2340</v>
@@ -5099,58 +5115,54 @@
           <t>22300</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA05020130010017278</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>с-ще Літин</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
           <t>вул. Богдана Хмельницького, 97</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>+043(47)-216-64</t>
-[...6 lines deleted...]
-      </c>
+          <t>+38(096)-619-41-16; +38(043)-472-16-66;</t>
+        </is>
+      </c>
+      <c r="Q58" s="5"/>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>В.о. директор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
           <t>Залєвський Олександр Миколайович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>Державний професійно - технічний навчальний заклад "Мазурівський аграрний центр професійно-технічної освіти"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
         <v>2020</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
@@ -5300,51 +5312,51 @@
         <is>
           <t>myhajlivcipal@ukr.net</t>
         </is>
       </c>
       <c r="R60" s="5" t="inlineStr">
         <is>
           <t>http://myhagro.licey.org.ua</t>
         </is>
       </c>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Директор ліцею</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
           <t>Реморов Ярослав Станіславович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Немирівський професійний ліцей" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Немирівський професійний ліцей" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
         <v>7423</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t>КЗ НПЛ</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
       <c r="G61" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -5798,57 +5810,63 @@
         <is>
           <t>вул. Ватутіна, 2</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
           <t>+380(43)-492-14-58</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
           <t>pishankatsou@ukr.net</t>
         </is>
       </c>
       <c r="R66" s="5"/>
       <c r="S66" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
           <t>Ременяк Михайло Кирилович</t>
         </is>
       </c>
-      <c r="U66" s="8"/>
-      <c r="V66" s="5"/>
+      <c r="U66" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V66" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної ради</t>
+          <t>Комунальний заклад "Вище професійне училище м. Погребище" Вінницької обласної Ради</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
         <v>7420</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t>КЗ ВПУ М.ПОГРЕБИЩЕ</t>
         </is>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="7"/>
       <c r="G67" s="6"/>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
@@ -5859,51 +5877,55 @@
       <c r="K67" s="7" t="inlineStr">
         <is>
           <t>22200</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
           <t>UA05020210010023649</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Погребище</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
           <t>вул. Рокитна, 12</t>
         </is>
       </c>
-      <c r="P67" s="5"/>
+      <c r="P67" s="5" t="inlineStr">
+        <is>
+          <t>+38(043)-462-13-18; +38(043)-462-12-12;</t>
+        </is>
+      </c>
       <c r="Q67" s="5"/>
       <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
           <t>Якубовський Ярослав Сергійович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
           <t>Стрижавський навчальний центр № 81</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
         <v>4363</v>
       </c>
       <c r="C68" s="6"/>
@@ -5935,51 +5957,55 @@
       <c r="K68" s="7" t="inlineStr">
         <is>
           <t>23210</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
           <t>UA05020230010011069</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
           <t>с-ще Стрижавка</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
           <t>вул. Алеї, 62</t>
         </is>
       </c>
-      <c r="P68" s="5"/>
+      <c r="P68" s="5" t="inlineStr">
+        <is>
+          <t>+38(043)-262-30-03</t>
+        </is>
+      </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
           <t>sncenter-81@i.ua</t>
         </is>
       </c>
       <c r="R68" s="5"/>
       <c r="S68" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
           <t>Гогозей Анатолій Михайлович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>Теплицький професійний аграрний ліцей Вінницької області</t>
         </is>
       </c>
@@ -6017,55 +6043,63 @@
           <t>23800</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
           <t>UA05040230010056657</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>с-ще Теплик</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
           <t>вул. Студентська, 1</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>2-11-64; 2-13-86 -----;</t>
-[...3 lines deleted...]
-      <c r="R69" s="5"/>
+          <t>+38(096)-222-57-70</t>
+        </is>
+      </c>
+      <c r="Q69" s="5" t="inlineStr">
+        <is>
+          <t>teplik-pal@ukr.net</t>
+        </is>
+      </c>
+      <c r="R69" s="5" t="inlineStr">
+        <is>
+          <t>https://teplikpal.org.ua</t>
+        </is>
+      </c>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
           <t>Сокотнюк Сергій Олександрович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
           <t>ТРОСТЯНЕЦЬКИЙ РАЙОННИЙ СПОРТИВНО - ТЕХНІЧНИЙ КЛУБ ТОВАРИСТВА СПРИЯННЯ ОБОРОНІ УКРАЇНИ</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
         <v>7151</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
@@ -6127,105 +6161,117 @@
       <c r="S70" s="5" t="inlineStr">
         <is>
           <t>ДИРЕКТОР</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
           <t>СЕРЕДА ПЕТРО ВАСИЛЬОВИЧ</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад "Вище професійне училище м. Тульчина" Вінницької обласної ради</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
         <v>7425</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E71" s="5"/>
+          <t>КЗ ВПУ м.Тульчина</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>Municipal institution «Higher Vocational school of Tulchyn» of Vinnytsia Regional Council</t>
+        </is>
+      </c>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J71" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K71" s="7" t="inlineStr">
         <is>
           <t>23600</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
           <t>UA05100150010035552</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>Вінницька обл.</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Тульчин</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
           <t>вул. Леонтовича Миколи, 133</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>2-31-75; 2-38-77;</t>
-[...3 lines deleted...]
-      <c r="R71" s="5"/>
+          <t>+38(043)-352-11-65</t>
+        </is>
+      </c>
+      <c r="Q71" s="5" t="inlineStr">
+        <is>
+          <t>hvs-41tulchin@ukr.net</t>
+        </is>
+      </c>
+      <c r="R71" s="5" t="inlineStr">
+        <is>
+          <t>https://hvs41.vn.ua/</t>
+        </is>
+      </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
           <t>Друм Тетяна Петрівна</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
           <t>Тульчинський міжшкільний ресурсний центр Тульчинської міської ради Вінницької області</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
         <v>6984</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>