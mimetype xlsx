--- v0 (2025-10-07)
+++ v1 (2025-11-25)
@@ -1420,59 +1420,67 @@
           <t>Міністерство захисту довкілля та природних ресурсів України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>03035</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
-          <t>вул. Митрополита В. Липківського, 35</t>
-[...3 lines deleted...]
-      <c r="Q14" s="5"/>
+          <t>вул. Липківського Василя Митрополита, 35</t>
+        </is>
+      </c>
+      <c r="P14" s="5" t="inlineStr">
+        <is>
+          <t>+38(044)-206-31-32</t>
+        </is>
+      </c>
+      <c r="Q14" s="5" t="inlineStr">
+        <is>
+          <t>dnu_iev@ukr.net</t>
+        </is>
+      </c>
       <c r="R14" s="5"/>
       <c r="S14" s="5" t="inlineStr">
         <is>
-          <t>В.о. Директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Бондар Олександр Іванович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Державне некомерційне підприємство "Державний університет "Київський авіаційний інститут"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>7208</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t>КАІ</t>
         </is>
       </c>
@@ -7134,52 +7142,58 @@
       <c r="P76" s="5" t="inlineStr">
         <is>
           <t>5156163</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
           <t>desn_ept@ukr.net</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
           <t>dcmaup.com.ua</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
           <t>Васильконова Еліна Олександрівна</t>
         </is>
       </c>
-      <c r="U76" s="8"/>
-      <c r="V76" s="5"/>
+      <c r="U76" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V76" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Європейський університет"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
         <v>228</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
           <t>ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>Private Higher Education Establishment "European University"</t>
         </is>
       </c>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
         <v>1991</v>
       </c>
@@ -7199,51 +7213,51 @@
           <t>03115</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
           <t>бульв. Академіка Вернадського, 16-в</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>(044) 4506490; 4509931; 4240544; 4523568</t>
+          <t>+38(044)-334-53-04</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
           <t>office@e-u.edu.ua</t>
         </is>
       </c>
       <c r="R77" s="5" t="inlineStr">
         <is>
           <t>http://www.e-u.edu.ua/</t>
         </is>
       </c>
       <c r="S77" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
           <t>Тимошенко Олена Іванівна</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
@@ -7641,61 +7655,61 @@
           <t>02091</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
           <t>Харківське шосе , 121</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>(044) 5760600, (094) 9261357</t>
+          <t>+38(097)-070-11-00</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>maem.academy.edu@gmail.com</t>
+          <t>rector@maem.edu.ua</t>
         </is>
       </c>
       <c r="R82" s="5" t="inlineStr">
         <is>
-          <t>http://maem.kiev.ua</t>
+          <t>https://maem.edu.ua</t>
         </is>
       </c>
       <c r="S82" s="5" t="inlineStr">
         <is>
           <t>Виконуючий обов’язки ректора</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
           <t>Савицький Іван Володимирович</t>
         </is>
       </c>
       <c r="U82" s="8"/>
       <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад "Міжнародна академія сертифікації бухгалтерів і аудиторів"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
         <v>4032</v>
       </c>
       <c r="C83" s="6"/>
@@ -8630,52 +8644,58 @@
       <c r="P93" s="5" t="inlineStr">
         <is>
           <t>(093)1189093</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
           <t>fnma.kyiv@gmail.com</t>
         </is>
       </c>
       <c r="R93" s="5" t="inlineStr">
         <is>
           <t>https://fnma.education/</t>
         </is>
       </c>
       <c r="S93" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
           <t>Лавріненко Юлія Валеріївна</t>
         </is>
       </c>
-      <c r="U93" s="8"/>
-      <c r="V93" s="5"/>
+      <c r="U93" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V93" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
           <t>Приватний заклад вищої освіти "Арт академія сучасного мистецтва імені Сальвадора Далі"</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
         <v>26</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
           <t>ПЗВО "Арт академія сучасного мистецтва ім. Сальвадора Далі"</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>Private Institution of Higher Education «Salvador Dali Academy of Contemporary Arts»</t>
         </is>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
         <v>2004</v>
       </c>
@@ -8871,51 +8891,51 @@
           <t>03187</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
           <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
           <t>просп. Академіка Глушкова, 42</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>+38(067)3772377, +38(044)3380043(42), +380631699867</t>
+          <t>+38(044)-338-00-42</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
           <t>rector@ieu.edu.ua</t>
         </is>
       </c>
       <c r="R96" s="5" t="inlineStr">
         <is>
           <t>https://www.ieu.edu.ua</t>
         </is>
       </c>
       <c r="S96" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
           <t>Грицан Іванна Ігорівна</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
@@ -9414,52 +9434,58 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O102" s="5" t="inlineStr">
         <is>
           <t>вул. Гончара Олеся, 79 кв 19</t>
         </is>
       </c>
       <c r="P102" s="5" t="inlineStr">
         <is>
           <t>+38(095)-026-93-26;</t>
         </is>
       </c>
       <c r="Q102" s="5"/>
       <c r="R102" s="5"/>
       <c r="S102" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T102" s="5" t="inlineStr">
         <is>
           <t>Гаркавенко Зоя Олександрівна</t>
         </is>
       </c>
-      <c r="U102" s="8"/>
-      <c r="V102" s="5"/>
+      <c r="U102" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V102" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Вищий навчальний заклад "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="B103" s="6" t="n">
         <v>5752</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ВНЗ "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>Limited Liability Company “Higher Educational Establishment “AMERICAN UNIVERSITY KYIV”</t>
         </is>
       </c>
       <c r="F103" s="7"/>
       <c r="G103" s="6"/>
       <c r="H103" s="5" t="inlineStr">
         <is>
@@ -9938,52 +9964,58 @@
         <is>
           <t>вул. Ломоносова, 18</t>
         </is>
       </c>
       <c r="P108" s="5" t="inlineStr">
         <is>
           <t>(044) 2216038; 5288282</t>
         </is>
       </c>
       <c r="Q108" s="5" t="inlineStr">
         <is>
           <t>medkolledg2@ukr.net</t>
         </is>
       </c>
       <c r="R108" s="5"/>
       <c r="S108" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T108" s="5" t="inlineStr">
         <is>
           <t>Барчукова Тетяна Вікторівна</t>
         </is>
       </c>
-      <c r="U108" s="8"/>
-      <c r="V108" s="5"/>
+      <c r="U108" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V108" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ"</t>
         </is>
       </c>
       <c r="B109" s="6" t="n">
         <v>7012</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="5" t="inlineStr">
         <is>
           <t>«УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ»</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>LIMITED LIABILITY COMPANY PRIVATE HIGHER EDUCATION INSTITUTION "UNIVERSITY OF MODERN TECHNOLOGIES"</t>
         </is>
       </c>
       <c r="F109" s="7"/>
       <c r="G109" s="6" t="n">
         <v>2024</v>
       </c>
@@ -10562,51 +10594,51 @@
           <t>https://ai-university.com.ua/</t>
         </is>
       </c>
       <c r="S115" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T115" s="5" t="inlineStr">
         <is>
           <t>Кушерець Дарина Василівна</t>
         </is>
       </c>
       <c r="U115" s="8" t="n">
         <v>45366</v>
       </c>
       <c r="V115" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>ФАХОВИЙ КОЛЕДЖ ТОВ "УНІВЕРСИТЕТ МІЖНАРОДНОЇ ОСВІТИ"</t>
+          <t>Фаховий коледж ТОВ "Університет міжнародних відносин"</t>
         </is>
       </c>
       <c r="B116" s="6" t="n">
         <v>7121</v>
       </c>
       <c r="C116" s="6" t="n">
         <v>6877</v>
       </c>
       <c r="D116" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E116" s="5"/>
       <c r="F116" s="7"/>
       <c r="G116" s="6"/>
       <c r="H116" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I116" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
@@ -10800,52 +10832,58 @@
       <c r="P118" s="5" t="inlineStr">
         <is>
           <t>0566-691601</t>
         </is>
       </c>
       <c r="Q118" s="5" t="inlineStr">
         <is>
           <t>pge.koleg@gmail.com</t>
         </is>
       </c>
       <c r="R118" s="5" t="inlineStr">
         <is>
           <t>http://www.pgek.net.ua</t>
         </is>
       </c>
       <c r="S118" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T118" s="5" t="inlineStr">
         <is>
           <t>Шевякова Наталія Леонідівна</t>
         </is>
       </c>
-      <c r="U118" s="8"/>
-      <c r="V118" s="5"/>
+      <c r="U118" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V118" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
           <t>Запорізький коледж вищого навчального закладу "Відкритий міжнародний університет розвитку людини "Україна"</t>
         </is>
       </c>
       <c r="B119" s="6" t="n">
         <v>1390</v>
       </c>
       <c r="C119" s="6" t="n">
         <v>217</v>
       </c>
       <c r="D119" s="5" t="inlineStr">
         <is>
           <t>Запорізький коледж університету "Україна"</t>
         </is>
       </c>
       <c r="E119" s="5"/>
       <c r="F119" s="7"/>
       <c r="G119" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H119" s="5" t="inlineStr">
         <is>