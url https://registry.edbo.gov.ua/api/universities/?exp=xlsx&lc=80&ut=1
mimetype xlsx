--- v1 (2025-11-25)
+++ v2 (2026-01-09)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$121</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$120</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V121"/>
+  <dimension ref="A1:V120"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1378,51 +1378,55 @@
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Колотов Вячеслав Вікторович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Державна наукова установа "Інститут екологічного відновлення та розвитку України"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>7385</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>ІЕВ</t>
         </is>
       </c>
-      <c r="E14" s="5"/>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>The State Scientific Institution “Institute of Ecological Renovation and Development of Ukraine”</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t>Міністерство захисту довкілля та природних ресурсів України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>03035</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
@@ -1433,51 +1437,55 @@
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Липківського Василя Митрополита, 35</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
           <t>+38(044)-206-31-32</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>dnu_iev@ukr.net</t>
         </is>
       </c>
-      <c r="R14" s="5"/>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>https://ierdu.org.ua/</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Бондар Олександр Іванович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Державне некомерційне підприємство "Державний університет "Київський авіаційний інститут"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>7208</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
@@ -3409,61 +3417,61 @@
           <t>03022</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
           <t>вул. Здановської Юлії, 18</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(044) 257 70 91 , 257 03 07, 258 20 29</t>
+          <t>+38(044)-257-70-91</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
           <t>rector@kkibp.edu.ua</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>http://kkibp.kiev.ua.</t>
+          <t>http://kkibp.edu.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>В.о.ректора</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
           <t>Гіджеліцький Віталій Миколайович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>КИЇВСЬКИЙ НАЦІОНАЛЬНИЙ ЕКОНОМІЧНИЙ УНІВЕРСИТЕТ ІМЕНІ ВАДИМА ГЕТЬМАНА</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
         <v>337</v>
       </c>
       <c r="C37" s="6"/>
@@ -4738,6421 +4746,6307 @@
         <is>
           <t>INFO@dance-academy.com.ua</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
           <t>https://dance-academy.kiev.ua/</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
           <t>Коломієць Вячеслав Анатолійович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад вищої освіти Київської обласної ради "Академія мистецтв імені Павла Чубинського"</t>
+          <t>Луганська державна академія культури і мистецтв</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>1373</v>
+        <v>204</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>КЗВО КОР "Академія мистецтв імені Павла Чубинського"</t>
+          <t>ЛДАКМ</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>Communal Higher Educational Establishment of Kyiv Regional Council "Academy of Arts"</t>
-[...2 lines deleted...]
-      <c r="F51" s="7"/>
+          <t>Luhansk State Academy of Culture and Arts</t>
+        </is>
+      </c>
+      <c r="F51" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G51" s="6" t="n">
-        <v>1930</v>
+        <v>2002</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Обласна державна адміністрація</t>
+          <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
           <t>01601</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Мазепи, 15</t>
+          <t>вул. Івана Франка, 19</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>(044) 2807692; 2907692; 2544246</t>
+          <t>+38 (044) 222 51 85, +38 (050) 502 22 03, +38 (097) 979 69 00</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>academy@chubynsky.best, koukim@ukr.net</t>
+          <t>ldakm@i.ua</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>https://www.chubynsky.best/</t>
+          <t>http://ldakm.edu.ua</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Романчишин Василь Григорович</t>
+          <t>Юдов Микола Олександрович</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Луганська державна академія культури і мистецтв</t>
+          <t>Маріупольський державний університет</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ЛДАКМ</t>
+          <t>МДУ</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>Luhansk State Academy of Culture and Arts</t>
+          <t>Mariupol State University</t>
         </is>
       </c>
       <c r="F52" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G52" s="6" t="n">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J52" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>03037</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка, 19</t>
+          <t>просп. Повітряних сил, 31</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 222 51 85, +38 (050) 502 22 03, +38 (097) 979 69 00</t>
+          <t>(0629) 58-75-90</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>ldakm@i.ua</t>
+          <t>info@mu.edu.ua</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>http://ldakm.edu.ua</t>
+          <t>https://mu.edu.ua</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Юдов Микола Олександрович</t>
+          <t>Марена Тетяна Василівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Маріупольський державний університет</t>
+          <t>Медично-фармацевтичний коледж Приватного вищого навчального закладу "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C53" s="6"/>
+        <v>2574</v>
+      </c>
+      <c r="C53" s="6" t="n">
+        <v>1292</v>
+      </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>МДУ</t>
+          <t>МФК ПВНЗ "МАЕМ"</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Mariupol State University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Medical and Pharmaceutical College of the International academy of ecology and medicine</t>
+        </is>
+      </c>
+      <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>03037</t>
+          <t>02660</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>просп. Повітряних сил, 31</t>
+          <t>вул. В.Шимановського, 2/1, кабінет 318</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(0629) 58-75-90</t>
+          <t>+38 (044) 563-98-54</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>info@mu.edu.ua</t>
+          <t>college@maem.edu.ua</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>https://mu.edu.ua</t>
+          <t>https://maem.edu.ua/medpharmcollege/</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Марена Тетяна Василівна</t>
+          <t>Малишев Віктор Володимирович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Медично-фармацевтичний коледж Приватного вищого навчального закладу "Міжнародна академія екології та медицини"</t>
+          <t>Національна академія внутрішніх справ</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>2574</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>МФК ПВНЗ "МАЕМ"</t>
+          <t>НАВС</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>Medical and Pharmaceutical College of the International academy of ecology and medicine</t>
+          <t>National Academy of Internal Affairs</t>
         </is>
       </c>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
-        <v>2012</v>
+        <v>1921</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J54" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство внутрішніх справ України</t>
+        </is>
+      </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>02660</t>
+          <t>03035</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. В.Шимановського, 2/1, кабінет 318</t>
+          <t>пл. Солом'янська, 1</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 563-98-54</t>
+          <t>+ 380(44)246-94-91</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>college@maem.edu.ua</t>
+          <t>post@navs.edu.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>https://maem.edu.ua/medpharmcollege/</t>
+          <t>https://www.navs.edu.ua/</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Малишев Віктор Володимирович</t>
+          <t>Сербин Руслан Андрійович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Національна академія внутрішніх справ</t>
+          <t>Національна академія керівних кадрів культури і мистецтв</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>240</v>
+        <v>332</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>НАВС</t>
+          <t>НАКККіМ</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Internal Affairs</t>
-[...2 lines deleted...]
-      <c r="F55" s="7"/>
+          <t>National Academy of Culture and Arts Management</t>
+        </is>
+      </c>
+      <c r="F55" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G55" s="6" t="n">
-        <v>1921</v>
+        <v>1970</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Міністерство внутрішніх справ України</t>
+          <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>03035</t>
+          <t>01015</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>пл. Солом'янська, 1</t>
+          <t>вул. Лаврська, 9, корпус 15</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+ 380(44)246-94-91</t>
+          <t>+ 38(044) 288-80-81, +38(044) 280-53-43, +38(068) 784-49-27</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>post@navs.edu.ua</t>
+          <t>akademiya@nakkkim.edu.ua</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>https://www.navs.edu.ua/</t>
+          <t>nakkkim.edu.ua</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Сербин Руслан Андрійович</t>
+          <t>Марченко Валерій Віталійович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Національна академія керівних кадрів культури і мистецтв</t>
+          <t>Національна академія образотворчого мистецтва і архітектури</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>332</v>
+        <v>297</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>НАКККіМ</t>
+          <t>НАОМА</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Culture and Arts Management</t>
+          <t>National Academy of Fine Arts and Architecture</t>
         </is>
       </c>
       <c r="F56" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G56" s="6" t="n">
-        <v>1970</v>
+        <v>1917</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>01015</t>
+          <t>04053</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Лаврська, 9, корпус 15</t>
+          <t>вул. Вознесенський узвіз, 20</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+ 38(044) 288-80-81, +38(044) 280-53-43, +38(068) 784-49-27</t>
+          <t>+38(044)272-15-40</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>akademiya@nakkkim.edu.ua</t>
+          <t>naoma@naoma.edu.ua</t>
         </is>
       </c>
       <c r="R56" s="5" t="inlineStr">
         <is>
-          <t>nakkkim.edu.ua</t>
+          <t>http:www.naoma.edu.ua</t>
         </is>
       </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Марченко Валерій Віталійович</t>
+          <t>Цугорка Олександр Петрович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Національна академія образотворчого мистецтва і архітектури</t>
+          <t>Національна академія Служби безпеки України</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>297</v>
+        <v>1339</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>НАОМА</t>
+          <t>НА СБУ</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Fine Arts and Architecture</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Academy of the Security Service of Ukraine</t>
+        </is>
+      </c>
+      <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1917</v>
+        <v>1992</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Служба безпеки України</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>04053</t>
+          <t>03066</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Вознесенський узвіз, 20</t>
+          <t>вул. Михайла Максимовича, 22</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>+38(044)272-15-40</t>
+          <t>(044) 2573035, 2570096, 2555001</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>naoma@naoma.edu.ua</t>
+          <t>academy@ssu.gov.ua</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>http:www.naoma.edu.ua</t>
+          <t>https://nasbu.edu.ua</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Цугорка Олександр Петрович</t>
+          <t>Черняк Андрій Миколайович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Національна академія Служби безпеки України</t>
+          <t>Національна академія статистики, обліку та аудиту</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>1339</v>
+        <v>67</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>НА СБУ</t>
+          <t>НАСОА</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>National Academy of the Security Service of Ukraine</t>
+          <t>The National Academy of Statistics, Accounting and Audit</t>
         </is>
       </c>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
-          <t>Служба безпеки України</t>
+          <t>Державна служба статистики України</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>03066</t>
+          <t>04107</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Максимовича, 22</t>
+          <t>вул. Підгірна, 1</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(044) 2573035, 2570096, 2555001</t>
+          <t>(044) 484 49 41, (044) 484 47 78</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>academy@ssu.gov.ua</t>
+          <t>info@nasoa.edu.ua</t>
         </is>
       </c>
       <c r="R58" s="5" t="inlineStr">
         <is>
-          <t>https://nasbu.edu.ua</t>
+          <t>http://nasoa.edu.ua</t>
         </is>
       </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Черняк Андрій Миколайович</t>
+          <t>Осауленко Олександр Григорович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Національна академія статистики, обліку та аудиту</t>
+          <t>Національна музична академія України імені П.І. Чайковського</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>67</v>
+        <v>357</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>НАСОА</t>
+          <t>НМАУ ім. П.І. Чайковського</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>The National Academy of Statistics, Accounting and Audit</t>
-[...2 lines deleted...]
-      <c r="F59" s="7"/>
+          <t>Ukrainian National Tchaikovsky Academy of Music</t>
+        </is>
+      </c>
+      <c r="F59" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G59" s="6" t="n">
-        <v>1986</v>
+        <v>1913</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Державна служба статистики України</t>
+          <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>04107</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Підгірна, 1</t>
+          <t>вул. Городецького, 1-3/11</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(044) 484 49 41, (044) 484 47 78</t>
+          <t>(044)279-07-92</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>info@nasoa.edu.ua</t>
+          <t>cancelyariya@knmau.соm.ua.</t>
         </is>
       </c>
       <c r="R59" s="5" t="inlineStr">
         <is>
-          <t>http://nasoa.edu.ua</t>
+          <t>www.knmau.com.ua</t>
         </is>
       </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Осауленко Олександр Григорович</t>
+          <t>Тимошенко Максим Олегович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Національна музична академія України імені П.І. Чайковського</t>
+          <t>Національний медичний університет імені О.О. Богомольця</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>357</v>
+        <v>149</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>НМАУ ім. П.І. Чайковського</t>
+          <t>НМУ імені О.О. Богомольця</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>Ukrainian National Tchaikovsky Academy of Music</t>
+          <t>Bogomolets National Medical University</t>
         </is>
       </c>
       <c r="F60" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G60" s="6" t="n">
-        <v>1913</v>
+        <v>1841</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>01601</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Городецького, 1-3/11</t>
+          <t>бульв. Тараса Шевченка, 13</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>(044)279-07-92</t>
+          <t>+380442349276; +380442355254;</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>cancelyariya@knmau.соm.ua.</t>
-[...6 lines deleted...]
-      </c>
+          <t>kancnmu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Тимошенко Максим Олегович</t>
+          <t>Кучин Юрій Леонідович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Національний медичний університет імені О.О. Богомольця</t>
+          <t>Національний технічний університет України «Київський політехнічний інститут імені Ігоря Сікорського»</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>НМУ імені О.О. Богомольця</t>
+          <t>КПІ ім. Ігоря Сікорського</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>Bogomolets National Medical University</t>
+          <t>National Technical University of Ukraine «Igor Sikorsky Kyiv Polytechnic Institute»</t>
         </is>
       </c>
       <c r="F61" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G61" s="6" t="n">
-        <v>1841</v>
+        <v>1898</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
-          <t>Міністерство охорони здоров`я України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>бульв. Тараса Шевченка, 13</t>
+          <t>просп. Берестейський, 37</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>(044) 454-49-83; 2349276; 2357391</t>
+          <t>(044) 204-82-82</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>kancnmu@nmu.ua</t>
+          <t>mail@kpi.ua</t>
         </is>
       </c>
       <c r="R61" s="5" t="inlineStr">
         <is>
-          <t>www.nmuofficial.com</t>
+          <t>http://kpi.ua</t>
         </is>
       </c>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Кучин Юрій Леонідович</t>
+          <t>Мельниченко Анатолій Анатолійович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Національний технічний університет України «Київський політехнічний інститут імені Ігоря Сікорського»</t>
+          <t>Національний транспортний університет</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>КПІ ім. Ігоря Сікорського</t>
+          <t>НТУ</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>National Technical University of Ukraine «Igor Sikorsky Kyiv Polytechnic Institute»</t>
+          <t>National Transport University</t>
         </is>
       </c>
       <c r="F62" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G62" s="6" t="n">
-        <v>1898</v>
+        <v>1944</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>01010</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>просп. Берестейський, 37</t>
+          <t>вул. Омеляновича-Павленка, 1</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>(044) 204-82-82</t>
+          <t>+38(044) 280 82 03</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>mail@kpi.ua</t>
+          <t>general@ntu.edu.ua</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
-          <t>http://kpi.ua</t>
+          <t>http://www.ntu.edu.ua</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Мельниченко Анатолій Анатолійович</t>
+          <t>Грищук Олександр Казимирович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Національний транспортний університет</t>
+          <t>Національний університет біоресурсів і природокористування України</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>НТУ</t>
+          <t>НУБіП України</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>National Transport University</t>
+          <t>National University of Life and Environmental Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F63" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G63" s="6" t="n">
-        <v>1944</v>
+        <v>1954</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>01010</t>
+          <t>03041</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Омеляновича-Павленка, 1</t>
+          <t>вул. Героїв Оборони, 15</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 280 82 03</t>
+          <t>(044) 5278242, 2584263</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>general@ntu.edu.ua</t>
+          <t>rectorat@nubip.edu.ua</t>
         </is>
       </c>
       <c r="R63" s="5" t="inlineStr">
         <is>
-          <t>http://www.ntu.edu.ua</t>
+          <t>http://www.nubip.edu.ua/</t>
         </is>
       </c>
       <c r="S63" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Грищук Олександр Казимирович</t>
+          <t>Ткачук Вадим Анатолійович</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Національний університет біоресурсів і природокористування України</t>
+          <t>Національний університет "Києво-Могилянська академія"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>НУБіП України</t>
+          <t>НаУКМА</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>National University of Life and Environmental Sciences of Ukraine</t>
+          <t>National University of Kyiv-Mohyla Academy</t>
         </is>
       </c>
       <c r="F64" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G64" s="6" t="n">
-        <v>1954</v>
+        <v>1991</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>03041</t>
+          <t>04070</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Оборони, 15</t>
+          <t>вул. Григорія Сковороди, 2</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>(044) 5278242, 2584263</t>
+          <t>(044) 463-70-67, 425-60-59, 463-67-83</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>rectorat@nubip.edu.ua</t>
+          <t>vkd@ukma.edu.ua</t>
         </is>
       </c>
       <c r="R64" s="5" t="inlineStr">
         <is>
-          <t>http://www.nubip.edu.ua/</t>
+          <t>http://www.ukma.edu.ua</t>
         </is>
       </c>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Ткачук Вадим Анатолійович</t>
+          <t>Квіт Сергій Миронович</t>
         </is>
       </c>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Національний університет "Києво-Могилянська академія"</t>
+          <t>Національний університет оборони України</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>79</v>
+        <v>1159</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>НаУКМА</t>
+          <t>НАОУ</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>National University of Kyiv-Mohyla Academy</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Defence University of Ukraine</t>
+        </is>
+      </c>
+      <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство оборони України</t>
         </is>
       </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>04070</t>
+          <t>03049</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>вул. Григорія Сковороди, 2</t>
+          <t>просп. Повітряних Сил, 28</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>(044) 463-70-67, 425-60-59, 463-67-83</t>
+          <t>044 248 10 77, 248 10 76</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>vkd@ukma.edu.ua</t>
+          <t>info@nuou.org.ua</t>
         </is>
       </c>
       <c r="R65" s="5" t="inlineStr">
         <is>
-          <t>http://www.ukma.edu.ua</t>
+          <t>nuou.org.ua</t>
         </is>
       </c>
       <c r="S65" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Квіт Сергій Миронович</t>
+          <t>Коваль Михайло Володимирович</t>
         </is>
       </c>
       <c r="U65" s="8"/>
       <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Національний університет оборони України</t>
+          <t>Національний університет охорони здоров’я України імені П. Л. Шупика</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>1159</v>
+        <v>2833</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>НАОУ</t>
+          <t>НУОЗ України імені П. Л. Шупика</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>National Defence University of Ukraine</t>
+          <t>Shupyk National Healthcare University of Ukraine</t>
         </is>
       </c>
       <c r="F66" s="7"/>
       <c r="G66" s="6" t="n">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
-          <t>Міністерство оборони України</t>
+          <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>03049</t>
+          <t>04112</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>просп. Повітряних Сил, 28</t>
+          <t>вул. Дорогожицька, 9</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>044 248 10 77, 248 10 76</t>
+          <t>(044) 205-48-10, 205-48-11, 205-48-62</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>info@nuou.org.ua</t>
+          <t>office@nuozu.edu.ua</t>
         </is>
       </c>
       <c r="R66" s="5" t="inlineStr">
         <is>
-          <t>nuou.org.ua</t>
+          <t>www.nuozu.edu.ua</t>
         </is>
       </c>
       <c r="S66" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Коваль Михайло Володимирович</t>
+          <t>Камінський В`ячеслав Володимирович</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Національний університет охорони здоров’я України імені П. Л. Шупика</t>
+          <t>Національний університет фізичного виховання і спорту України</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>2833</v>
+        <v>180</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>НУОЗ України імені П. Л. Шупика</t>
+          <t>НУФВСУ</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>Shupyk National Healthcare University of Ukraine</t>
-[...2 lines deleted...]
-      <c r="F67" s="7"/>
+          <t>National University of Ukraine on Physical Education and Sport</t>
+        </is>
+      </c>
+      <c r="F67" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G67" s="6" t="n">
-        <v>2006</v>
+        <v>1930</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Міністерство охорони здоров`я України</t>
+          <t>Міністерство молоді та спорту України</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>04112</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Дорогожицька, 9</t>
+          <t>вул. Фізкультури, 1</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>(044) 205-48-10, 205-48-11, 205-48-62</t>
+          <t>+380(44)-287-61-91</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>office@nuozu.edu.ua</t>
+          <t>rectorat@uni-sport.edu.ua</t>
         </is>
       </c>
       <c r="R67" s="5" t="inlineStr">
         <is>
-          <t>www.nuozu.edu.ua</t>
+          <t>www.uni-sport.edu.ua</t>
         </is>
       </c>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Камінський В`ячеслав Володимирович</t>
+          <t>Пижов Олександр Михайлович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Національний університет фізичного виховання і спорту України</t>
+          <t>Національний університет харчових технологій</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>180</v>
+        <v>47</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>НУФВСУ</t>
+          <t>НУХТ</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>National University of Ukraine on Physical Education and Sport</t>
+          <t>National University of Food Technologies</t>
         </is>
       </c>
       <c r="F68" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G68" s="6" t="n">
         <v>1930</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Фізкультури, 1</t>
+          <t>вул. Володимирська, 68</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-287-61-91</t>
+          <t>+38(044) 289-95-55</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>rectorat@uni-sport.edu.ua</t>
+          <t>info@nuft.edu.ua</t>
         </is>
       </c>
       <c r="R68" s="5" t="inlineStr">
         <is>
-          <t>www.uni-sport.edu.ua</t>
+          <t>www.nuft.edu.ua</t>
         </is>
       </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>В. о. ректора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Пижов Олександр Михайлович</t>
+          <t>Яровий Володимир Леонідович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Національний університет харчових технологій</t>
+          <t>Приватна установа "Університет "Київська школа економіки"</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>47</v>
+        <v>3924</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>НУХТ</t>
+          <t>Київська школа економіки</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>National University of Food Technologies</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private institution “University “Kyiv School of Economics”</t>
+        </is>
+      </c>
+      <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>1930</v>
+        <v>2016</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J69" s="5"/>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>03113</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимирська, 68</t>
+          <t>вул. Шпака Миколи, 3</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 289-95-55</t>
+          <t>492-80-12</t>
         </is>
       </c>
       <c r="Q69" s="5" t="inlineStr">
         <is>
-          <t>info@nuft.edu.ua</t>
+          <t>infovnz@kse.org.ua</t>
         </is>
       </c>
       <c r="R69" s="5" t="inlineStr">
         <is>
-          <t>www.nuft.edu.ua</t>
+          <t>https://university.kse.ua/</t>
         </is>
       </c>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Шевченко Олександр Юхимович</t>
+          <t>Брік Тимофій Дмитрович</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Приватна установа "Університет "Київська школа економіки"</t>
+          <t>Приватна установа "Університет науки, підприємництва та технологій"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>3924</v>
+        <v>6664</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>Київська школа економіки</t>
+          <t>ПУ "УНПТ", Університет науки підприємництва та технологій</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>Private institution “University “Kyiv School of Economics”</t>
+          <t>Science Entrepreneurship Technology University</t>
         </is>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="7" t="inlineStr">
         <is>
           <t>03113</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
           <t>вул. Шпака Миколи, 3</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>492-80-12</t>
+          <t>(050)910-10-43</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>infovnz@kse.org.ua</t>
+          <t>o.lastovska@setuniversity.edu.ua</t>
         </is>
       </c>
       <c r="R70" s="5" t="inlineStr">
         <is>
-          <t>https://university.kse.ua/</t>
+          <t>https://academ.setuniversity.edu.ua</t>
         </is>
       </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Брік Тимофій Дмитрович</t>
+          <t>Почебут Максим</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Приватна установа "Університет науки, підприємництва та технологій"</t>
+          <t>Приватне акціонерне товариство «Українсько-Польський вищий навчальний заклад "Центрально-Європейський університет»</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>6664</v>
+        <v>176</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ПУ "УНПТ", Університет науки підприємництва та технологій</t>
+          <t>ПРАТ "УП ВНЗ ЦЄУ"</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>Science Entrepreneurship Technology University</t>
+          <t>Private Joint Stock Company “Ukrainian-Polish Higher Educational Establishment “University of Central Europe”</t>
         </is>
       </c>
       <c r="F71" s="7"/>
       <c r="G71" s="6" t="n">
-        <v>2022</v>
+        <v>1995</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>03113</t>
+          <t>03680</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Шпака Миколи, 3</t>
+          <t>вул. Козацька, 120/4</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>(050)910-10-43</t>
+          <t>+38 044 278-24-73, +38 044 278-18-92, +38 044 278-84-92</t>
         </is>
       </c>
       <c r="Q71" s="5" t="inlineStr">
         <is>
-          <t>o.lastovska@setuniversity.edu.ua</t>
+          <t>referent.ceu.info@gmail.com</t>
         </is>
       </c>
       <c r="R71" s="5" t="inlineStr">
         <is>
-          <t>https://academ.setuniversity.edu.ua</t>
+          <t>www.c-e-u.info</t>
         </is>
       </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Перший проректор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Почебут Максим</t>
+          <t>Шепелюк Олександр Юрійович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство «Українсько-Польський вищий навчальний заклад "Центрально-Європейський університет»</t>
+          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>176</v>
+        <v>249</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "УП ВНЗ ЦЄУ"</t>
+          <t>ПрАТ "ВНЗ "МАУП"</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>Private Joint Stock Company “Ukrainian-Polish Higher Educational Establishment “University of Central Europe”</t>
-[...2 lines deleted...]
-      <c r="F72" s="7"/>
+          <t>Private Joint-Stock Company "Higher education institution "Interregional Academy of Personnel Management"</t>
+        </is>
+      </c>
+      <c r="F72" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G72" s="6" t="n">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>03680</t>
+          <t>03039</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Козацька, 120/4</t>
+          <t>вул. Фрометівська, 2</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>+38 044 278-24-73, +38 044 278-18-92, +38 044 278-84-92</t>
+          <t>490-95-00, 490-95-05</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>referent.ceu.info@gmail.com</t>
+          <t>iapm@iapm.edu.ua</t>
         </is>
       </c>
       <c r="R72" s="5" t="inlineStr">
         <is>
-          <t>www.c-e-u.info</t>
+          <t>www.maup.com.ua</t>
         </is>
       </c>
       <c r="S72" s="5" t="inlineStr">
         <is>
-          <t>Перший проректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Шепелюк Олександр Юрійович</t>
+          <t>Щокін Ростислав Георгійович</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
+          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Національна академія управління"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>249</v>
+        <v>339</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ВНЗ "МАУП"</t>
+          <t>ПРАТ ВНЗ "НАУ"</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
-          <t>Private Joint-Stock Company "Higher education institution "Interregional Academy of Personnel Management"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Higher Education Institution "National Academy of Management"</t>
+        </is>
+      </c>
+      <c r="F73" s="7"/>
       <c r="G73" s="6" t="n">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J73" s="5"/>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>03039</t>
+          <t>03148</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Фрометівська, 2</t>
+          <t>вул. Гната Юри, 9</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>490-95-00, 490-95-05</t>
+          <t>(044) 242 24 46; (044) 242 24 64</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>iapm@iapm.edu.ua</t>
+          <t>office@nam.kiev.ua</t>
         </is>
       </c>
       <c r="R73" s="5" t="inlineStr">
         <is>
-          <t>www.maup.com.ua</t>
+          <t>http://nam.kiev.ua/</t>
         </is>
       </c>
       <c r="S73" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Щокін Ростислав Георгійович</t>
+          <t>Єрохін Сергій Аркадійович</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Національна академія управління"</t>
+          <t>Приватне підприємство "Сигма"</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>339</v>
+        <v>6648</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ ВНЗ "НАУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПП</t>
+        </is>
+      </c>
+      <c r="E74" s="5"/>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="7" t="inlineStr">
         <is>
-          <t>03148</t>
+          <t>04071</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Гната Юри, 9</t>
+          <t>вул. Межигірська, 5</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>(044) 242 24 46; (044) 242 24 64</t>
+          <t>(050)657-37-87</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>office@nam.kiev.ua</t>
+          <t>sigmavip2@gmail.com</t>
         </is>
       </c>
       <c r="R74" s="5" t="inlineStr">
         <is>
-          <t>http://nam.kiev.ua/</t>
+          <t>https://mediland.ua/</t>
         </is>
       </c>
       <c r="S74" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T74" s="5" t="inlineStr">
         <is>
-          <t>Єрохін Сергій Аркадійович</t>
+          <t>Міщенко Катерина Михайлівна</t>
         </is>
       </c>
       <c r="U74" s="8"/>
       <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Сигма"</t>
+          <t>Приватний вищий навчальний заклад "Деснянський економіко-правовий коледж при Міжрегіональній Академії управління персоналом"</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>6648</v>
+        <v>605</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>ПП</t>
-[...2 lines deleted...]
-      <c r="E75" s="5"/>
+          <t>Деснянський економіко-правовий коледж при МАУП</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational establishment "Desnianskyi College of Economics and Law" of "Interregional Academy of Personnel Management"</t>
+        </is>
+      </c>
       <c r="F75" s="7"/>
       <c r="G75" s="6" t="n">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>04071</t>
+          <t>02217</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>вул. Межигірська, 5</t>
+          <t>вул. Миколи Закревського, 45-Б</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>(050)657-37-87</t>
+          <t>5156163</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>sigmavip2@gmail.com</t>
+          <t>desn_ept@ukr.net</t>
         </is>
       </c>
       <c r="R75" s="5" t="inlineStr">
         <is>
-          <t>https://mediland.ua/</t>
+          <t>dcmaup.com.ua</t>
         </is>
       </c>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Міщенко Катерина Михайлівна</t>
+          <t>Васильконова Еліна Олександрівна</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Деснянський економіко-правовий коледж при Міжрегіональній Академії управління персоналом"</t>
+          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>Деснянський економіко-правовий коледж при МАУП</t>
+          <t>ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational establishment "Desnianskyi College of Economics and Law" of "Interregional Academy of Personnel Management"</t>
+          <t>Private Higher Education Establishment "European University"</t>
         </is>
       </c>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J76" s="5"/>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>02217</t>
+          <t>03115</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Закревського, 45-Б</t>
+          <t>бульв. Академіка Вернадського, 16-в</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>5156163</t>
+          <t>+38(044)-334-53-04</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>desn_ept@ukr.net</t>
+          <t>office@e-u.edu.ua</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
-          <t>dcmaup.com.ua</t>
+          <t>http://www.e-u.edu.ua/</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Васильконова Еліна Олександрівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Тимошенко Олена Іванівна</t>
+        </is>
+      </c>
+      <c r="U76" s="8"/>
+      <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
+          <t>Приватний вищий навчальний заклад "Інститут екології економіки і права"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>228</v>
+        <v>1325</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Європейський університет"</t>
+          <t>ПВНЗ "Інститут екології економіки і права"</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Education Establishment "European University"</t>
+          <t>Institute for Ecology Economy and Law</t>
         </is>
       </c>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>03115</t>
+          <t>01030</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>бульв. Академіка Вернадського, 16-в</t>
+          <t>вул. Пирогова, 9</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-334-53-04</t>
+          <t>(044) 486-0763, 234-1108</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
-          <t>office@e-u.edu.ua</t>
+          <t>ieep@ukr.net</t>
         </is>
       </c>
       <c r="R77" s="5" t="inlineStr">
         <is>
-          <t>http://www.e-u.edu.ua/</t>
+          <t>ieep.org.ua</t>
         </is>
       </c>
       <c r="S77" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Тимошенко Олена Іванівна</t>
+          <t>Нікандров Олександр Всеволодович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Інститут екології економіки і права"</t>
+          <t>Приватний вищий навчальний заклад "Київський коледж бізнесу"</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>1325</v>
+        <v>1106</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Інститут екології економіки і права"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПВНЗ ККБ</t>
+        </is>
+      </c>
+      <c r="E78" s="5"/>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>01030</t>
+          <t>03151</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 9</t>
+          <t>вул. Народного ополчення, 7, кв. 116-117</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>(044) 486-0763, 234-1108</t>
+          <t>560-22-21</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>ieep@ukr.net</t>
+          <t>kkb@kcbiz.kiev.ua</t>
         </is>
       </c>
       <c r="R78" s="5" t="inlineStr">
         <is>
-          <t>ieep.org.ua</t>
+          <t>www.kcbiz.kiev.ua</t>
         </is>
       </c>
       <c r="S78" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Нікандров Олександр Всеволодович</t>
-[...3 lines deleted...]
-      <c r="V78" s="5"/>
+          <t>Перова Вікторія Вікторівна</t>
+        </is>
+      </c>
+      <c r="U78" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V78" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Київський коледж бізнесу"</t>
+          <t>ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>1106</v>
+        <v>197</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ ККБ</t>
-[...2 lines deleted...]
-      <c r="E79" s="5"/>
+          <t>ПВНЗ "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
+        </is>
+      </c>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>03151</t>
+          <t>01004</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Народного ополчення, 7, кв. 116-117</t>
+          <t>вул. Велика Васильківська, 17 А</t>
         </is>
       </c>
       <c r="P79" s="5" t="inlineStr">
         <is>
-          <t>560-22-21</t>
+          <t>+38 (044) 567-29-29, +38 (044) 234-99-92</t>
         </is>
       </c>
       <c r="Q79" s="5" t="inlineStr">
         <is>
-          <t>kkb@kcbiz.kiev.ua</t>
+          <t>info@kmu.edu.ua</t>
         </is>
       </c>
       <c r="R79" s="5" t="inlineStr">
         <is>
-          <t>www.kcbiz.kiev.ua</t>
+          <t>http://kmu.edu.ua</t>
         </is>
       </c>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Перова Вікторія Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Поканевич Олександр Валерійович</t>
+        </is>
+      </c>
+      <c r="U79" s="8"/>
+      <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+          <t>Приватний вищий навчальний заклад "Київський університет культури"</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>197</v>
+        <v>310</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+          <t>Київський університет культури</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
+          <t>Private Higher Educational Institution “Kyiv University of Culture”</t>
         </is>
       </c>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="7" t="inlineStr">
         <is>
-          <t>01004</t>
+          <t>01042</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 17 А</t>
+          <t>вул. Дорошенка Дмитра, 20</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 567-29-29, +38 (044) 234-99-92</t>
+          <t>+38(044)-285-00-36</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>info@kmu.edu.ua</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R80" s="5" t="inlineStr">
         <is>
-          <t>http://kmu.edu.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Поканевич Олександр Валерійович</t>
+          <t>Пилипів Володимир Іванович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Київський університет культури"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>310</v>
+        <v>1292</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>Київський університет культури</t>
+          <t>ПВНЗ "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution “Kyiv University of Culture”</t>
+          <t>International academy of ecology and medicine</t>
         </is>
       </c>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J81" s="5"/>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>01042</t>
+          <t>02091</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Чигоріна, 20</t>
+          <t>Харківське шосе , 121</t>
         </is>
       </c>
       <c r="P81" s="5" t="inlineStr">
         <is>
-          <t>(044)285-00-36</t>
+          <t>+38(097)-070-11-00</t>
         </is>
       </c>
       <c r="Q81" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
+          <t>rector@maem.edu.ua</t>
         </is>
       </c>
       <c r="R81" s="5" t="inlineStr">
         <is>
-          <t>https://kuk.edu.ua/</t>
+          <t>https://maem.edu.ua</t>
         </is>
       </c>
       <c r="S81" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконуючий обов’язки ректора</t>
         </is>
       </c>
       <c r="T81" s="5" t="inlineStr">
         <is>
-          <t>Пилипів Володимир Іванович</t>
+          <t>Савицький Іван Володимирович</t>
         </is>
       </c>
       <c r="U81" s="8"/>
       <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародна академія екології та медицини"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародна академія сертифікації бухгалтерів і аудиторів"</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>1292</v>
+        <v>4032</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Міжнародна академія екології та медицини"</t>
+          <t>ПВНЗ "МАСБА"</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>International academy of ecology and medicine</t>
+          <t>"INTERNATIONAL ACADEMY OF CERTIFICATION OF ACCOUNTANTS AND AUDITORS" PRIVATE INSTITUTION OF HIGHER EDUCATION</t>
         </is>
       </c>
       <c r="F82" s="7"/>
-      <c r="G82" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G82" s="6"/>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>02091</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>Харківське шосе , 121</t>
+          <t>вул. Малопідвальна, 10</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-070-11-00</t>
+          <t>+380(44)-279-00-00</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>rector@maem.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>chief@amsfo.com</t>
+        </is>
+      </c>
+      <c r="R82" s="5"/>
       <c r="S82" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язки ректора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Савицький Іван Володимирович</t>
-[...3 lines deleted...]
-      <c r="V82" s="5"/>
+          <t>Чумак Оксана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U82" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V82" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародна академія сертифікації бухгалтерів і аудиторів"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний інститут бізнесу"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>4032</v>
+        <v>1093</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "МАСБА"</t>
+          <t>МІБ</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>"INTERNATIONAL ACADEMY OF CERTIFICATION OF ACCOUNTANTS AND AUDITORS" PRIVATE INSTITUTION OF HIGHER EDUCATION</t>
+          <t>Private Higher Educational Institution "International Institute of Business"</t>
         </is>
       </c>
       <c r="F83" s="7"/>
-      <c r="G83" s="6"/>
+      <c r="G83" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J83" s="5"/>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>03179</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>вул. Малопідвальна, 10</t>
+          <t>Брест-Литовське шосе , 8-А</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-279-00-00</t>
+          <t>(044)5850033; 5900848</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>chief@amsfo.com</t>
-[...2 lines deleted...]
-      <c r="R83" s="5"/>
+          <t>info@iib.com.ua</t>
+        </is>
+      </c>
+      <c r="R83" s="5" t="inlineStr">
+        <is>
+          <t>www.iib.com.ua</t>
+        </is>
+      </c>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Чумак Оксана Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Савченко Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U83" s="8"/>
+      <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний інститут бізнесу"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний інститут менеджменту (МІМ-Київ)"</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>1093</v>
+        <v>1178</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>МІБ</t>
+          <t>Міжнародний інститут менеджменту (МІМ-Київ)</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution "International Institute of Business"</t>
+          <t>Private Higher Educational Institution "International Management Institute (MIM-Kyiv)"</t>
         </is>
       </c>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
         <v>1993</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J84" s="5"/>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>03179</t>
+          <t>04116</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>Брест-Литовське шосе , 8-А</t>
+          <t>вул. Шулявська, 10/12в</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>(044)5850033; 5900848</t>
+          <t>585 02 65</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>info@iib.com.ua</t>
+          <t>n.stryzh@mim.kyiv.ua - (приймальня Президента); m.grozinska@mim.kyiv.ua - (завідувач науково-методичного відділу)</t>
         </is>
       </c>
       <c r="R84" s="5" t="inlineStr">
         <is>
-          <t>www.iib.com.ua</t>
+          <t>mim.kyiv.ua</t>
         </is>
       </c>
       <c r="S84" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Савченко Олександр Володимирович</t>
+          <t>Тихомирова Ірина Олегівна</t>
         </is>
       </c>
       <c r="U84" s="8"/>
       <c r="V84" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний інститут менеджменту (МІМ-Київ)"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний коледж медицини"</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>1178</v>
+        <v>3251</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>Міжнародний інститут менеджменту (МІМ-Київ)</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПВНЗ "МКМ"</t>
+        </is>
+      </c>
+      <c r="E85" s="5"/>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>04116</t>
+          <t>02660</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Шулявська, 10/12в</t>
+          <t>вул. В. Шимановського, 2/1</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>585 02 65</t>
+          <t>+066(70)-775-14</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>n.stryzh@mim.kyiv.ua - (приймальня Президента); m.grozinska@mim.kyiv.ua - (завідувач науково-методичного відділу)</t>
-[...6 lines deleted...]
-      </c>
+          <t>pvnzmkm@ukr.net</t>
+        </is>
+      </c>
+      <c r="R85" s="5"/>
       <c r="S85" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Тихомирова Ірина Олегівна</t>
-[...3 lines deleted...]
-      <c r="V85" s="5"/>
+          <t>Федорова Тамара Григорівна</t>
+        </is>
+      </c>
+      <c r="U85" s="8" t="n">
+        <v>43697</v>
+      </c>
+      <c r="V85" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний коледж медицини"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний коледж Святого Луки"</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>3251</v>
+        <v>2531</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "МКМ"</t>
-[...2 lines deleted...]
-      <c r="E86" s="5"/>
+          <t>ПВНЗ "Міжнародний коледж Святого Луки"</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational institution "International College of St. Luka"</t>
+        </is>
+      </c>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>02660</t>
+          <t>02091</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. В. Шимановського, 2/1</t>
+          <t>Харківське шосе , 121/3</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>+066(70)-775-14</t>
+          <t>+044(56)-082-16</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>pvnzmkm@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R86" s="5"/>
+          <t>svluka@ukr.net</t>
+        </is>
+      </c>
+      <c r="R86" s="5" t="inlineStr">
+        <is>
+          <t>http://medcollege.kyiv.ua</t>
+        </is>
+      </c>
       <c r="S86" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Федорова Тамара Григорівна</t>
+          <t>Луценко Євген Валентинович</t>
         </is>
       </c>
       <c r="U86" s="8" t="n">
-        <v>43697</v>
+        <v>44243</v>
       </c>
       <c r="V86" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний коледж Святого Луки"</t>
+          <t>Приватний вищий навчальний заклад Університет новітніх технологій</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>2531</v>
+        <v>1262</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Міжнародний коледж Святого Луки"</t>
+          <t>ПВНЗ УНТ</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational institution "International College of St. Luka"</t>
+          <t>Private higher educational establishment University of emerging technologies</t>
         </is>
       </c>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>02091</t>
+          <t>03068</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>Харківське шосе , 121/3</t>
+          <t>пров. Машинобудівний, 28</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>+044(56)-082-16</t>
+          <t>0502272886; 0732272886</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>svluka@ukr.net</t>
+          <t>office@unt.edu.ua</t>
         </is>
       </c>
       <c r="R87" s="5" t="inlineStr">
         <is>
-          <t>http://medcollege.kyiv.ua</t>
+          <t>unt.edu.ua</t>
         </is>
       </c>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Луценко Євген Валентинович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бондарчук Сергій Миколайович</t>
+        </is>
+      </c>
+      <c r="U87" s="8"/>
+      <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад Університет новітніх технологій</t>
+          <t>Приватний вищий навчальний заклад "Університет сучасних знань"</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>1262</v>
+        <v>281</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ УНТ</t>
+          <t>Університет сучасних знань</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational establishment University of emerging technologies</t>
+          <t>Private Higher Education Institution “University of Modern Knowledge”</t>
         </is>
       </c>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J88" s="5"/>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>03068</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>пров. Машинобудівний, 28</t>
+          <t>вул. Велика Васильківська, 57/3</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>0502272886; 0732272886</t>
+          <t>(050)-322-71-88</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>office@unt.edu.ua</t>
+          <t>sekretariat@umk.edu.ua</t>
         </is>
       </c>
       <c r="R88" s="5" t="inlineStr">
         <is>
-          <t>unt.edu.ua</t>
+          <t>https://usz.org.ua/</t>
         </is>
       </c>
       <c r="S88" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Бондарчук Сергій Миколайович</t>
+          <t>Кушерець Василь Іванович</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Університет сучасних знань"</t>
+          <t>Приватний вищий навчальний заклад "Фінансово-правовий коледж"</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>281</v>
+        <v>797</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>Університет сучасних знань</t>
+          <t>ПВНЗ "ФПК"</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Education Institution “University of Modern Knowledge”</t>
+          <t>Private Higher Educational Institution “Financial-Legal College”</t>
         </is>
       </c>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J89" s="5"/>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>03087</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 57/3</t>
+          <t>вул. Лондонська, 5-А</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>(050)-322-71-88</t>
+          <t>(044) 243 01 17, +38098 777 67 17, +38050 777 09 67</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>sekretariat@umk.edu.ua</t>
+          <t>info@fpk.in.ua</t>
         </is>
       </c>
       <c r="R89" s="5" t="inlineStr">
         <is>
-          <t>https://usz.org.ua/</t>
+          <t>www.fpk.in.ua</t>
         </is>
       </c>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Кушерець Василь Іванович</t>
+          <t>Губанова Тамара Олексіївна</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Фінансово-правовий коледж"</t>
+          <t>Приватний вищий навчальний заклад-інститут "Українсько-американський університет Конкордія"</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>797</v>
+        <v>5</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "ФПК"</t>
+          <t>УАУК</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution “Financial-Legal College”</t>
+          <t>Private Higher Educational Establishment-Institute "Ukrainian-American Concordia University“</t>
         </is>
       </c>
       <c r="F90" s="7"/>
       <c r="G90" s="6" t="n">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J90" s="5"/>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>03087</t>
+          <t>01030</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Лондонська, 5-А</t>
+          <t>вул. Пирогова, 9</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>(044) 243 01 17, +38098 777 67 17, +38050 777 09 67</t>
+          <t>+38(044)486-06-66, +38(044)236-19-16</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>info@fpk.in.ua</t>
+          <t>info@uacu.edu.ua</t>
         </is>
       </c>
       <c r="R90" s="5" t="inlineStr">
         <is>
-          <t>www.fpk.in.ua</t>
+          <t>http://www.concordia.edu.ua</t>
         </is>
       </c>
       <c r="S90" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Губанова Тамара Олексіївна</t>
+          <t>Романовський Олександр Олексійович</t>
         </is>
       </c>
       <c r="U90" s="8"/>
       <c r="V90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад-інститут "Українсько-американський університет Конкордія"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "АКАДЕМІЯ ДОБРОБУТ"</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>5</v>
+        <v>6491</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>УАУК</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПЗВО "АКАДЕМІЯ ДОБРОБУТ"</t>
+        </is>
+      </c>
+      <c r="E91" s="5"/>
       <c r="F91" s="7"/>
-      <c r="G91" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G91" s="6"/>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>01030</t>
+          <t>03022</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 9</t>
+          <t>вул. Васильківська, 30Д</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>+38(044)486-06-66, +38(044)236-19-16</t>
+          <t>+380(67)-322-75-78</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>info@uacu.edu.ua</t>
+          <t>dobrobutacademy@med.dobrobut.com</t>
         </is>
       </c>
       <c r="R91" s="5" t="inlineStr">
         <is>
-          <t>http://www.concordia.edu.ua</t>
+          <t>https://dobrobutacademy.org</t>
         </is>
       </c>
       <c r="S91" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
-          <t>Романовський Олександр Олексійович</t>
+          <t>Войтенко Нана Володимирівна</t>
         </is>
       </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "АКАДЕМІЯ ДОБРОБУТ"</t>
+          <t>Приватний заклад вищої освіти "Академія кіно та нових медіа"</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>6491</v>
+        <v>1268</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "АКАДЕМІЯ ДОБРОБУТ"</t>
-[...2 lines deleted...]
-      <c r="E92" s="5"/>
+          <t>ПЗВО "АКНМ"</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>Private establishment of higher education "Film and new media academy"</t>
+        </is>
+      </c>
       <c r="F92" s="7"/>
-      <c r="G92" s="6"/>
+      <c r="G92" s="6" t="n">
+        <v>2004</v>
+      </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="7" t="inlineStr">
         <is>
-          <t>03022</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Васильківська, 30Д</t>
+          <t>вул. Саксаганського, 6</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-322-75-78</t>
+          <t>(093)1189093</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>dobrobutacademy@med.dobrobut.com</t>
+          <t>fnma.kyiv@gmail.com</t>
         </is>
       </c>
       <c r="R92" s="5" t="inlineStr">
         <is>
-          <t>https://dobrobutacademy.org</t>
+          <t>https://fnma.education/</t>
         </is>
       </c>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Войтенко Нана Володимирівна</t>
+          <t>Лавріненко Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U92" s="8"/>
       <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Академія кіно та нових медіа"</t>
+          <t>Приватний заклад вищої освіти "Арт академія сучасного мистецтва імені Сальвадора Далі"</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>1268</v>
+        <v>26</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "АКНМ"</t>
+          <t>ПЗВО "Арт академія сучасного мистецтва ім. Сальвадора Далі"</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>Private establishment of higher education "Film and new media academy"</t>
+          <t>Private Institution of Higher Education «Salvador Dali Academy of Contemporary Arts»</t>
         </is>
       </c>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J93" s="5"/>
       <c r="K93" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>02217</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Саксаганського, 6</t>
+          <t>вул. Братиславська, 8</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>(093)1189093</t>
+          <t>(067) 218-17-77, (067) 548-17-77</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>fnma.kyiv@gmail.com</t>
+          <t>art-dali@ukr.net</t>
         </is>
       </c>
       <c r="R93" s="5" t="inlineStr">
         <is>
-          <t>https://fnma.education/</t>
+          <t>http://www.mixmd.edu.ua</t>
         </is>
       </c>
       <c r="S93" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
-          <t>Лавріненко Юлія Валеріївна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Оружа Лариса Володимирівна</t>
+        </is>
+      </c>
+      <c r="U93" s="8"/>
+      <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Арт академія сучасного мистецтва імені Сальвадора Далі"</t>
+          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>26</v>
+        <v>344</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "Арт академія сучасного мистецтва ім. Сальвадора Далі"</t>
+          <t>ПЗВО "КИЇВСЬКИЙ МІЖНАРОДНИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>Private Institution of Higher Education «Salvador Dali Academy of Contemporary Arts»</t>
+          <t>Private Institution of Higher Education "Kyiv International University"</t>
         </is>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>02217</t>
+          <t>03179</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Братиславська, 8</t>
+          <t>вул. Львівська, 49</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>(067) 218-17-77, (067) 548-17-77</t>
+          <t>+380(44) 594-03-04; +38 (097) 594-03-04</t>
         </is>
       </c>
       <c r="Q94" s="5" t="inlineStr">
         <is>
-          <t>art-dali@ukr.net</t>
+          <t>info@kymu.edu.ua</t>
         </is>
       </c>
       <c r="R94" s="5" t="inlineStr">
         <is>
-          <t>http://www.mixmd.edu.ua</t>
+          <t>http://kymu.edu.ua/</t>
         </is>
       </c>
       <c r="S94" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Оружа Лариса Володимирівна</t>
+          <t>Хачатурян Хачатур Володимирович</t>
         </is>
       </c>
       <c r="U94" s="8"/>
       <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>344</v>
+        <v>4374</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "КИЇВСЬКИЙ МІЖНАРОДНИЙ УНІВЕРСИТЕТ"</t>
+          <t>МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
-          <t>Private Institution of Higher Education "Kyiv International University"</t>
+          <t>PRIVATE HIGHER EDUCATION INSTITUTION "INTERNATIONAL EUROPEAN UNIVERSITY"</t>
         </is>
       </c>
       <c r="F95" s="7"/>
       <c r="G95" s="6" t="n">
-        <v>1994</v>
+        <v>2019</v>
       </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J95" s="5"/>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>03179</t>
+          <t>03187</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 49</t>
+          <t>просп. Академіка Глушкова, 42</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>+380(44) 594-03-04; +38 (097) 594-03-04</t>
+          <t>+38(044)-338-00-42</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>info@kymu.edu.ua</t>
+          <t>rector@ieu.edu.ua</t>
         </is>
       </c>
       <c r="R95" s="5" t="inlineStr">
         <is>
-          <t>http://kymu.edu.ua/</t>
+          <t>https://www.ieu.edu.ua</t>
         </is>
       </c>
       <c r="S95" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Хачатурян Хачатур Володимирович</t>
+          <t>Грицан Іванна Ігорівна</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ"</t>
+          <t>Приватний заклад вищої освіти "Університет Київ"</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>4374</v>
+        <v>6439</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПЗВО "УК"</t>
+        </is>
+      </c>
+      <c r="E96" s="5"/>
       <c r="F96" s="7"/>
-      <c r="G96" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G96" s="6"/>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="7" t="inlineStr">
         <is>
           <t>03187</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>просп. Академіка Глушкова, 42</t>
+          <t>просп. Глушкова Академіка, 40</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-338-00-42</t>
+          <t>+380(67)-323-93-92</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>rector@ieu.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kyivuni@gmail.com</t>
+        </is>
+      </c>
+      <c r="R96" s="5"/>
       <c r="S96" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Грицан Іванна Ігорівна</t>
+          <t>Рижкова Юлія Євгенівна</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Університет Київ"</t>
+          <t>РЕЛІГІЙНА ОРГАНІЗАЦІЯ "УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ СОЮЗУ ВІЛЬНИХ ЦЕРКОВ ХРИСТИЯН ЄВАНГЕЛЬСЬКОЇ ВІРИ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
-        <v>6439</v>
+        <v>1512</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "УК"</t>
-[...2 lines deleted...]
-      <c r="E97" s="5"/>
+          <t>УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>RELIGIOUS ORGANIZATION "UKRAINIAN EVANGELICAL THEOLOGICAL SEMINARY"</t>
+        </is>
+      </c>
       <c r="F97" s="7"/>
-      <c r="G97" s="6"/>
+      <c r="G97" s="6" t="n">
+        <v>1992</v>
+      </c>
       <c r="H97" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I97" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="7" t="inlineStr">
         <is>
-          <t>03187</t>
+          <t>04075</t>
         </is>
       </c>
       <c r="L97" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M97" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N97" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O97" s="5" t="inlineStr">
         <is>
-          <t>просп. Глушкова Академіка, 40</t>
+          <t>вул. Квітки Цісик, 57</t>
         </is>
       </c>
       <c r="P97" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-323-93-92</t>
+          <t>(044) 4318241, 4318284, 4318242, 4018241</t>
         </is>
       </c>
       <c r="Q97" s="5" t="inlineStr">
         <is>
-          <t>kyivuni@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R97" s="5"/>
+          <t>secretary@uets.net</t>
+        </is>
+      </c>
+      <c r="R97" s="5" t="inlineStr">
+        <is>
+          <t>www.uets.net</t>
+        </is>
+      </c>
       <c r="S97" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T97" s="5" t="inlineStr">
         <is>
-          <t>Рижкова Юлія Євгенівна</t>
+          <t>Русин Іван Іванович</t>
         </is>
       </c>
       <c r="U97" s="8"/>
       <c r="V97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>РЕЛІГІЙНА ОРГАНІЗАЦІЯ "УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ СОЮЗУ ВІЛЬНИХ ЦЕРКОВ ХРИСТИЯН ЄВАНГЕЛЬСЬКОЇ ВІРИ УКРАЇНИ"</t>
+          <t>Східноукраїнський національний університет імені Володимира Даля</t>
         </is>
       </c>
       <c r="B98" s="6" t="n">
-        <v>1512</v>
+        <v>21</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="5" t="inlineStr">
         <is>
-          <t>УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ</t>
+          <t>СНУ ім. В.Даля</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
-          <t>RELIGIOUS ORGANIZATION "UKRAINIAN EVANGELICAL THEOLOGICAL SEMINARY"</t>
-[...2 lines deleted...]
-      <c r="F98" s="7"/>
+          <t>Volodymyr Dahl East Ukrainian National University</t>
+        </is>
+      </c>
+      <c r="F98" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G98" s="6" t="n">
-        <v>1992</v>
+        <v>1920</v>
       </c>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I98" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J98" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J98" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K98" s="7" t="inlineStr">
         <is>
-          <t>04075</t>
+          <t>01042</t>
         </is>
       </c>
       <c r="L98" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000551439</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M98" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N98" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
-          <t>вул. Квітки Цісик, 57</t>
+          <t>вул. Іоанна Павла ІІ, 17</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
-          <t>(044) 4318241, 4318284, 4318242, 4018241</t>
+          <t>+380953123846</t>
         </is>
       </c>
       <c r="Q98" s="5" t="inlineStr">
         <is>
-          <t>secretary@uets.net</t>
+          <t>uni@snu.edu.ua</t>
         </is>
       </c>
       <c r="R98" s="5" t="inlineStr">
         <is>
-          <t>www.uets.net</t>
+          <t>http://snu.edu.ua</t>
         </is>
       </c>
       <c r="S98" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Русин Іван Іванович</t>
+          <t>Поркуян Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
-          <t>Східноукраїнський національний університет імені Володимира Даля</t>
+          <t>Таврійський національний університет імені В.І.Вернадського</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
-        <v>21</v>
+        <v>892</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
-          <t>СНУ ім. В.Даля</t>
+          <t>ТНУ ім. В.І.Вернадського</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
-          <t>Volodymyr Dahl East Ukrainian National University</t>
+          <t>V.I. Vernadsky Taurida National University</t>
         </is>
       </c>
       <c r="F99" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G99" s="6" t="n">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="H99" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I99" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J99" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K99" s="7" t="inlineStr">
         <is>
-          <t>01042</t>
+          <t>01135</t>
         </is>
       </c>
       <c r="L99" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M99" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N99" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O99" s="5" t="inlineStr">
         <is>
-          <t>вул. Іоанна Павла ІІ, 17</t>
+          <t>просп. Перемоги, 10</t>
         </is>
       </c>
       <c r="P99" s="5" t="inlineStr">
         <is>
-          <t>+380953123846</t>
+          <t>+380(44)-529-05-16</t>
         </is>
       </c>
       <c r="Q99" s="5" t="inlineStr">
         <is>
-          <t>uni@snu.edu.ua</t>
+          <t>crimea.tnu@gmail.com</t>
         </is>
       </c>
       <c r="R99" s="5" t="inlineStr">
         <is>
-          <t>http://snu.edu.ua</t>
+          <t>www.tnu.edu.ua</t>
         </is>
       </c>
       <c r="S99" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T99" s="5" t="inlineStr">
         <is>
-          <t>Поркуян Ольга Вікторівна</t>
+          <t>Бортняк Валерій Анатолійович</t>
         </is>
       </c>
       <c r="U99" s="8"/>
       <c r="V99" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="5" t="inlineStr">
         <is>
-          <t>Таврійський національний університет імені В.І.Вернадського</t>
+          <t>Товариство з обмеженою відповідальністю "Академія адвокатури України"</t>
         </is>
       </c>
       <c r="B100" s="6" t="n">
-        <v>892</v>
+        <v>364</v>
       </c>
       <c r="C100" s="6"/>
       <c r="D100" s="5" t="inlineStr">
         <is>
-          <t>ТНУ ім. В.І.Вернадського</t>
+          <t>ААУ</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
-          <t>V.I. Vernadsky Taurida National University</t>
-[...6 lines deleted...]
-      </c>
+          <t>The Academy of Advocacy of Ukraine</t>
+        </is>
+      </c>
+      <c r="F100" s="7"/>
       <c r="G100" s="6" t="n">
-        <v>1918</v>
+        <v>1995</v>
       </c>
       <c r="H100" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I100" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J100" s="5"/>
       <c r="K100" s="7" t="inlineStr">
         <is>
-          <t>01135</t>
+          <t>01032</t>
         </is>
       </c>
       <c r="L100" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M100" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N100" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O100" s="5" t="inlineStr">
         <is>
-          <t>просп. Перемоги, 10</t>
+          <t>бульв. Тараса Шевченка, 27</t>
         </is>
       </c>
       <c r="P100" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-529-05-16</t>
+          <t>(044) 246-57-88</t>
         </is>
       </c>
       <c r="Q100" s="5" t="inlineStr">
         <is>
-          <t>crimea.tnu@gmail.com</t>
+          <t>referent@aau.edu.ua</t>
         </is>
       </c>
       <c r="R100" s="5" t="inlineStr">
         <is>
-          <t>www.tnu.edu.ua</t>
+          <t>www.aau.edu.ua</t>
         </is>
       </c>
       <c r="S100" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T100" s="5" t="inlineStr">
         <is>
-          <t>Бортняк Валерій Анатолійович</t>
+          <t>Варфоломеєва Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U100" s="8"/>
       <c r="V100" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Академія адвокатури України"</t>
+          <t>Товариство з обмеженою відповідальністю "Академія професійного розвитку"</t>
         </is>
       </c>
       <c r="B101" s="6" t="n">
-        <v>364</v>
+        <v>6372</v>
       </c>
       <c r="C101" s="6"/>
       <c r="D101" s="5" t="inlineStr">
         <is>
-          <t>ААУ</t>
-[...6 lines deleted...]
-      </c>
+          <t>Академія професійного розвитку</t>
+        </is>
+      </c>
+      <c r="E101" s="5"/>
       <c r="F101" s="7"/>
-      <c r="G101" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G101" s="6"/>
       <c r="H101" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I101" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J101" s="5"/>
       <c r="K101" s="7" t="inlineStr">
         <is>
-          <t>01032</t>
+          <t>01054</t>
         </is>
       </c>
       <c r="L101" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M101" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N101" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O101" s="5" t="inlineStr">
         <is>
-          <t>бульв. Тараса Шевченка, 27</t>
+          <t>вул. Гончара Олеся, 79 кв 19</t>
         </is>
       </c>
       <c r="P101" s="5" t="inlineStr">
         <is>
-          <t>(044) 246-57-88</t>
-[...11 lines deleted...]
-      </c>
+          <t>+38(095)-026-93-26;</t>
+        </is>
+      </c>
+      <c r="Q101" s="5"/>
+      <c r="R101" s="5"/>
       <c r="S101" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T101" s="5" t="inlineStr">
         <is>
-          <t>Варфоломеєва Тетяна Вікторівна</t>
-[...3 lines deleted...]
-      <c r="V101" s="5"/>
+          <t>Гаркавенко Зоя Олександрівна</t>
+        </is>
+      </c>
+      <c r="U101" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V101" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Академія професійного розвитку"</t>
+          <t>Товариство з обмеженою відповідальністю "Вищий навчальний заклад "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="B102" s="6" t="n">
-        <v>6372</v>
+        <v>5752</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="5" t="inlineStr">
         <is>
-          <t>Академія професійного розвитку</t>
-[...2 lines deleted...]
-      <c r="E102" s="5"/>
+          <t>ТОВ "ВНЗ "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>Limited Liability Company “Higher Educational Establishment “AMERICAN UNIVERSITY KYIV”</t>
+        </is>
+      </c>
       <c r="F102" s="7"/>
       <c r="G102" s="6"/>
       <c r="H102" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I102" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J102" s="5"/>
       <c r="K102" s="7" t="inlineStr">
         <is>
-          <t>01054</t>
+          <t>04070</t>
         </is>
       </c>
       <c r="L102" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M102" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N102" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O102" s="5" t="inlineStr">
         <is>
-          <t>вул. Гончара Олеся, 79 кв 19</t>
+          <t>пл. Поштова, 3</t>
         </is>
       </c>
       <c r="P102" s="5" t="inlineStr">
         <is>
-          <t>+38(095)-026-93-26;</t>
-[...3 lines deleted...]
-      <c r="R102" s="5"/>
+          <t>+38(044) 496 15 15</t>
+        </is>
+      </c>
+      <c r="Q102" s="5" t="inlineStr">
+        <is>
+          <t>info@auk.edu.ua</t>
+        </is>
+      </c>
+      <c r="R102" s="5" t="inlineStr">
+        <is>
+          <t>https://auk.edu.ua/</t>
+        </is>
+      </c>
       <c r="S102" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Т.в.о. Віцепрезидента з адміністративних питань</t>
         </is>
       </c>
       <c r="T102" s="5" t="inlineStr">
         <is>
-          <t>Гаркавенко Зоя Олександрівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Лисютін Ігор Олексійович</t>
+        </is>
+      </c>
+      <c r="U102" s="8"/>
+      <c r="V102" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Вищий навчальний заклад "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
+          <t>Товариство з обмеженою відповідальністю "ЗІҐМУНД ФРОЙД УНІВЕРСИТЕТ УКРАЇНА"</t>
         </is>
       </c>
       <c r="B103" s="6" t="n">
-        <v>5752</v>
+        <v>6774</v>
       </c>
       <c r="C103" s="6"/>
       <c r="D103" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ВНЗ "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
+          <t>ТОВ "ЗФУУ"</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
-          <t>Limited Liability Company “Higher Educational Establishment “AMERICAN UNIVERSITY KYIV”</t>
+          <t>LIMITED LIABILITY COMPANY "UKRAINE SIGMUND FREUD UNIVERSITY"</t>
         </is>
       </c>
       <c r="F103" s="7"/>
-      <c r="G103" s="6"/>
+      <c r="G103" s="6" t="n">
+        <v>2022</v>
+      </c>
       <c r="H103" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I103" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J103" s="5"/>
       <c r="K103" s="7" t="inlineStr">
         <is>
-          <t>04070</t>
+          <t>01103</t>
         </is>
       </c>
       <c r="L103" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M103" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N103" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O103" s="5" t="inlineStr">
         <is>
-          <t>пл. Поштова, 3</t>
+          <t>вул. Верхогляда Андрія, 16Б, офіс 42</t>
         </is>
       </c>
       <c r="P103" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 496 15 15</t>
+          <t>(050)355-24-07</t>
         </is>
       </c>
       <c r="Q103" s="5" t="inlineStr">
         <is>
-          <t>info@auk.edu.ua</t>
+          <t>office@usfu.edu.ua</t>
         </is>
       </c>
       <c r="R103" s="5" t="inlineStr">
         <is>
-          <t>https://auk.edu.ua/</t>
+          <t>https://usfu.edu.ua</t>
         </is>
       </c>
       <c r="S103" s="5" t="inlineStr">
         <is>
-          <t>Т.в.о. Віцепрезидента з адміністративних питань</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T103" s="5" t="inlineStr">
         <is>
-          <t>Лисютін Ігор Олексійович</t>
+          <t>Писаренко Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U103" s="8"/>
       <c r="V103" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ЗІҐМУНД ФРОЙД УНІВЕРСИТЕТ УКРАЇНА"</t>
+          <t>Товариство з обмеженою відповідальністю "Київський інститут банківської справи"</t>
         </is>
       </c>
       <c r="B104" s="6" t="n">
-        <v>6774</v>
+        <v>1372</v>
       </c>
       <c r="C104" s="6"/>
       <c r="D104" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ЗФУУ"</t>
+          <t>ТОВ "КІБС"</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
-          <t>LIMITED LIABILITY COMPANY "UKRAINE SIGMUND FREUD UNIVERSITY"</t>
+          <t>Limited liability company «Kyiv banking institute»</t>
         </is>
       </c>
       <c r="F104" s="7"/>
       <c r="G104" s="6" t="n">
-        <v>2022</v>
+        <v>1997</v>
       </c>
       <c r="H104" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I104" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J104" s="5"/>
       <c r="K104" s="7" t="inlineStr">
         <is>
-          <t>01103</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L104" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M104" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N104" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O104" s="5" t="inlineStr">
         <is>
-          <t>вул. Верхогляда Андрія, 16Б, офіс 42</t>
+          <t>пров. Шевченка, 12</t>
         </is>
       </c>
       <c r="P104" s="5" t="inlineStr">
         <is>
-          <t>(050)355-24-07</t>
+          <t>(044) 290 44 92</t>
         </is>
       </c>
       <c r="Q104" s="5" t="inlineStr">
         <is>
-          <t>office@usfu.edu.ua</t>
+          <t>kibs_dekanat@ukr.net</t>
         </is>
       </c>
       <c r="R104" s="5" t="inlineStr">
         <is>
-          <t>https://usfu.edu.ua</t>
+          <t>www.kibs.kiev.ua</t>
         </is>
       </c>
       <c r="S104" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконуючий обов`язки ректора</t>
         </is>
       </c>
       <c r="T104" s="5" t="inlineStr">
         <is>
-          <t>Писаренко Тетяна Володимирівна</t>
-[...3 lines deleted...]
-      <c r="V104" s="5"/>
+          <t>Тутік Лариса Іонівна</t>
+        </is>
+      </c>
+      <c r="U104" s="8" t="n">
+        <v>43971</v>
+      </c>
+      <c r="V104" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Київський інститут банківської справи"</t>
+          <t>Товариство з обмеженою відповідальністю "Київський інститут сучасної психології та психотерапії"</t>
         </is>
       </c>
       <c r="B105" s="6" t="n">
-        <v>1372</v>
+        <v>1391</v>
       </c>
       <c r="C105" s="6"/>
       <c r="D105" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "КІБС"</t>
+          <t>ТОВ "КІСПП"</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
-          <t>Limited liability company «Kyiv banking institute»</t>
+          <t>Limited Liability Company "Kyiv Institute of Modern Psychology and Psychotherapy"</t>
         </is>
       </c>
       <c r="F105" s="7"/>
       <c r="G105" s="6" t="n">
-        <v>1997</v>
+        <v>2010</v>
       </c>
       <c r="H105" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I105" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J105" s="5"/>
       <c r="K105" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>01113</t>
         </is>
       </c>
       <c r="L105" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M105" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N105" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O105" s="5" t="inlineStr">
         <is>
-          <t>пров. Шевченка, 12</t>
+          <t>бульв. Лесі Українки, 26</t>
         </is>
       </c>
       <c r="P105" s="5" t="inlineStr">
         <is>
-          <t>(044) 290 44 92</t>
+          <t>(044) 585-46-78</t>
         </is>
       </c>
       <c r="Q105" s="5" t="inlineStr">
         <is>
-          <t>kibs_dekanat@ukr.net</t>
+          <t>kispp@kispp.com</t>
         </is>
       </c>
       <c r="R105" s="5" t="inlineStr">
         <is>
-          <t>www.kibs.kiev.ua</t>
+          <t>kispp.com</t>
         </is>
       </c>
       <c r="S105" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов`язки ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T105" s="5" t="inlineStr">
         <is>
-          <t>Тутік Лариса Іонівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Херсонський Борис Григорович</t>
+        </is>
+      </c>
+      <c r="U105" s="8"/>
+      <c r="V105" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Київський інститут сучасної психології та психотерапії"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ УНІВЕРСИТЕТ АВІАЦІЙНИХ ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ"</t>
         </is>
       </c>
       <c r="B106" s="6" t="n">
-        <v>1391</v>
+        <v>7165</v>
       </c>
       <c r="C106" s="6"/>
       <c r="D106" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "КІСПП"</t>
+          <t>ТОВ "КУАІТ"</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
-          <t>Limited Liability Company "Kyiv Institute of Modern Psychology and Psychotherapy"</t>
+          <t>Limited Liability Company "Kyiv University of Aviation and Information Technologies"</t>
         </is>
       </c>
       <c r="F106" s="7"/>
       <c r="G106" s="6" t="n">
-        <v>2010</v>
+        <v>2024</v>
       </c>
       <c r="H106" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I106" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J106" s="5"/>
       <c r="K106" s="7" t="inlineStr">
         <is>
-          <t>01113</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L106" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M106" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N106" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O106" s="5" t="inlineStr">
         <is>
-          <t>бульв. Лесі Українки, 26</t>
+          <t>вул. Борщагівська, 154</t>
         </is>
       </c>
       <c r="P106" s="5" t="inlineStr">
         <is>
-          <t>(044) 585-46-78</t>
+          <t>+38 (050) 077 78 11</t>
         </is>
       </c>
       <c r="Q106" s="5" t="inlineStr">
         <is>
-          <t>kispp@kispp.com</t>
+          <t>kuait@kuait.eu</t>
         </is>
       </c>
       <c r="R106" s="5" t="inlineStr">
         <is>
-          <t>kispp.com</t>
+          <t>https://www.kuait.eu</t>
         </is>
       </c>
       <c r="S106" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T106" s="5" t="inlineStr">
         <is>
-          <t>Херсонський Борис Григорович</t>
+          <t>Хращевський Рімвідас Вілімович</t>
         </is>
       </c>
       <c r="U106" s="8"/>
       <c r="V106" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ УНІВЕРСИТЕТ АВІАЦІЙНИХ ТА ІНФОРМАЦІЙНИХ ТЕХНОЛОГІЙ"</t>
+          <t>Товариство з обмеженою відповідальністю "Перший косметологічний коледж"</t>
         </is>
       </c>
       <c r="B107" s="6" t="n">
-        <v>7165</v>
+        <v>2895</v>
       </c>
       <c r="C107" s="6"/>
       <c r="D107" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "КУАІТ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "Перший косметологічний коледж"</t>
+        </is>
+      </c>
+      <c r="E107" s="5"/>
       <c r="F107" s="7"/>
       <c r="G107" s="6" t="n">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="H107" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I107" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J107" s="5"/>
       <c r="K107" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>03022</t>
         </is>
       </c>
       <c r="L107" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M107" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N107" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O107" s="5" t="inlineStr">
         <is>
-          <t>вул. Борщагівська, 154</t>
+          <t>вул. Ломоносова, 18</t>
         </is>
       </c>
       <c r="P107" s="5" t="inlineStr">
         <is>
-          <t>+38 (050) 077 78 11</t>
+          <t>(044) 2216038; 5288282</t>
         </is>
       </c>
       <c r="Q107" s="5" t="inlineStr">
         <is>
-          <t>kuait@kuait.eu</t>
-[...6 lines deleted...]
-      </c>
+          <t>medkolledg2@ukr.net</t>
+        </is>
+      </c>
+      <c r="R107" s="5"/>
       <c r="S107" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T107" s="5" t="inlineStr">
         <is>
-          <t>Хращевський Рімвідас Вілімович</t>
+          <t>Барчукова Тетяна Вікторівна</t>
         </is>
       </c>
       <c r="U107" s="8"/>
       <c r="V107" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Перший косметологічний коледж"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ"</t>
         </is>
       </c>
       <c r="B108" s="6" t="n">
-        <v>2895</v>
+        <v>7012</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Перший косметологічний коледж"</t>
-[...2 lines deleted...]
-      <c r="E108" s="5"/>
+          <t>«УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ»</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY PRIVATE HIGHER EDUCATION INSTITUTION "UNIVERSITY OF MODERN TECHNOLOGIES"</t>
+        </is>
+      </c>
       <c r="F108" s="7"/>
       <c r="G108" s="6" t="n">
-        <v>2000</v>
+        <v>2024</v>
       </c>
       <c r="H108" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I108" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J108" s="5"/>
       <c r="K108" s="7" t="inlineStr">
         <is>
           <t>03022</t>
         </is>
       </c>
       <c r="L108" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M108" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N108" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O108" s="5" t="inlineStr">
         <is>
-          <t>вул. Ломоносова, 18</t>
+          <t>вул. Максимовича Михайла, 28-Г</t>
         </is>
       </c>
       <c r="P108" s="5" t="inlineStr">
         <is>
-          <t>(044) 2216038; 5288282</t>
+          <t>0503247699; 0673098486</t>
         </is>
       </c>
       <c r="Q108" s="5" t="inlineStr">
         <is>
-          <t>medkolledg2@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R108" s="5"/>
+          <t>info@neoversity.com.ua</t>
+        </is>
+      </c>
+      <c r="R108" s="5" t="inlineStr">
+        <is>
+          <t>http://neoversity.com.ua/</t>
+        </is>
+      </c>
       <c r="S108" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T108" s="5" t="inlineStr">
         <is>
-          <t>Барчукова Тетяна Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Чорний Антон Валерійович</t>
+        </is>
+      </c>
+      <c r="U108" s="8"/>
+      <c r="V108" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ"</t>
+          <t>Товариство з обмеженою відповідальністю "Університет міжнародних інноваційних ідей"</t>
         </is>
       </c>
       <c r="B109" s="6" t="n">
-        <v>7012</v>
+        <v>14</v>
       </c>
       <c r="C109" s="6"/>
       <c r="D109" s="5" t="inlineStr">
         <is>
-          <t>«УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ»</t>
+          <t>ТОВ "УМІІ"</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
-          <t>LIMITED LIABILITY COMPANY PRIVATE HIGHER EDUCATION INSTITUTION "UNIVERSITY OF MODERN TECHNOLOGIES"</t>
+          <t>LIMITED LIABILITY COMPANY “UNIVERSITY OF INTERNATIONAL INNOVATIONS”</t>
         </is>
       </c>
       <c r="F109" s="7"/>
       <c r="G109" s="6" t="n">
-        <v>2024</v>
+        <v>1992</v>
       </c>
       <c r="H109" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I109" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J109" s="5"/>
       <c r="K109" s="7" t="inlineStr">
         <is>
-          <t>03022</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L109" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M109" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N109" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O109" s="5" t="inlineStr">
         <is>
-          <t>вул. Максимовича Михайла, 28-Г</t>
+          <t>пров. Ковальський, 19, офіс 139 літера А</t>
         </is>
       </c>
       <c r="P109" s="5" t="inlineStr">
         <is>
-          <t>0503247699; 0673098486</t>
+          <t>(044) 4530093; 4530094;</t>
         </is>
       </c>
       <c r="Q109" s="5" t="inlineStr">
         <is>
-          <t>info@neoversity.com.ua</t>
+          <t>universityinnovationideas@gmail.com</t>
         </is>
       </c>
       <c r="R109" s="5" t="inlineStr">
         <is>
-          <t>http://neoversity.com.ua/</t>
+          <t>mii.university</t>
         </is>
       </c>
       <c r="S109" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T109" s="5" t="inlineStr">
         <is>
-          <t>Чорний Антон Валерійович</t>
+          <t>Родзинський Анатолій Анатолійович</t>
         </is>
       </c>
       <c r="U109" s="8"/>
       <c r="V109" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Університет міжнародних інноваційних ідей"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УНІВЕРСИТЕТ МІЖНАРОДНОЇ ОСВІТИ"</t>
         </is>
       </c>
       <c r="B110" s="6" t="n">
-        <v>14</v>
+        <v>6877</v>
       </c>
       <c r="C110" s="6"/>
       <c r="D110" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УМІІ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "УНІВЕРСИТЕТ МІЖНАРОДНОЇ ОСВІТИ"</t>
+        </is>
+      </c>
+      <c r="E110" s="5"/>
       <c r="F110" s="7"/>
       <c r="G110" s="6" t="n">
-        <v>1992</v>
+        <v>2023</v>
       </c>
       <c r="H110" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I110" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J110" s="5"/>
       <c r="K110" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>03110</t>
         </is>
       </c>
       <c r="L110" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M110" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N110" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O110" s="5" t="inlineStr">
         <is>
-          <t>пров. Ковальський, 19, офіс 139 літера А</t>
+          <t>вул. Солом'янська, 3</t>
         </is>
       </c>
       <c r="P110" s="5" t="inlineStr">
         <is>
-          <t>(044) 4530093; 4530094;</t>
+          <t>(098)234-36-46</t>
         </is>
       </c>
       <c r="Q110" s="5" t="inlineStr">
         <is>
-          <t>universityinnovationideas@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>umo73789@gmail.com</t>
+        </is>
+      </c>
+      <c r="R110" s="5"/>
       <c r="S110" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T110" s="5" t="inlineStr">
         <is>
-          <t>Родзинський Анатолій Анатолійович</t>
+          <t>Орловська Оксана Василівна</t>
         </is>
       </c>
       <c r="U110" s="8"/>
       <c r="V110" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УНІВЕРСИТЕТ МІЖНАРОДНОЇ ОСВІТИ"</t>
+          <t>Українська академія перукарської майстерності та декоративної косметики Київського університету культури</t>
         </is>
       </c>
       <c r="B111" s="6" t="n">
-        <v>6877</v>
-[...1 lines deleted...]
-      <c r="C111" s="6"/>
+        <v>1561</v>
+      </c>
+      <c r="C111" s="6" t="n">
+        <v>310</v>
+      </c>
       <c r="D111" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УНІВЕРСИТЕТ МІЖНАРОДНОЇ ОСВІТИ"</t>
-[...2 lines deleted...]
-      <c r="E111" s="5"/>
+          <t>Українська академія ПМ ДК КУК</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>Ukrainian Academy of Hairdressing and Decorative Cosmetics of Kyiv University of Culture</t>
+        </is>
+      </c>
       <c r="F111" s="7"/>
       <c r="G111" s="6" t="n">
-        <v>2023</v>
+        <v>2002</v>
       </c>
       <c r="H111" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I111" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J111" s="5"/>
       <c r="K111" s="7" t="inlineStr">
         <is>
-          <t>03110</t>
+          <t>01133</t>
         </is>
       </c>
       <c r="L111" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M111" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N111" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O111" s="5" t="inlineStr">
         <is>
-          <t>вул. Солом'янська, 3</t>
+          <t>вул. Євгена Коновальця, 36 Б</t>
         </is>
       </c>
       <c r="P111" s="5" t="inlineStr">
         <is>
-          <t>(098)234-36-46</t>
+          <t>(044)2846404; 5853740</t>
         </is>
       </c>
       <c r="Q111" s="5" t="inlineStr">
         <is>
-          <t>umo73789@gmail.com</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R111" s="5"/>
       <c r="S111" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T111" s="5" t="inlineStr">
         <is>
-          <t>Орловська Оксана Василівна</t>
+          <t>Дихнич Людмила Петрівна</t>
         </is>
       </c>
       <c r="U111" s="8"/>
       <c r="V111" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="5" t="inlineStr">
         <is>
-          <t>Українська академія перукарської майстерності та декоративної косметики Київського університету культури</t>
+          <t>Українська військово-медична академія</t>
         </is>
       </c>
       <c r="B112" s="6" t="n">
-        <v>1561</v>
-[...3 lines deleted...]
-      </c>
+        <v>2975</v>
+      </c>
+      <c r="C112" s="6"/>
       <c r="D112" s="5" t="inlineStr">
         <is>
-          <t>Українська академія ПМ ДК КУК</t>
+          <t>УВМА</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
-          <t>Ukrainian Academy of Hairdressing and Decorative Cosmetics of Kyiv University of Culture</t>
+          <t>Military medical academy of Ukraine</t>
         </is>
       </c>
       <c r="F112" s="7"/>
       <c r="G112" s="6" t="n">
-        <v>2002</v>
+        <v>2000</v>
       </c>
       <c r="H112" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I112" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J112" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J112" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство оборони України</t>
+        </is>
+      </c>
       <c r="K112" s="7" t="inlineStr">
         <is>
-          <t>01133</t>
+          <t>03049</t>
         </is>
       </c>
       <c r="L112" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M112" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N112" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O112" s="5" t="inlineStr">
         <is>
-          <t>вул. Євгена Коновальця, 36 Б</t>
+          <t>вул. Курська, 13-А</t>
         </is>
       </c>
       <c r="P112" s="5" t="inlineStr">
         <is>
-          <t>(044)2846404; 5853740</t>
+          <t>044 280 0143</t>
         </is>
       </c>
       <c r="Q112" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R112" s="5"/>
+          <t>umma@online.ua</t>
+        </is>
+      </c>
+      <c r="R112" s="5" t="inlineStr">
+        <is>
+          <t>http://uvma.mil.gov.ua/</t>
+        </is>
+      </c>
       <c r="S112" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Начальник Української військово-медичної академії</t>
         </is>
       </c>
       <c r="T112" s="5" t="inlineStr">
         <is>
-          <t>Дихнич Людмила Петрівна</t>
+          <t>Савицький Валерій Леонідович</t>
         </is>
       </c>
       <c r="U112" s="8"/>
       <c r="V112" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="5" t="inlineStr">
         <is>
-          <t>Українська військово-медична академія</t>
+          <t>Український державний університет імені Михайла Драгоманова</t>
         </is>
       </c>
       <c r="B113" s="6" t="n">
-        <v>2975</v>
+        <v>6704</v>
       </c>
       <c r="C113" s="6"/>
       <c r="D113" s="5" t="inlineStr">
         <is>
-          <t>УВМА</t>
+          <t>УДУ імені Михайла Драгоманова</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
-          <t>Military medical academy of Ukraine</t>
-[...2 lines deleted...]
-      <c r="F113" s="7"/>
+          <t>Dragomanov Ukrainian State University</t>
+        </is>
+      </c>
+      <c r="F113" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G113" s="6" t="n">
-        <v>2000</v>
+        <v>2022</v>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I113" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J113" s="5" t="inlineStr">
         <is>
-          <t>Міністерство оборони України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K113" s="7" t="inlineStr">
         <is>
-          <t>03049</t>
+          <t>01601</t>
         </is>
       </c>
       <c r="L113" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M113" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N113" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O113" s="5" t="inlineStr">
         <is>
-          <t>вул. Курська, 13-А</t>
+          <t>вул. Пирогова, 9</t>
         </is>
       </c>
       <c r="P113" s="5" t="inlineStr">
         <is>
-          <t>044 280 0143</t>
+          <t>+380(44)-234-11-08</t>
         </is>
       </c>
       <c r="Q113" s="5" t="inlineStr">
         <is>
-          <t>umma@online.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>shef-npu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R113" s="5"/>
       <c r="S113" s="5" t="inlineStr">
         <is>
-          <t>Начальник Української військово-медичної академії</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T113" s="5" t="inlineStr">
         <is>
-          <t>Савицький Валерій Леонідович</t>
+          <t>Андрущенко Віктор Петрович</t>
         </is>
       </c>
       <c r="U113" s="8"/>
       <c r="V113" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="5" t="inlineStr">
         <is>
-          <t>Український державний університет імені Михайла Драгоманова</t>
+          <t>Університет штучного інтелекту та цифровізації</t>
         </is>
       </c>
       <c r="B114" s="6" t="n">
-        <v>6704</v>
+        <v>5778</v>
       </c>
       <c r="C114" s="6"/>
       <c r="D114" s="5" t="inlineStr">
         <is>
-          <t>УДУ імені Михайла Драгоманова</t>
+          <t>Університет АІ та цифровізації</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
-          <t>Dragomanov Ukrainian State University</t>
-[...9 lines deleted...]
-      </c>
+          <t>University of artificial intelligence and digitalization</t>
+        </is>
+      </c>
+      <c r="F114" s="7"/>
+      <c r="G114" s="6"/>
       <c r="H114" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I114" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J114" s="5"/>
       <c r="K114" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>04053</t>
         </is>
       </c>
       <c r="L114" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M114" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N114" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O114" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 9</t>
+          <t>вул. Січових Стрільців, 23-А</t>
         </is>
       </c>
       <c r="P114" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-234-11-08</t>
+          <t>+380982009191</t>
         </is>
       </c>
       <c r="Q114" s="5" t="inlineStr">
         <is>
-          <t>shef-npu@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R114" s="5"/>
+          <t>ai.of.university@gmail.com</t>
+        </is>
+      </c>
+      <c r="R114" s="5" t="inlineStr">
+        <is>
+          <t>https://ai-university.com.ua/</t>
+        </is>
+      </c>
       <c r="S114" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T114" s="5" t="inlineStr">
         <is>
-          <t>Андрущенко Віктор Петрович</t>
-[...3 lines deleted...]
-      <c r="V114" s="5"/>
+          <t>Кушерець Дарина Василівна</t>
+        </is>
+      </c>
+      <c r="U114" s="8" t="n">
+        <v>45366</v>
+      </c>
+      <c r="V114" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="5" t="inlineStr">
         <is>
-          <t>Університет штучного інтелекту та цифровізації</t>
+          <t>Фаховий коледж ТОВ "Університет міжнародних відносин"</t>
         </is>
       </c>
       <c r="B115" s="6" t="n">
-        <v>5778</v>
-[...1 lines deleted...]
-      <c r="C115" s="6"/>
+        <v>7121</v>
+      </c>
+      <c r="C115" s="6" t="n">
+        <v>6877</v>
+      </c>
       <c r="D115" s="5" t="inlineStr">
         <is>
-          <t>Університет АІ та цифровізації</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E115" s="5"/>
       <c r="F115" s="7"/>
       <c r="G115" s="6"/>
       <c r="H115" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I115" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J115" s="5"/>
       <c r="K115" s="7" t="inlineStr">
         <is>
-          <t>04053</t>
+          <t>03110</t>
         </is>
       </c>
       <c r="L115" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M115" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N115" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O115" s="5" t="inlineStr">
         <is>
-          <t>вул. Січових Стрільців, 23-А</t>
+          <t>вул. Солом'янська, 3</t>
         </is>
       </c>
       <c r="P115" s="5" t="inlineStr">
         <is>
-          <t>+380982009191</t>
-[...11 lines deleted...]
-      </c>
+          <t>+098(23)-436-46</t>
+        </is>
+      </c>
+      <c r="Q115" s="5"/>
+      <c r="R115" s="5"/>
       <c r="S115" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T115" s="5" t="inlineStr">
         <is>
-          <t>Кушерець Дарина Василівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Якубовська Анна Ігорівна</t>
+        </is>
+      </c>
+      <c r="U115" s="8"/>
+      <c r="V115" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж ТОВ "Університет міжнародних відносин"</t>
+          <t>Філія "Академія бізнесу та інновацій Приватного вищого навчального закладу "Європейський університет"</t>
         </is>
       </c>
       <c r="B116" s="6" t="n">
-        <v>7121</v>
+        <v>1145</v>
       </c>
       <c r="C116" s="6" t="n">
-        <v>6877</v>
+        <v>228</v>
       </c>
       <c r="D116" s="5" t="inlineStr">
         <is>
-          <t>.</t>
-[...2 lines deleted...]
-      <c r="E116" s="5"/>
+          <t>Філія "Академія бізнесу та інновацій Приватного вищого навчального закладу "Європейський університет"</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>Academy of Business and Innovations of the Private Higher Education Establishment "European University"</t>
+        </is>
+      </c>
       <c r="F116" s="7"/>
-      <c r="G116" s="6"/>
+      <c r="G116" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H116" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I116" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J116" s="5"/>
       <c r="K116" s="7" t="inlineStr">
         <is>
-          <t>03110</t>
+          <t>03115</t>
         </is>
       </c>
       <c r="L116" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M116" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N116" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O116" s="5" t="inlineStr">
         <is>
-          <t>вул. Солом'янська, 3</t>
-[...6 lines deleted...]
-      </c>
+          <t>вул. Депутатська, 15/17</t>
+        </is>
+      </c>
+      <c r="P116" s="5"/>
       <c r="Q116" s="5"/>
       <c r="R116" s="5"/>
       <c r="S116" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T116" s="5" t="inlineStr">
         <is>
-          <t>Якубовська Анна Ігорівна</t>
+          <t>Тимошенко Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U116" s="8"/>
       <c r="V116" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="5" t="inlineStr">
         <is>
-          <t>Філія "Академія бізнесу та інновацій Приватного вищого навчального закладу "Європейський університет"</t>
+          <t>Придніпровський гуманітарно-економічний коледж (м. Нікополь) вищого навчального закладу "Відкритий міжнародний університет розвитку людини "Україна"</t>
         </is>
       </c>
       <c r="B117" s="6" t="n">
-        <v>1145</v>
+        <v>718</v>
       </c>
       <c r="C117" s="6" t="n">
-        <v>228</v>
+        <v>217</v>
       </c>
       <c r="D117" s="5" t="inlineStr">
         <is>
-          <t>Філія "Академія бізнесу та інновацій Приватного вищого навчального закладу "Європейський університет"</t>
+          <t>Придніпровський ГЕК</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
-          <t>Academy of Business and Innovations of the Private Higher Education Establishment "European University"</t>
+          <t>Prydniprovskyi Humanitarian and Economic College (Nikopol) of Higher Educational Institution 'Open International University of Human Development 'Ukraine'</t>
         </is>
       </c>
       <c r="F117" s="7"/>
       <c r="G117" s="6" t="n">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="H117" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I117" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J117" s="5"/>
       <c r="K117" s="7" t="inlineStr">
         <is>
           <t>03115</t>
         </is>
       </c>
       <c r="L117" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M117" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N117" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O117" s="5" t="inlineStr">
         <is>
-          <t>вул. Депутатська, 15/17</t>
-[...4 lines deleted...]
-      <c r="R117" s="5"/>
+          <t>вул. Львівська, 23</t>
+        </is>
+      </c>
+      <c r="P117" s="5" t="inlineStr">
+        <is>
+          <t>0566-691601</t>
+        </is>
+      </c>
+      <c r="Q117" s="5" t="inlineStr">
+        <is>
+          <t>pge.koleg@gmail.com</t>
+        </is>
+      </c>
+      <c r="R117" s="5" t="inlineStr">
+        <is>
+          <t>http://www.pgek.net.ua</t>
+        </is>
+      </c>
       <c r="S117" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T117" s="5" t="inlineStr">
         <is>
-          <t>Тимошенко Юлія Олександрівна</t>
-[...3 lines deleted...]
-      <c r="V117" s="5"/>
+          <t>Шевякова Наталія Леонідівна</t>
+        </is>
+      </c>
+      <c r="U117" s="8" t="n">
+        <v>45982</v>
+      </c>
+      <c r="V117" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="5" t="inlineStr">
         <is>
-          <t>Придніпровський гуманітарно-економічний коледж (м. Нікополь) вищого навчального закладу "Відкритий міжнародний університет розвитку людини "Україна"</t>
+          <t>Запорізький коледж вищого навчального закладу "Відкритий міжнародний університет розвитку людини "Україна"</t>
         </is>
       </c>
       <c r="B118" s="6" t="n">
-        <v>718</v>
+        <v>1390</v>
       </c>
       <c r="C118" s="6" t="n">
         <v>217</v>
       </c>
       <c r="D118" s="5" t="inlineStr">
         <is>
-          <t>Придніпровський ГЕК</t>
-[...6 lines deleted...]
-      </c>
+          <t>Запорізький коледж університету "Україна"</t>
+        </is>
+      </c>
+      <c r="E118" s="5"/>
       <c r="F118" s="7"/>
       <c r="G118" s="6" t="n">
-        <v>2006</v>
+        <v>2000</v>
       </c>
       <c r="H118" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I118" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J118" s="5"/>
       <c r="K118" s="7" t="inlineStr">
         <is>
-          <t>03115</t>
+          <t>69035</t>
         </is>
       </c>
       <c r="L118" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M118" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N118" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O118" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 23</t>
+          <t>вул. Волгоградська, 9</t>
         </is>
       </c>
       <c r="P118" s="5" t="inlineStr">
         <is>
-          <t>0566-691601</t>
-[...11 lines deleted...]
-      </c>
+          <t>0612338943</t>
+        </is>
+      </c>
+      <c r="Q118" s="5"/>
+      <c r="R118" s="5"/>
       <c r="S118" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T118" s="5" t="inlineStr">
         <is>
-          <t>Шевякова Наталія Леонідівна</t>
+          <t>Кулагін Олег Анатолійович</t>
         </is>
       </c>
       <c r="U118" s="8" t="n">
-        <v>45982</v>
+        <v>43405</v>
       </c>
       <c r="V118" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="5" t="inlineStr">
         <is>
-          <t>Запорізький коледж вищого навчального закладу "Відкритий міжнародний університет розвитку людини "Україна"</t>
+          <t>Приватний вищий навчальний заклад "Інститут психології і підприємництва"</t>
         </is>
       </c>
       <c r="B119" s="6" t="n">
-        <v>1390</v>
-[...3 lines deleted...]
-      </c>
+        <v>4104</v>
+      </c>
+      <c r="C119" s="6"/>
       <c r="D119" s="5" t="inlineStr">
         <is>
-          <t>Запорізький коледж університету "Україна"</t>
-[...2 lines deleted...]
-      <c r="E119" s="5"/>
+          <t>ПВНЗ "Інститут психології і підприємництва"</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE HIGHER EDUCATIONAL INSTITUTION "INSTITUTE OF PSYCHOLOGY AND ENTREPRENEURSHIP"</t>
+        </is>
+      </c>
       <c r="F119" s="7"/>
       <c r="G119" s="6" t="n">
-        <v>2000</v>
+        <v>2017</v>
       </c>
       <c r="H119" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I119" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J119" s="5"/>
       <c r="K119" s="7" t="inlineStr">
         <is>
-          <t>69035</t>
+          <t>02099</t>
         </is>
       </c>
       <c r="L119" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M119" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N119" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O119" s="5" t="inlineStr">
         <is>
-          <t>вул. Волгоградська, 9</t>
+          <t>вул. Ялтинська, 5 б</t>
         </is>
       </c>
       <c r="P119" s="5" t="inlineStr">
         <is>
-          <t>0612338943</t>
-[...3 lines deleted...]
-      <c r="R119" s="5"/>
+          <t>+38 (067) 519-75-77</t>
+        </is>
+      </c>
+      <c r="Q119" s="5" t="inlineStr">
+        <is>
+          <t>edu@ipp.edu.ua</t>
+        </is>
+      </c>
+      <c r="R119" s="5" t="inlineStr">
+        <is>
+          <t>ipp.edu.ua</t>
+        </is>
+      </c>
       <c r="S119" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. Ректора</t>
         </is>
       </c>
       <c r="T119" s="5" t="inlineStr">
         <is>
-          <t>Кулагін Олег Анатолійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Заволокіна Ельзара Діляверівна</t>
+        </is>
+      </c>
+      <c r="U119" s="8"/>
+      <c r="V119" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Інститут психології і підприємництва"</t>
+          <t>Миколаївський факультет морського та річкового транспорту Державного університету інфраструктури та технологій</t>
         </is>
       </c>
       <c r="B120" s="6" t="n">
-        <v>4104</v>
-[...1 lines deleted...]
-      <c r="C120" s="6"/>
+        <v>3970</v>
+      </c>
+      <c r="C120" s="6" t="n">
+        <v>3969</v>
+      </c>
       <c r="D120" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Інститут психології і підприємництва"</t>
+          <t>МФМРТ ДУІТ</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
-          <t>PRIVATE HIGHER EDUCATIONAL INSTITUTION "INSTITUTE OF PSYCHOLOGY AND ENTREPRENEURSHIP"</t>
+          <t>Mykolaiv Faculty of Marine and River Transport of State University of Infrastructure and Technologies</t>
         </is>
       </c>
       <c r="F120" s="7"/>
       <c r="G120" s="6" t="n">
         <v>2017</v>
       </c>
       <c r="H120" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I120" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J120" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J120" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K120" s="7" t="inlineStr">
         <is>
-          <t>02099</t>
+          <t>04071</t>
         </is>
       </c>
       <c r="L120" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M120" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N120" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O120" s="5" t="inlineStr">
         <is>
-          <t>вул. Ялтинська, 5 б</t>
+          <t>вул. Кирилівська, 9</t>
         </is>
       </c>
       <c r="P120" s="5" t="inlineStr">
         <is>
-          <t>+38 (067) 519-75-77</t>
+          <t>(044) 4637470</t>
         </is>
       </c>
       <c r="Q120" s="5" t="inlineStr">
         <is>
-          <t>edu@ipp.edu.ua</t>
+          <t>academy@maritime.kiev.ua</t>
         </is>
       </c>
       <c r="R120" s="5" t="inlineStr">
         <is>
-          <t>ipp.edu.ua</t>
+          <t>duit.org.ua</t>
         </is>
       </c>
       <c r="S120" s="5" t="inlineStr">
         <is>
-          <t>В.о. Ректора</t>
+          <t>В.о. декана</t>
         </is>
       </c>
       <c r="T120" s="5" t="inlineStr">
         <is>
-          <t>Заволокіна Ельзара Діляверівна</t>
+          <t>Костюченко Віталій іванович</t>
         </is>
       </c>
       <c r="U120" s="8"/>
       <c r="V120" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
-[...92 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V121"/>
+  <autoFilter ref="A1:V120"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>