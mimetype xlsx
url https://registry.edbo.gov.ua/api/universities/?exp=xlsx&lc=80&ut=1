--- v2 (2026-01-09)
+++ v3 (2026-02-27)
@@ -1399,51 +1399,51 @@
         <is>
           <t>ІЕВ</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>The State Scientific Institution “Institute of Ecological Renovation and Development of Ukraine”</t>
         </is>
       </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Міністерство захисту довкілля та природних ресурсів України</t>
+          <t>Міністерство економіки, довкілля та сільського господарства України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>03035</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Липківського Василя Митрополита, 35</t>
@@ -2755,51 +2755,51 @@
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>Mykhailo Boichuk Kyiv State Academy of Decorative Applied Arts and Design</t>
         </is>
       </c>
       <c r="F29" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G29" s="6" t="n">
         <v>1964</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>01103</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
           <t>вул. Михайла Бойчука, 32</t>
@@ -3358,5582 +3358,5578 @@
           <t>miu.edu.ua</t>
         </is>
       </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>в.о. ректора</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
           <t>Кузьмін Сергій Аркадійович</t>
         </is>
       </c>
       <c r="U35" s="8" t="n">
         <v>42522</v>
       </c>
       <c r="V35" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>"Київський кооперативний інститут бізнесу і права"</t>
+          <t>КИЇВСЬКИЙ НАЦІОНАЛЬНИЙ ЕКОНОМІЧНИЙ УНІВЕРСИТЕТ ІМЕНІ ВАДИМА ГЕТЬМАНА</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>354</v>
+        <v>337</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>"Київський кооперативний інститут бізнесу і права"</t>
+          <t>КНЕУ ІМ.В. ГЕТЬМАНА</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
-          <t>Kyiv Cooperative Institute of business and law</t>
-[...2 lines deleted...]
-      <c r="F36" s="7"/>
+          <t>KYIV NATIONAL ECONOMIC UNIVERSITY NAMED AFTER VADYM HETMAN</t>
+        </is>
+      </c>
+      <c r="F36" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G36" s="6" t="n">
-        <v>2010</v>
+        <v>1906</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J36" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J36" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>03022</t>
+          <t>03057</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Здановської Юлії, 18</t>
+          <t>просп. Перемоги, 54/1</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-257-70-91</t>
+          <t>+380444565055; 459-62-03;</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>rector@kkibp.edu.ua</t>
+          <t>office@kneu.edu.ua</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>http://kkibp.edu.ua</t>
+          <t>WWW.KNEU.EDU.UA</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
-          <t>В.о.ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Гіджеліцький Віталій Миколайович</t>
+          <t>Лук`яненко Дмитро Григорович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>КИЇВСЬКИЙ НАЦІОНАЛЬНИЙ ЕКОНОМІЧНИЙ УНІВЕРСИТЕТ ІМЕНІ ВАДИМА ГЕТЬМАНА</t>
+          <t>Київський національний лінгвістичний університет</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>337</v>
+        <v>315</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>КНЕУ ІМ.В. ГЕТЬМАНА</t>
+          <t>КНЛУ</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
-          <t>KYIV NATIONAL ECONOMIC UNIVERSITY NAMED AFTER VADYM HETMAN</t>
+          <t>Kyiv National Linguistic University</t>
         </is>
       </c>
       <c r="F37" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G37" s="6" t="n">
-        <v>1906</v>
+        <v>1948</v>
       </c>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J37" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>03057</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>просп. Перемоги, 54/1</t>
+          <t>вул. Велика Васильківська, 73</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>+380444565055; 459-62-03;</t>
+          <t>2873372, 2274035, 2276788</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>office@kneu.edu.ua</t>
+          <t>knlu@knlu.edu.ua</t>
         </is>
       </c>
       <c r="R37" s="5" t="inlineStr">
         <is>
-          <t>WWW.KNEU.EDU.UA</t>
+          <t>http://www.knlu.edu.ua</t>
         </is>
       </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Лук`яненко Дмитро Григорович</t>
+          <t>Сорокін Сергій Володимирович</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Київський національний лінгвістичний університет</t>
+          <t>Київський національний університет будівництва і архітектури</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>315</v>
+        <v>127</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>КНЛУ</t>
+          <t>КНУБА</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
-          <t>Kyiv National Linguistic University</t>
+          <t>Kyiv National University of Construction and Architecture</t>
         </is>
       </c>
       <c r="F38" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G38" s="6" t="n">
-        <v>1948</v>
+        <v>1930</v>
       </c>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>03037</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 73</t>
+          <t>просп. Повітряних Сил, 31</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>2873372, 2274035, 2276788</t>
+          <t>+38 (044) 248-49-05; 248-49-01</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>knlu@knlu.edu.ua</t>
+          <t>knuba@knuba.edu.ua</t>
         </is>
       </c>
       <c r="R38" s="5" t="inlineStr">
         <is>
-          <t>http://www.knlu.edu.ua</t>
+          <t>http://www.knuba.edu.ua</t>
         </is>
       </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
-          <t>В. о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Сорокін Сергій Володимирович</t>
+          <t>Дніпров Олексій Сергійович</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Київський національний університет будівництва і архітектури</t>
+          <t>Київський національний університет імені Тараса Шевченка</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>127</v>
+        <v>41</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>КНУБА</t>
+          <t>КНУТШ</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
-          <t>Kyiv National University of Construction and Architecture</t>
+          <t>Taras Shevchenko National University of Kyiv</t>
         </is>
       </c>
       <c r="F39" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G39" s="6" t="n">
-        <v>1930</v>
+        <v>1834</v>
       </c>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>03037</t>
+          <t>01601</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>просп. Повітряних Сил, 31</t>
+          <t>вул. Володимирська, 60</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 248-49-05; 248-49-01</t>
+          <t>(044) 239-33-33; 044 521-35-61</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>knuba@knuba.edu.ua</t>
+          <t>abit@knu.ua; office@knu.ua</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
-          <t>http://www.knuba.edu.ua</t>
+          <t>https://knu.ua</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Дніпров Олексій Сергійович</t>
+          <t>Бугров Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Київський національний університет імені Тараса Шевченка</t>
+          <t>Київський національний університет культури і мистецтв</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>41</v>
+        <v>308</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>КНУТШ</t>
+          <t>КНУКіМ</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>Taras Shevchenko National University of Kyiv</t>
+          <t>Kyiv National University of Culture and Arts</t>
         </is>
       </c>
       <c r="F40" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G40" s="6" t="n">
-        <v>1834</v>
+        <v>1968</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>01133</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимирська, 60</t>
+          <t>вул. Євгена Коновальця, 36</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(044) 239-33-33; 044 521-35-61</t>
+          <t>+38(044)-529-97-42</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>abit@knu.ua; office@knu.ua</t>
+          <t>office@knukim.edu.ua</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
-          <t>https://knu.ua</t>
+          <t>knukim.edu.ua</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. президента університету</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Бугров Володимир Анатолійович</t>
+          <t>Комарніцький Ігор Олегович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Київський національний університет культури і мистецтв</t>
+          <t>Київський національний університет театру, кіно і телебачення імені І.К. Карпенка-Карого</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>308</v>
+        <v>328</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>КНУКіМ</t>
+          <t>КНУТКіТ імені І. К. Карпенка-Карого</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>Kyiv National University of Culture and Arts</t>
+          <t>I. K. Karpenko-Karyi Kyiv National University of Theatre, Cinema and Television</t>
         </is>
       </c>
       <c r="F41" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G41" s="6" t="n">
-        <v>1968</v>
+        <v>1904</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J41" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>01133</t>
+          <t>01054</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Євгена Коновальця, 36</t>
+          <t>вул. Ярославів Вал, 40</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>(044) 529-93-13</t>
+          <t>(044) 272-10-32</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>knukim2021@ukr.net</t>
+          <t>rector@knutkt.edu.ua</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
-          <t>knukim.edu.ua</t>
+          <t>www.knutkt.edu.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
-          <t>Президент університету</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Поплавський Михайло Михайлович</t>
+          <t>Кочарян Інна Сергіївна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Київський національний університет театру, кіно і телебачення імені І.К. Карпенка-Карого</t>
+          <t>Київський національний університет технологій та дизайну</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>328</v>
+        <v>307</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>КНУТКіТ імені І. К. Карпенка-Карого</t>
+          <t>КНУТД</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>I. K. Karpenko-Karyi Kyiv National University of Theatre, Cinema and Television</t>
+          <t>Kyiv National University of Technologies and Design</t>
         </is>
       </c>
       <c r="F42" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G42" s="6" t="n">
-        <v>1904</v>
+        <v>1930</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>01054</t>
+          <t>01011</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Ярославів Вал, 40</t>
+          <t>вул. Мала Шияновська, 2</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(044) 272-10-32</t>
+          <t>(044) 2800512</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>rector@knutkt.edu.ua</t>
+          <t>knutd@knutd.edu.ua</t>
         </is>
       </c>
       <c r="R42" s="5" t="inlineStr">
         <is>
-          <t>www.knutkt.edu.ua</t>
+          <t>knutd.edu.ua</t>
         </is>
       </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов’язків ректора</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Кочарян Інна Сергіївна</t>
+          <t>Остапенко Наталія Валентинівна</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Київський національний університет технологій та дизайну</t>
+          <t>Київський столичний університет імені Бориса Грінченка</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>307</v>
+        <v>6945</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>КНУТД</t>
+          <t>Університет Грінченка</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Kyiv National University of Technologies and Design</t>
-[...6 lines deleted...]
-      </c>
+          <t>Borys Grinchenko Kyiv Metropolitan University</t>
+        </is>
+      </c>
+      <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>1930</v>
+        <v>2023</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="J43" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міська рада</t>
         </is>
       </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>01011</t>
+          <t>04053</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Мала Шияновська, 2</t>
+          <t>вул. Бульварно-Кудрявська, 18/2</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(044) 2800512</t>
+          <t>+380(44)-272-19-02</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>knutd@knutd.edu.ua</t>
+          <t>kubg@kubg.edu.ua</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
-          <t>knutd.edu.ua</t>
+          <t>https://kubg.edu.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>Виконувач обов’язків ректора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Ольшанська Олександра Володимирівна</t>
+          <t>Турунцев Олександр Петрович</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Київський столичний університет імені Бориса Грінченка</t>
+          <t>Київський університет інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>6945</v>
+        <v>5691</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>Університет Грінченка</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>Borys Grinchenko Kyiv Metropolitan University</t>
+          <t>Kyiv university of intellectual property and law</t>
         </is>
       </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>04053</t>
+          <t>02121</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Бульварно-Кудрявська, 18/2</t>
+          <t>вул. Харківське шосе, 210</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-272-19-02</t>
+          <t>+380(44)-563-80-64</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>kubg@kubg.edu.ua</t>
+          <t>kyiv.institute.law@gmail.com</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
-          <t>https://kubg.edu.ua</t>
+          <t>http://kyivinstitute.com/</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Турунцев Олександр Петрович</t>
+          <t>Фелик Василь Іванович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Київський університет інтелектуальної власності та права</t>
+          <t>Київський університет права Національної академії наук України</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>5691</v>
+        <v>25</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КУП НАНУ</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>Kyiv university of intellectual property and law</t>
+          <t>Kyiv University of Law of the National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>2020</v>
+        <v>1995</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J45" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t>Національна академія наук України</t>
+        </is>
+      </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>02121</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Харківське шосе, 210</t>
+          <t>вул. Трьохсвятительська, 4</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-563-80-64</t>
+          <t>(044) 4243335; 4522864</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>kyiv.institute.law@gmail.com</t>
+          <t>kul@kul.kiev.ua</t>
         </is>
       </c>
       <c r="R45" s="5" t="inlineStr">
         <is>
-          <t>http://kyivinstitute.com/</t>
+          <t>http://www.kul.kiev.ua</t>
         </is>
       </c>
       <c r="S45" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Фелик Василь Іванович</t>
+          <t>Бошицький Юрій Ладиславович</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Київський університет права Національної академії наук України</t>
+          <t>Київський університет туризму, економіки і права</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>25</v>
+        <v>1274</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>КУП НАНУ</t>
+          <t>КУТЕП</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>Kyiv University of Law of the National Academy of Sciences of Ukraine</t>
+          <t>Kyiv University of Tourism, Economics and Law</t>
         </is>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>02192</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Трьохсвятительська, 4</t>
+          <t>вул. Генерала Жмаченка, 26</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(044) 4243335; 4522864</t>
+          <t>(044) 5438658; 5439352</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>kul@kul.kiev.ua</t>
+          <t>info@kutep.ua</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
-          <t>http://www.kul.kiev.ua</t>
+          <t>www.kutep.ua</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Бошицький Юрій Ладиславович</t>
+          <t>Фоменко Надія Андріївна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Київський університет туризму, економіки і права</t>
+          <t>Київський фаховий коледж Приватного вищого навчального закладу "Університет сучасних знань"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>1274</v>
-[...1 lines deleted...]
-      <c r="C47" s="6"/>
+        <v>2812</v>
+      </c>
+      <c r="C47" s="6" t="n">
+        <v>281</v>
+      </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>КУТЕП</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>Kyiv University of Tourism, Economics and Law</t>
+          <t>Kiev Vocational College of Private Higher Educational Institution "University of Modern Knowledge"</t>
         </is>
       </c>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>1995</v>
+        <v>2011</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>02192</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Генерала Жмаченка, 26</t>
+          <t>вул. Велика Васильківська, 57/3</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>(044) 5438658; 5439352</t>
+          <t>(044) 2298971</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>info@kutep.ua</t>
+          <t>sekretariat@umk.edu.ua</t>
         </is>
       </c>
       <c r="R47" s="5" t="inlineStr">
         <is>
-          <t>www.kutep.ua</t>
+          <t>https://usz.org.ua/</t>
         </is>
       </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Фоменко Надія Андріївна</t>
+          <t>Мосьондз Сергій Олександрович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Київський фаховий коледж Приватного вищого навчального закладу "Університет сучасних знань"</t>
+          <t>"Коледж Української академії перукарської майстерності та декоративної косметики Київського університету культури"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>2812</v>
+        <v>1522</v>
       </c>
       <c r="C48" s="6" t="n">
-        <v>281</v>
+        <v>310</v>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>Kiev Vocational College of Private Higher Educational Institution "University of Modern Knowledge"</t>
+          <t>College of the Ukrainian Academy of Hairdressing and Decorative Cosmetics of the Kyiv University of Culture.</t>
         </is>
       </c>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
-        <v>2011</v>
+        <v>2010</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>01133</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 57/3</t>
+          <t>вул. Євгена Коновальця, 36 Б</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(044) 2298971</t>
+          <t>(044) 2850317; 2846404; 2850317</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>sekretariat@umk.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kuk_kiev@ukr.net</t>
+        </is>
+      </c>
+      <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Мосьондз Сергій Олександрович</t>
+          <t>Левчук Яна Миколаївна</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>"Коледж Української академії перукарської майстерності та декоративної косметики Київського університету культури"</t>
+          <t>Коледж хореографічного мистецтва "Київська муніципальна академія танцю імені Сержа Лифаря"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>1522</v>
-[...3 lines deleted...]
-      </c>
+        <v>953</v>
+      </c>
+      <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КМАТ імені Сержа Лифаря</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>College of the Ukrainian Academy of Hairdressing and Decorative Cosmetics of the Kyiv University of Culture.</t>
+          <t>Serge Lifar Kyiv Municipal Academy of Dance</t>
         </is>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="6" t="n">
-        <v>2010</v>
+        <v>2001</v>
       </c>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J49" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
+        </is>
+      </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>01133</t>
+          <t>02232</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>вул. Євгена Коновальця, 36 Б</t>
+          <t>вул. Данькевича, 4-А</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(044) 2850317; 2846404; 2850317</t>
+          <t>(044) 5308757; 5354425</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R49" s="5"/>
+          <t>INFO@dance-academy.com.ua</t>
+        </is>
+      </c>
+      <c r="R49" s="5" t="inlineStr">
+        <is>
+          <t>https://dance-academy.kiev.ua/</t>
+        </is>
+      </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Левчук Яна Миколаївна</t>
+          <t>Коломієць Вячеслав Анатолійович</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Коледж хореографічного мистецтва "Київська муніципальна академія танцю імені Сержа Лифаря"</t>
+          <t>Луганська державна академія культури і мистецтв</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>953</v>
+        <v>204</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>КМАТ імені Сержа Лифаря</t>
+          <t>ЛДАКМ</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>Serge Lifar Kyiv Municipal Academy of Dance</t>
-[...2 lines deleted...]
-      <c r="F50" s="7"/>
+          <t>Luhansk State Academy of Culture and Arts</t>
+        </is>
+      </c>
+      <c r="F50" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G50" s="6" t="n">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J50" s="5" t="inlineStr">
         <is>
-          <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>02232</t>
+          <t>01601</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Данькевича, 4-А</t>
+          <t>вул. Івана Франка, 19</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(044) 5308757; 5354425</t>
+          <t>+38 (044) 222 51 85, +38 (050) 502 22 03, +38 (097) 979 69 00</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>INFO@dance-academy.com.ua</t>
+          <t>ldakm@i.ua</t>
         </is>
       </c>
       <c r="R50" s="5" t="inlineStr">
         <is>
-          <t>https://dance-academy.kiev.ua/</t>
+          <t>http://ldakm.edu.ua</t>
         </is>
       </c>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Коломієць Вячеслав Анатолійович</t>
+          <t>Юдов Микола Олександрович</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Луганська державна академія культури і мистецтв</t>
+          <t>Маріупольський державний університет</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ЛДАКМ</t>
+          <t>МДУ</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>Luhansk State Academy of Culture and Arts</t>
+          <t>Mariupol State University</t>
         </is>
       </c>
       <c r="F51" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G51" s="6" t="n">
-        <v>2002</v>
+        <v>2004</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>03037</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Івана Франка, 19</t>
+          <t>просп. Повітряних сил, 31</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 222 51 85, +38 (050) 502 22 03, +38 (097) 979 69 00</t>
+          <t>(0629) 58-75-90</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>ldakm@i.ua</t>
+          <t>info@mu.edu.ua</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>http://ldakm.edu.ua</t>
+          <t>https://mu.edu.ua</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
           <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Юдов Микола Олександрович</t>
+          <t>Марена Тетяна Василівна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Маріупольський державний університет</t>
+          <t>Медично-фармацевтичний коледж Приватного вищого навчального закладу "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>19</v>
-[...1 lines deleted...]
-      <c r="C52" s="6"/>
+        <v>2574</v>
+      </c>
+      <c r="C52" s="6" t="n">
+        <v>1292</v>
+      </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>МДУ</t>
+          <t>МФК ПВНЗ "МАЕМ"</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>Mariupol State University</t>
-[...6 lines deleted...]
-      </c>
+          <t>Medical and Pharmaceutical College of the International academy of ecology and medicine</t>
+        </is>
+      </c>
+      <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>03037</t>
+          <t>02660</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>просп. Повітряних сил, 31</t>
+          <t>вул. В.Шимановського, 2/1, кабінет 318</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(0629) 58-75-90</t>
+          <t>+38 (044) 563-98-54</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>info@mu.edu.ua</t>
+          <t>college@maem.edu.ua</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>https://mu.edu.ua</t>
+          <t>https://maem.edu.ua/medpharmcollege/</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Виконуючий обов'язки директора</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Марена Тетяна Василівна</t>
+          <t>Малишев Віктор Володимирович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Медично-фармацевтичний коледж Приватного вищого навчального закладу "Міжнародна академія екології та медицини"</t>
+          <t>Національна академія внутрішніх справ</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>2574</v>
-[...3 lines deleted...]
-      </c>
+        <v>240</v>
+      </c>
+      <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>МФК ПВНЗ "МАЕМ"</t>
+          <t>НАВС</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Medical and Pharmaceutical College of the International academy of ecology and medicine</t>
+          <t>National Academy of Internal Affairs</t>
         </is>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2012</v>
+        <v>1921</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J53" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство внутрішніх справ України</t>
+        </is>
+      </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>02660</t>
+          <t>03035</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. В.Шимановського, 2/1, кабінет 318</t>
+          <t>пл. Солом'янська, 1</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 563-98-54</t>
+          <t>+ 380(44)246-94-91</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>college@maem.edu.ua</t>
+          <t>post@navs.edu.ua</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>https://maem.edu.ua/medpharmcollege/</t>
+          <t>https://www.navs.edu.ua/</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов'язки директора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Малишев Віктор Володимирович</t>
+          <t>Сербин Руслан Андрійович</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Національна академія внутрішніх справ</t>
+          <t>Національна академія керівних кадрів культури і мистецтв</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>240</v>
+        <v>332</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>НАВС</t>
+          <t>НАКККіМ</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Internal Affairs</t>
-[...2 lines deleted...]
-      <c r="F54" s="7"/>
+          <t>National Academy of Culture and Arts Management</t>
+        </is>
+      </c>
+      <c r="F54" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G54" s="6" t="n">
-        <v>1921</v>
+        <v>1970</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J54" s="5" t="inlineStr">
         <is>
-          <t>Міністерство внутрішніх справ України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>03035</t>
+          <t>01015</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>пл. Солом'янська, 1</t>
+          <t>вул. Лаврська, 9, корпус 15</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+ 380(44)246-94-91</t>
+          <t>+ 38(044) 288-80-81, +38(044) 280-53-43, +38(068) 784-49-27</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>post@navs.edu.ua</t>
+          <t>akademiya@nakkkim.edu.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>https://www.navs.edu.ua/</t>
+          <t>nakkkim.edu.ua</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Сербин Руслан Андрійович</t>
+          <t>Марченко Валерій Віталійович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Національна академія керівних кадрів культури і мистецтв</t>
+          <t>Національна академія образотворчого мистецтва і архітектури</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>332</v>
+        <v>297</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>НАКККіМ</t>
+          <t>НАОМА</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Culture and Arts Management</t>
+          <t>National Academy of Fine Arts and Architecture</t>
         </is>
       </c>
       <c r="F55" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G55" s="6" t="n">
-        <v>1970</v>
+        <v>1917</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>01015</t>
+          <t>04053</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Лаврська, 9, корпус 15</t>
+          <t>вул. Вознесенський узвіз, 20</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>+ 38(044) 288-80-81, +38(044) 280-53-43, +38(068) 784-49-27</t>
+          <t>+38(044)272-15-40</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>akademiya@nakkkim.edu.ua</t>
+          <t>naoma@naoma.edu.ua</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
-          <t>nakkkim.edu.ua</t>
+          <t>http:www.naoma.edu.ua</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Марченко Валерій Віталійович</t>
+          <t>Цугорка Олександр Петрович</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Національна академія образотворчого мистецтва і архітектури</t>
+          <t>Національна академія Служби безпеки України</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>297</v>
+        <v>1339</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>НАОМА</t>
+          <t>НА СБУ</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
-          <t>National Academy of Fine Arts and Architecture</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Academy of the Security Service of Ukraine</t>
+        </is>
+      </c>
+      <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
-        <v>1917</v>
+        <v>1992</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Служба безпеки України</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>04053</t>
+          <t>03066</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Вознесенський узвіз, 20</t>
+          <t>вул. Михайла Максимовича, 22</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>+38(044)272-15-40</t>
+          <t>(044) 2573035, 2570096, 2555001</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>naoma@naoma.edu.ua</t>
+          <t>academy@ssu.gov.ua</t>
         </is>
       </c>
       <c r="R56" s="5" t="inlineStr">
         <is>
-          <t>http:www.naoma.edu.ua</t>
+          <t>https://nasbu.edu.ua</t>
         </is>
       </c>
       <c r="S56" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Цугорка Олександр Петрович</t>
+          <t>Черняк Андрій Миколайович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Національна академія Служби безпеки України</t>
+          <t>Національна академія статистики, обліку та аудиту</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>1339</v>
+        <v>67</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>НА СБУ</t>
+          <t>НАСОА</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
-          <t>National Academy of the Security Service of Ukraine</t>
+          <t>The National Academy of Statistics, Accounting and Audit</t>
         </is>
       </c>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>1992</v>
+        <v>1986</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J57" s="5" t="inlineStr">
         <is>
-          <t>Служба безпеки України</t>
+          <t>Державна служба статистики України</t>
         </is>
       </c>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>03066</t>
+          <t>04107</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Максимовича, 22</t>
+          <t>вул. Підгірна, 1</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>(044) 2573035, 2570096, 2555001</t>
+          <t>(044) 484 49 41, (044) 484 47 78</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>academy@ssu.gov.ua</t>
+          <t>info@nasoa.edu.ua</t>
         </is>
       </c>
       <c r="R57" s="5" t="inlineStr">
         <is>
-          <t>https://nasbu.edu.ua</t>
+          <t>http://nasoa.edu.ua</t>
         </is>
       </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T57" s="5" t="inlineStr">
         <is>
-          <t>Черняк Андрій Миколайович</t>
+          <t>Осауленко Олександр Григорович</t>
         </is>
       </c>
       <c r="U57" s="8"/>
       <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Національна академія статистики, обліку та аудиту</t>
+          <t>Національна музична академія України імені П.І. Чайковського</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>67</v>
+        <v>357</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
-          <t>НАСОА</t>
+          <t>НМАУ ім. П.І. Чайковського</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
-          <t>The National Academy of Statistics, Accounting and Audit</t>
-[...2 lines deleted...]
-      <c r="F58" s="7"/>
+          <t>Ukrainian National Tchaikovsky Academy of Music</t>
+        </is>
+      </c>
+      <c r="F58" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G58" s="6" t="n">
-        <v>1986</v>
+        <v>1913</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5" t="inlineStr">
         <is>
-          <t>Державна служба статистики України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>04107</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Підгірна, 1</t>
+          <t>вул. Городецького, 1-3/11</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>(044) 484 49 41, (044) 484 47 78</t>
+          <t>(044)279-07-92</t>
         </is>
       </c>
       <c r="Q58" s="5" t="inlineStr">
         <is>
-          <t>info@nasoa.edu.ua</t>
+          <t>cancelyariya@knmau.соm.ua.</t>
         </is>
       </c>
       <c r="R58" s="5" t="inlineStr">
         <is>
-          <t>http://nasoa.edu.ua</t>
+          <t>www.knmau.com.ua</t>
         </is>
       </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T58" s="5" t="inlineStr">
         <is>
-          <t>Осауленко Олександр Григорович</t>
+          <t>Тимошенко Максим Олегович</t>
         </is>
       </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Національна музична академія України імені П.І. Чайковського</t>
+          <t>Національний медичний університет імені О.О. Богомольця</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>357</v>
+        <v>149</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>НМАУ ім. П.І. Чайковського</t>
+          <t>НМУ імені О.О. Богомольця</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
-          <t>Ukrainian National Tchaikovsky Academy of Music</t>
+          <t>Bogomolets National Medical University</t>
         </is>
       </c>
       <c r="F59" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G59" s="6" t="n">
-        <v>1913</v>
+        <v>1841</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>01601</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Городецького, 1-3/11</t>
+          <t>бульв. Тараса Шевченка, 13</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(044)279-07-92</t>
+          <t>+380442349276; +380442355254;</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>cancelyariya@knmau.соm.ua.</t>
-[...6 lines deleted...]
-      </c>
+          <t>kancnmu@gmail.com</t>
+        </is>
+      </c>
+      <c r="R59" s="5"/>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Тимошенко Максим Олегович</t>
+          <t>Кучин Юрій Леонідович</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Національний медичний університет імені О.О. Богомольця</t>
+          <t>Національний технічний університет України «Київський політехнічний інститут імені Ігоря Сікорського»</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>НМУ імені О.О. Богомольця</t>
+          <t>КПІ ім. Ігоря Сікорського</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
-          <t>Bogomolets National Medical University</t>
+          <t>National Technical University of Ukraine «Igor Sikorsky Kyiv Polytechnic Institute»</t>
         </is>
       </c>
       <c r="F60" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G60" s="6" t="n">
-        <v>1841</v>
+        <v>1898</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J60" s="5" t="inlineStr">
         <is>
-          <t>Міністерство охорони здоров`я України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>01601</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>бульв. Тараса Шевченка, 13</t>
+          <t>просп. Берестейський, 37</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>+380442349276; +380442355254;</t>
+          <t>(044) 204-82-82</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>kancnmu@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R60" s="5"/>
+          <t>mail@kpi.ua</t>
+        </is>
+      </c>
+      <c r="R60" s="5" t="inlineStr">
+        <is>
+          <t>http://kpi.ua</t>
+        </is>
+      </c>
       <c r="S60" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T60" s="5" t="inlineStr">
         <is>
-          <t>Кучин Юрій Леонідович</t>
+          <t>Мельниченко Анатолій Анатолійович</t>
         </is>
       </c>
       <c r="U60" s="8"/>
       <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Національний технічний університет України «Київський політехнічний інститут імені Ігоря Сікорського»</t>
+          <t>Національний транспортний університет</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>174</v>
+        <v>24</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>КПІ ім. Ігоря Сікорського</t>
+          <t>НТУ</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
-          <t>National Technical University of Ukraine «Igor Sikorsky Kyiv Polytechnic Institute»</t>
+          <t>National Transport University</t>
         </is>
       </c>
       <c r="F61" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G61" s="6" t="n">
-        <v>1898</v>
+        <v>1944</v>
       </c>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>01010</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>просп. Берестейський, 37</t>
+          <t>вул. Омеляновича-Павленка, 1</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>(044) 204-82-82</t>
+          <t>+38(044)-280-82-03</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>mail@kpi.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>general@ntu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Мельниченко Анатолій Анатолійович</t>
+          <t>Грищук Олександр Казимирович</t>
         </is>
       </c>
       <c r="U61" s="8"/>
       <c r="V61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Національний транспортний університет</t>
+          <t>Національний університет біоресурсів і природокористування України</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>НТУ</t>
+          <t>НУБіП України</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
-          <t>National Transport University</t>
+          <t>National University of Life and Environmental Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F62" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G62" s="6" t="n">
-        <v>1944</v>
+        <v>1954</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>01010</t>
+          <t>03041</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Омеляновича-Павленка, 1</t>
+          <t>вул. Героїв Оборони, 15</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 280 82 03</t>
+          <t>(044) 5278242, 2584263</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>general@ntu.edu.ua</t>
+          <t>rectorat@nubip.edu.ua</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
-          <t>http://www.ntu.edu.ua</t>
+          <t>http://www.nubip.edu.ua/</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Грищук Олександр Казимирович</t>
+          <t>Ткачук Вадим Анатолійович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Національний університет біоресурсів і природокористування України</t>
+          <t>Національний університет "Києво-Могилянська академія"</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>7</v>
+        <v>79</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>НУБіП України</t>
+          <t>НаУКМА</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
-          <t>National University of Life and Environmental Sciences of Ukraine</t>
+          <t>National University of Kyiv-Mohyla Academy</t>
         </is>
       </c>
       <c r="F63" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G63" s="6" t="n">
-        <v>1954</v>
+        <v>1991</v>
       </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>03041</t>
+          <t>04070</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Героїв Оборони, 15</t>
+          <t>вул. Григорія Сковороди, 2</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>(044) 5278242, 2584263</t>
+          <t>(044) 463-70-67, 425-60-59, 463-67-83</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>rectorat@nubip.edu.ua</t>
+          <t>vkd@ukma.edu.ua</t>
         </is>
       </c>
       <c r="R63" s="5" t="inlineStr">
         <is>
-          <t>http://www.nubip.edu.ua/</t>
+          <t>http://www.ukma.edu.ua</t>
         </is>
       </c>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Ткачук Вадим Анатолійович</t>
+          <t>Квіт Сергій Миронович</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>Національний університет "Києво-Могилянська академія"</t>
+          <t>Національний університет оборони України</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>79</v>
+        <v>1159</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>НаУКМА</t>
+          <t>НАОУ</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
-          <t>National University of Kyiv-Mohyla Academy</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Defence University of Ukraine</t>
+        </is>
+      </c>
+      <c r="F64" s="7"/>
       <c r="G64" s="6" t="n">
-        <v>1991</v>
+        <v>2000</v>
       </c>
       <c r="H64" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J64" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство оборони України</t>
         </is>
       </c>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>04070</t>
+          <t>03049</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Григорія Сковороди, 2</t>
+          <t>просп. Повітряних Сил, 28</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>(044) 463-70-67, 425-60-59, 463-67-83</t>
+          <t>044 248 10 77, 248 10 76</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>vkd@ukma.edu.ua</t>
+          <t>info@nuou.org.ua</t>
         </is>
       </c>
       <c r="R64" s="5" t="inlineStr">
         <is>
-          <t>http://www.ukma.edu.ua</t>
+          <t>nuou.org.ua</t>
         </is>
       </c>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Начальник</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Квіт Сергій Миронович</t>
+          <t>Коваль Михайло Володимирович</t>
         </is>
       </c>
       <c r="U64" s="8"/>
       <c r="V64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>Національний університет оборони України</t>
+          <t>Національний університет охорони здоров’я України імені П. Л. Шупика</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>1159</v>
+        <v>2833</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>НАОУ</t>
+          <t>НУОЗ України імені П. Л. Шупика</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
-          <t>National Defence University of Ukraine</t>
+          <t>Shupyk National Healthcare University of Ukraine</t>
         </is>
       </c>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J65" s="5" t="inlineStr">
         <is>
-          <t>Міністерство оборони України</t>
+          <t>Міністерство охорони здоров`я України</t>
         </is>
       </c>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>03049</t>
+          <t>04112</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>просп. Повітряних Сил, 28</t>
+          <t>вул. Дорогожицька, 9</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>044 248 10 77, 248 10 76</t>
+          <t>(044) 205-48-10, 205-48-11, 205-48-62</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>info@nuou.org.ua</t>
+          <t>office@nuozu.edu.ua</t>
         </is>
       </c>
       <c r="R65" s="5" t="inlineStr">
         <is>
-          <t>nuou.org.ua</t>
+          <t>www.nuozu.edu.ua</t>
         </is>
       </c>
       <c r="S65" s="5" t="inlineStr">
         <is>
-          <t>Начальник</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Коваль Михайло Володимирович</t>
+          <t>Камінський В`ячеслав Володимирович</t>
         </is>
       </c>
       <c r="U65" s="8"/>
       <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Національний університет охорони здоров’я України імені П. Л. Шупика</t>
+          <t>Національний університет фізичного виховання і спорту України</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>2833</v>
+        <v>180</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>НУОЗ України імені П. Л. Шупика</t>
+          <t>НУФВСУ</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
-          <t>Shupyk National Healthcare University of Ukraine</t>
-[...2 lines deleted...]
-      <c r="F66" s="7"/>
+          <t>National University of Ukraine on Physical Education and Sport</t>
+        </is>
+      </c>
+      <c r="F66" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G66" s="6" t="n">
-        <v>2006</v>
+        <v>1930</v>
       </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J66" s="5" t="inlineStr">
         <is>
-          <t>Міністерство охорони здоров`я України</t>
+          <t>Міністерство молоді та спорту України</t>
         </is>
       </c>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>04112</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Дорогожицька, 9</t>
+          <t>вул. Фізкультури, 1</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>(044) 205-48-10, 205-48-11, 205-48-62</t>
+          <t>+380(44)-287-61-91</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>office@nuozu.edu.ua</t>
+          <t>rectorat@uni-sport.edu.ua</t>
         </is>
       </c>
       <c r="R66" s="5" t="inlineStr">
         <is>
-          <t>www.nuozu.edu.ua</t>
+          <t>www.uni-sport.edu.ua</t>
         </is>
       </c>
       <c r="S66" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Камінський В`ячеслав Володимирович</t>
+          <t>Пижов Олександр Михайлович</t>
         </is>
       </c>
       <c r="U66" s="8"/>
       <c r="V66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Національний університет фізичного виховання і спорту України</t>
+          <t>Національний університет харчових технологій</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>180</v>
+        <v>47</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>НУФВСУ</t>
+          <t>НУХТ</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
-          <t>National University of Ukraine on Physical Education and Sport</t>
+          <t>National University of Food Technologies</t>
         </is>
       </c>
       <c r="F67" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G67" s="6" t="n">
         <v>1930</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Міністерство молоді та спорту України</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Фізкультури, 1</t>
+          <t>вул. Володимирська, 68</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-287-61-91</t>
+          <t>+38(044) 289-95-55</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>rectorat@uni-sport.edu.ua</t>
+          <t>info@nuft.edu.ua</t>
         </is>
       </c>
       <c r="R67" s="5" t="inlineStr">
         <is>
-          <t>www.uni-sport.edu.ua</t>
+          <t>www.nuft.edu.ua</t>
         </is>
       </c>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>В. о. ректора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Пижов Олександр Михайлович</t>
+          <t>Яровий Володимир Леонідович</t>
         </is>
       </c>
       <c r="U67" s="8"/>
       <c r="V67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Національний університет харчових технологій</t>
+          <t>Приватна установа "Університет "Київська школа економіки"</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>47</v>
+        <v>3924</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>НУХТ</t>
+          <t>Київська школа економіки</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
-          <t>National University of Food Technologies</t>
-[...6 lines deleted...]
-      </c>
+          <t>Private institution “University “Kyiv School of Economics”</t>
+        </is>
+      </c>
+      <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>1930</v>
+        <v>2016</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J68" s="5"/>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>03113</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Володимирська, 68</t>
+          <t>вул. Шпака Миколи, 3</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 289-95-55</t>
+          <t>492-80-12</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>info@nuft.edu.ua</t>
+          <t>infovnz@kse.org.ua</t>
         </is>
       </c>
       <c r="R68" s="5" t="inlineStr">
         <is>
-          <t>www.nuft.edu.ua</t>
+          <t>https://university.kse.ua/</t>
         </is>
       </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Яровий Володимир Леонідович</t>
+          <t>Брік Тимофій Дмитрович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Приватна установа "Університет "Київська школа економіки"</t>
+          <t>Приватна установа "Університет науки, підприємництва та технологій"</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>3924</v>
+        <v>6664</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>Київська школа економіки</t>
+          <t>ПУ "УНПТ", Університет науки підприємництва та технологій</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
-          <t>Private institution “University “Kyiv School of Economics”</t>
+          <t>Science Entrepreneurship Technology University</t>
         </is>
       </c>
       <c r="F69" s="7"/>
       <c r="G69" s="6" t="n">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="H69" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J69" s="5"/>
       <c r="K69" s="7" t="inlineStr">
         <is>
           <t>03113</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
           <t>вул. Шпака Миколи, 3</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>492-80-12</t>
+          <t>(050)910-10-43</t>
         </is>
       </c>
       <c r="Q69" s="5" t="inlineStr">
         <is>
-          <t>infovnz@kse.org.ua</t>
+          <t>o.lastovska@setuniversity.edu.ua</t>
         </is>
       </c>
       <c r="R69" s="5" t="inlineStr">
         <is>
-          <t>https://university.kse.ua/</t>
+          <t>https://academ.setuniversity.edu.ua</t>
         </is>
       </c>
       <c r="S69" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Брік Тимофій Дмитрович</t>
+          <t>Почебут Максим</t>
         </is>
       </c>
       <c r="U69" s="8"/>
       <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Приватна установа "Університет науки, підприємництва та технологій"</t>
+          <t>Приватне акціонерне товариство «Українсько-Польський вищий навчальний заклад "Центрально-Європейський університет»</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>6664</v>
+        <v>176</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ПУ "УНПТ", Університет науки підприємництва та технологій</t>
+          <t>ПРАТ "УП ВНЗ ЦЄУ"</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
-          <t>Science Entrepreneurship Technology University</t>
+          <t>Private Joint Stock Company “Ukrainian-Polish Higher Educational Establishment “University of Central Europe”</t>
         </is>
       </c>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>2022</v>
+        <v>1995</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>03113</t>
+          <t>03680</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Шпака Миколи, 3</t>
+          <t>вул. Козацька, 120/4</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(050)910-10-43</t>
+          <t>+38 044 278-24-73, +38 044 278-18-92, +38 044 278-84-92</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>o.lastovska@setuniversity.edu.ua</t>
+          <t>referent.ceu.info@gmail.com</t>
         </is>
       </c>
       <c r="R70" s="5" t="inlineStr">
         <is>
-          <t>https://academ.setuniversity.edu.ua</t>
+          <t>www.c-e-u.info</t>
         </is>
       </c>
       <c r="S70" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Перший проректор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Почебут Максим</t>
+          <t>Шепелюк Олександр Юрійович</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство «Українсько-Польський вищий навчальний заклад "Центрально-Європейський університет»</t>
+          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>176</v>
+        <v>249</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "УП ВНЗ ЦЄУ"</t>
+          <t>ПрАТ "ВНЗ "МАУП"</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
-          <t>Private Joint Stock Company “Ukrainian-Polish Higher Educational Establishment “University of Central Europe”</t>
-[...2 lines deleted...]
-      <c r="F71" s="7"/>
+          <t>Private Joint-Stock Company "Higher education institution "Interregional Academy of Personnel Management"</t>
+        </is>
+      </c>
+      <c r="F71" s="7" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
       <c r="G71" s="6" t="n">
-        <v>1995</v>
+        <v>1989</v>
       </c>
       <c r="H71" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>03680</t>
+          <t>03039</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Козацька, 120/4</t>
+          <t>вул. Фрометівська, 2</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>+38 044 278-24-73, +38 044 278-18-92, +38 044 278-84-92</t>
+          <t>490-95-00, 490-95-05</t>
         </is>
       </c>
       <c r="Q71" s="5" t="inlineStr">
         <is>
-          <t>referent.ceu.info@gmail.com</t>
+          <t>iapm@iapm.edu.ua</t>
         </is>
       </c>
       <c r="R71" s="5" t="inlineStr">
         <is>
-          <t>www.c-e-u.info</t>
+          <t>www.maup.com.ua</t>
         </is>
       </c>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>Перший проректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Шепелюк Олександр Юрійович</t>
+          <t>Щокін Ростислав Георгійович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
+          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Національна академія управління"</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>249</v>
+        <v>339</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ВНЗ "МАУП"</t>
+          <t>ПРАТ ВНЗ "НАУ"</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
-          <t>Private Joint-Stock Company "Higher education institution "Interregional Academy of Personnel Management"</t>
-[...6 lines deleted...]
-      </c>
+          <t>Higher Education Institution "National Academy of Management"</t>
+        </is>
+      </c>
+      <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>03039</t>
+          <t>03148</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Фрометівська, 2</t>
+          <t>вул. Гната Юри, 9</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>490-95-00, 490-95-05</t>
+          <t>(044) 242 24 46; (044) 242 24 64</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>iapm@iapm.edu.ua</t>
+          <t>office@nam.kiev.ua</t>
         </is>
       </c>
       <c r="R72" s="5" t="inlineStr">
         <is>
-          <t>www.maup.com.ua</t>
+          <t>http://nam.kiev.ua/</t>
         </is>
       </c>
       <c r="S72" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Щокін Ростислав Георгійович</t>
+          <t>Єрохін Сергій Аркадійович</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Вищий навчальний заклад "Національна академія управління"</t>
+          <t>Приватне підприємство "Сигма"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>339</v>
+        <v>6648</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ ВНЗ "НАУ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПП</t>
+        </is>
+      </c>
+      <c r="E73" s="5"/>
       <c r="F73" s="7"/>
       <c r="G73" s="6" t="n">
-        <v>1992</v>
+        <v>2001</v>
       </c>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J73" s="5"/>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>03148</t>
+          <t>04071</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>вул. Гната Юри, 9</t>
+          <t>вул. Межигірська, 5</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>(044) 242 24 46; (044) 242 24 64</t>
+          <t>(050)657-37-87</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>office@nam.kiev.ua</t>
+          <t>sigmavip2@gmail.com</t>
         </is>
       </c>
       <c r="R73" s="5" t="inlineStr">
         <is>
-          <t>http://nam.kiev.ua/</t>
+          <t>https://mediland.ua/</t>
         </is>
       </c>
       <c r="S73" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Єрохін Сергій Аркадійович</t>
+          <t>Міщенко Катерина Михайлівна</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Сигма"</t>
+          <t>Приватний вищий навчальний заклад "Деснянський економіко-правовий коледж при Міжрегіональній Академії управління персоналом"</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>6648</v>
+        <v>605</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>ПП</t>
-[...2 lines deleted...]
-      <c r="E74" s="5"/>
+          <t>Деснянський економіко-правовий коледж при МАУП</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational establishment "Desnianskyi College of Economics and Law" of "Interregional Academy of Personnel Management"</t>
+        </is>
+      </c>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>2001</v>
+        <v>2003</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="7" t="inlineStr">
         <is>
-          <t>04071</t>
+          <t>02217</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Межигірська, 5</t>
+          <t>вул. Миколи Закревського, 45-Б</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>(050)657-37-87</t>
+          <t>5156163</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>sigmavip2@gmail.com</t>
+          <t>desn_ept@ukr.net</t>
         </is>
       </c>
       <c r="R74" s="5" t="inlineStr">
         <is>
-          <t>https://mediland.ua/</t>
+          <t>dcmaup.com.ua</t>
         </is>
       </c>
       <c r="S74" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T74" s="5" t="inlineStr">
         <is>
-          <t>Міщенко Катерина Михайлівна</t>
+          <t>Васильконова Еліна Олександрівна</t>
         </is>
       </c>
       <c r="U74" s="8"/>
       <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Деснянський економіко-правовий коледж при Міжрегіональній Академії управління персоналом"</t>
+          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>605</v>
+        <v>228</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>Деснянський економіко-правовий коледж при МАУП</t>
+          <t>ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational establishment "Desnianskyi College of Economics and Law" of "Interregional Academy of Personnel Management"</t>
+          <t>Private Higher Education Establishment "European University"</t>
         </is>
       </c>
       <c r="F75" s="7"/>
       <c r="G75" s="6" t="n">
-        <v>2003</v>
+        <v>1991</v>
       </c>
       <c r="H75" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>02217</t>
+          <t>03115</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>вул. Миколи Закревського, 45-Б</t>
+          <t>бульв. Академіка Вернадського, 16-в</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>5156163</t>
+          <t>+38(044)-334-53-04</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>desn_ept@ukr.net</t>
+          <t>office@e-u.edu.ua</t>
         </is>
       </c>
       <c r="R75" s="5" t="inlineStr">
         <is>
-          <t>dcmaup.com.ua</t>
+          <t>http://www.e-u.edu.ua/</t>
         </is>
       </c>
       <c r="S75" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Васильконова Еліна Олександрівна</t>
+          <t>Тимошенко Олена Іванівна</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
+          <t>Приватний вищий навчальний заклад "Інститут екології економіки і права"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>228</v>
+        <v>1325</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Європейський університет"</t>
+          <t>ПВНЗ "Інститут екології економіки і права"</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Education Establishment "European University"</t>
+          <t>Institute for Ecology Economy and Law</t>
         </is>
       </c>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
-        <v>1991</v>
+        <v>2004</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J76" s="5"/>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>03115</t>
+          <t>01030</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>бульв. Академіка Вернадського, 16-в</t>
+          <t>вул. Пирогова, 9</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-334-53-04</t>
+          <t>(044) 486-0763, 234-1108</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>office@e-u.edu.ua</t>
+          <t>ieep@ukr.net</t>
         </is>
       </c>
       <c r="R76" s="5" t="inlineStr">
         <is>
-          <t>http://www.e-u.edu.ua/</t>
+          <t>ieep.org.ua</t>
         </is>
       </c>
       <c r="S76" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Тимошенко Олена Іванівна</t>
+          <t>Нікандров Олександр Всеволодович</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Інститут екології економіки і права"</t>
+          <t>Приватний вищий навчальний заклад "Київський коледж бізнесу"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>1325</v>
+        <v>1106</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Інститут екології економіки і права"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПВНЗ ККБ</t>
+        </is>
+      </c>
+      <c r="E77" s="5"/>
       <c r="F77" s="7"/>
       <c r="G77" s="6" t="n">
-        <v>2004</v>
+        <v>2000</v>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>01030</t>
+          <t>03151</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 9</t>
+          <t>вул. Народного ополчення, 7, кв. 116-117</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>(044) 486-0763, 234-1108</t>
+          <t>560-22-21</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
-          <t>ieep@ukr.net</t>
+          <t>kkb@kcbiz.kiev.ua</t>
         </is>
       </c>
       <c r="R77" s="5" t="inlineStr">
         <is>
-          <t>ieep.org.ua</t>
+          <t>www.kcbiz.kiev.ua</t>
         </is>
       </c>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Нікандров Олександр Всеволодович</t>
-[...3 lines deleted...]
-      <c r="V77" s="5"/>
+          <t>Перова Вікторія Вікторівна</t>
+        </is>
+      </c>
+      <c r="U77" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V77" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Київський коледж бізнесу"</t>
+          <t>ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>1106</v>
+        <v>197</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ ККБ</t>
-[...2 lines deleted...]
-      <c r="E78" s="5"/>
+          <t>ПВНЗ "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
+        </is>
+      </c>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
-        <v>2000</v>
+        <v>1992</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>03151</t>
+          <t>01004</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Народного ополчення, 7, кв. 116-117</t>
+          <t>вул. Велика Васильківська, 17 А</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>560-22-21</t>
+          <t>+38 (044) 567-29-29, +38 (044) 234-99-92</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>kkb@kcbiz.kiev.ua</t>
+          <t>info@kmu.edu.ua</t>
         </is>
       </c>
       <c r="R78" s="5" t="inlineStr">
         <is>
-          <t>www.kcbiz.kiev.ua</t>
+          <t>http://kmu.edu.ua</t>
         </is>
       </c>
       <c r="S78" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Перова Вікторія Вікторівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Поканевич Олександр Валерійович</t>
+        </is>
+      </c>
+      <c r="U78" s="8"/>
+      <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+          <t>Приватний вищий навчальний заклад "Київський університет культури"</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>197</v>
+        <v>310</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ"</t>
+          <t>Київський університет культури</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
-          <t>PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
+          <t>Private Higher Educational Institution “Kyiv University of Culture”</t>
         </is>
       </c>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>01004</t>
+          <t>01042</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 17 А</t>
+          <t>вул. Дорошенка Дмитра, 20</t>
         </is>
       </c>
       <c r="P79" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 567-29-29, +38 (044) 234-99-92</t>
+          <t>+38(044)-285-00-36</t>
         </is>
       </c>
       <c r="Q79" s="5" t="inlineStr">
         <is>
-          <t>info@kmu.edu.ua</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R79" s="5" t="inlineStr">
         <is>
-          <t>http://kmu.edu.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Поканевич Олександр Валерійович</t>
+          <t>Пилипів Володимир Іванович</t>
         </is>
       </c>
       <c r="U79" s="8"/>
       <c r="V79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Київський університет культури"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>310</v>
+        <v>1292</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>Київський університет культури</t>
+          <t>ПВНЗ "Міжнародна академія екології та медицини"</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution “Kyiv University of Culture”</t>
+          <t>International academy of ecology and medicine</t>
         </is>
       </c>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="7" t="inlineStr">
         <is>
-          <t>01042</t>
+          <t>02091</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Дорошенка Дмитра, 20</t>
+          <t>Харківське шосе , 121</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-285-00-36</t>
+          <t>+38(097)-070-11-00</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
+          <t>rector@maem.edu.ua</t>
         </is>
       </c>
       <c r="R80" s="5" t="inlineStr">
         <is>
-          <t>https://kuk.edu.ua/</t>
+          <t>https://maem.edu.ua</t>
         </is>
       </c>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконуючий обов’язки ректора</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Пилипів Володимир Іванович</t>
+          <t>Савицький Іван Володимирович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародна академія екології та медицини"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародна академія сертифікації бухгалтерів і аудиторів"</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>1292</v>
+        <v>4032</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Міжнародна академія екології та медицини"</t>
+          <t>ПВНЗ "МАСБА"</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
-          <t>International academy of ecology and medicine</t>
+          <t>"INTERNATIONAL ACADEMY OF CERTIFICATION OF ACCOUNTANTS AND AUDITORS" PRIVATE INSTITUTION OF HIGHER EDUCATION</t>
         </is>
       </c>
       <c r="F81" s="7"/>
-      <c r="G81" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G81" s="6"/>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J81" s="5"/>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>02091</t>
+          <t>01001</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>Харківське шосе , 121</t>
+          <t>вул. Малопідвальна, 10</t>
         </is>
       </c>
       <c r="P81" s="5" t="inlineStr">
         <is>
-          <t>+38(097)-070-11-00</t>
+          <t>+380(44)-279-00-00</t>
         </is>
       </c>
       <c r="Q81" s="5" t="inlineStr">
         <is>
-          <t>rector@maem.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>chief@amsfo.com</t>
+        </is>
+      </c>
+      <c r="R81" s="5"/>
       <c r="S81" s="5" t="inlineStr">
         <is>
-          <t>Виконуючий обов’язки ректора</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T81" s="5" t="inlineStr">
         <is>
-          <t>Савицький Іван Володимирович</t>
-[...3 lines deleted...]
-      <c r="V81" s="5"/>
+          <t>Чумак Оксана Володимирівна</t>
+        </is>
+      </c>
+      <c r="U81" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V81" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародна академія сертифікації бухгалтерів і аудиторів"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний інститут бізнесу"</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>4032</v>
+        <v>1093</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "МАСБА"</t>
+          <t>МІБ</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
-          <t>"INTERNATIONAL ACADEMY OF CERTIFICATION OF ACCOUNTANTS AND AUDITORS" PRIVATE INSTITUTION OF HIGHER EDUCATION</t>
+          <t>Private Higher Educational Institution "International Institute of Business"</t>
         </is>
       </c>
       <c r="F82" s="7"/>
-      <c r="G82" s="6"/>
+      <c r="G82" s="6" t="n">
+        <v>1993</v>
+      </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>01001</t>
+          <t>03179</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>вул. Малопідвальна, 10</t>
+          <t>Брест-Литовське шосе , 8-А</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-279-00-00</t>
+          <t>(044)5850033; 5900848</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>chief@amsfo.com</t>
-[...2 lines deleted...]
-      <c r="R82" s="5"/>
+          <t>info@iib.com.ua</t>
+        </is>
+      </c>
+      <c r="R82" s="5" t="inlineStr">
+        <is>
+          <t>www.iib.com.ua</t>
+        </is>
+      </c>
       <c r="S82" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Чумак Оксана Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Савченко Олександр Володимирович</t>
+        </is>
+      </c>
+      <c r="U82" s="8"/>
+      <c r="V82" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний інститут бізнесу"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний інститут менеджменту (МІМ-Київ)"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>1093</v>
+        <v>1178</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>МІБ</t>
+          <t>Міжнародний інститут менеджменту (МІМ-Київ)</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution "International Institute of Business"</t>
+          <t>Private Higher Educational Institution "International Management Institute (MIM-Kyiv)"</t>
         </is>
       </c>
       <c r="F83" s="7"/>
       <c r="G83" s="6" t="n">
         <v>1993</v>
       </c>
       <c r="H83" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J83" s="5"/>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>03179</t>
+          <t>04116</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>Брест-Литовське шосе , 8-А</t>
+          <t>вул. Шулявська, 10/12в</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>(044)5850033; 5900848</t>
+          <t>585 02 65</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>info@iib.com.ua</t>
+          <t>n.stryzh@mim.kyiv.ua - (приймальня Президента); m.grozinska@mim.kyiv.ua - (завідувач науково-методичного відділу)</t>
         </is>
       </c>
       <c r="R83" s="5" t="inlineStr">
         <is>
-          <t>www.iib.com.ua</t>
+          <t>mim.kyiv.ua</t>
         </is>
       </c>
       <c r="S83" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Савченко Олександр Володимирович</t>
+          <t>Тихомирова Ірина Олегівна</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний інститут менеджменту (МІМ-Київ)"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний коледж медицини"</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>1178</v>
+        <v>3251</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>Міжнародний інститут менеджменту (МІМ-Київ)</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПВНЗ "МКМ"</t>
+        </is>
+      </c>
+      <c r="E84" s="5"/>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>1993</v>
+        <v>2011</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J84" s="5"/>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>04116</t>
+          <t>02660</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>вул. Шулявська, 10/12в</t>
+          <t>вул. В. Шимановського, 2/1</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>585 02 65</t>
+          <t>+066(70)-775-14</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>n.stryzh@mim.kyiv.ua - (приймальня Президента); m.grozinska@mim.kyiv.ua - (завідувач науково-методичного відділу)</t>
-[...6 lines deleted...]
-      </c>
+          <t>pvnzmkm@ukr.net</t>
+        </is>
+      </c>
+      <c r="R84" s="5"/>
       <c r="S84" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Тихомирова Ірина Олегівна</t>
-[...3 lines deleted...]
-      <c r="V84" s="5"/>
+          <t>Федорова Тамара Григорівна</t>
+        </is>
+      </c>
+      <c r="U84" s="8" t="n">
+        <v>43697</v>
+      </c>
+      <c r="V84" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний коледж медицини"</t>
+          <t>Приватний вищий навчальний заклад "Міжнародний коледж Святого Луки"</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>3251</v>
+        <v>2531</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "МКМ"</t>
-[...2 lines deleted...]
-      <c r="E85" s="5"/>
+          <t>ПВНЗ "Міжнародний коледж Святого Луки"</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>Private higher educational institution "International College of St. Luka"</t>
+        </is>
+      </c>
       <c r="F85" s="7"/>
       <c r="G85" s="6" t="n">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>02660</t>
+          <t>02091</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. В. Шимановського, 2/1</t>
+          <t>Харківське шосе , 121/3</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>+066(70)-775-14</t>
+          <t>+044(56)-082-16</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>pvnzmkm@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R85" s="5"/>
+          <t>svluka@ukr.net</t>
+        </is>
+      </c>
+      <c r="R85" s="5" t="inlineStr">
+        <is>
+          <t>http://medcollege.kyiv.ua</t>
+        </is>
+      </c>
       <c r="S85" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T85" s="5" t="inlineStr">
         <is>
-          <t>Федорова Тамара Григорівна</t>
+          <t>Луценко Євген Валентинович</t>
         </is>
       </c>
       <c r="U85" s="8" t="n">
-        <v>43697</v>
+        <v>44243</v>
       </c>
       <c r="V85" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Міжнародний коледж Святого Луки"</t>
+          <t>Приватний вищий навчальний заклад Університет новітніх технологій</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>2531</v>
+        <v>1262</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "Міжнародний коледж Святого Луки"</t>
+          <t>ПВНЗ УНТ</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational institution "International College of St. Luka"</t>
+          <t>Private higher educational establishment University of emerging technologies</t>
         </is>
       </c>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>2012</v>
+        <v>1996</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>02091</t>
+          <t>03068</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>Харківське шосе , 121/3</t>
+          <t>пров. Машинобудівний, 28</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>+044(56)-082-16</t>
+          <t>0502272886; 0732272886</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>svluka@ukr.net</t>
+          <t>office@unt.edu.ua</t>
         </is>
       </c>
       <c r="R86" s="5" t="inlineStr">
         <is>
-          <t>http://medcollege.kyiv.ua</t>
+          <t>unt.edu.ua</t>
         </is>
       </c>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Луценко Євген Валентинович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бондарчук Сергій Миколайович</t>
+        </is>
+      </c>
+      <c r="U86" s="8"/>
+      <c r="V86" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад Університет новітніх технологій</t>
+          <t>Приватний вищий навчальний заклад "Університет сучасних знань"</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>1262</v>
+        <v>281</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ УНТ</t>
+          <t>Університет сучасних знань</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
-          <t>Private higher educational establishment University of emerging technologies</t>
+          <t>Private Higher Education Institution “University of Modern Knowledge”</t>
         </is>
       </c>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>1996</v>
+        <v>2002</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>03068</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>пров. Машинобудівний, 28</t>
+          <t>вул. Велика Васильківська, 57/3</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>0502272886; 0732272886</t>
+          <t>(050)-322-71-88</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>office@unt.edu.ua</t>
+          <t>sekretariat@umk.edu.ua</t>
         </is>
       </c>
       <c r="R87" s="5" t="inlineStr">
         <is>
-          <t>unt.edu.ua</t>
+          <t>https://usz.org.ua/</t>
         </is>
       </c>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T87" s="5" t="inlineStr">
         <is>
-          <t>Бондарчук Сергій Миколайович</t>
+          <t>Кушерець Василь Іванович</t>
         </is>
       </c>
       <c r="U87" s="8"/>
       <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Університет сучасних знань"</t>
+          <t>Приватний вищий навчальний заклад "Фінансово-правовий коледж"</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>281</v>
+        <v>797</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>Університет сучасних знань</t>
+          <t>ПВНЗ "ФПК"</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Education Institution “University of Modern Knowledge”</t>
+          <t>Private Higher Educational Institution “Financial-Legal College”</t>
         </is>
       </c>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>2002</v>
+        <v>1994</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J88" s="5"/>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>03087</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Васильківська, 57/3</t>
+          <t>вул. Лондонська, 5-А</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>(050)-322-71-88</t>
+          <t>0442434293;</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>sekretariat@umk.edu.ua</t>
+          <t>f_p_college@meta.ua</t>
         </is>
       </c>
       <c r="R88" s="5" t="inlineStr">
         <is>
-          <t>https://usz.org.ua/</t>
+          <t>www.fpk.in.ua</t>
         </is>
       </c>
       <c r="S88" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Кушерець Василь Іванович</t>
+          <t>Губанова Тамара Олексіївна</t>
         </is>
       </c>
       <c r="U88" s="8"/>
       <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Фінансово-правовий коледж"</t>
+          <t>Приватний вищий навчальний заклад-інститут "Українсько-американський університет Конкордія"</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>797</v>
+        <v>5</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>ПВНЗ "ФПК"</t>
+          <t>УАУК</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
-          <t>Private Higher Educational Institution “Financial-Legal College”</t>
+          <t>Private Higher Educational Establishment-Institute "Ukrainian-American Concordia University“</t>
         </is>
       </c>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>1994</v>
+        <v>1997</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J89" s="5"/>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>03087</t>
+          <t>01030</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Лондонська, 5-А</t>
+          <t>вул. Пирогова, 9</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>(044) 243 01 17, +38098 777 67 17, +38050 777 09 67</t>
+          <t>+38(044)486-06-66, +38(044)236-19-16</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>info@fpk.in.ua</t>
+          <t>info@uacu.edu.ua</t>
         </is>
       </c>
       <c r="R89" s="5" t="inlineStr">
         <is>
-          <t>www.fpk.in.ua</t>
+          <t>http://www.concordia.edu.ua</t>
         </is>
       </c>
       <c r="S89" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Губанова Тамара Олексіївна</t>
+          <t>Романовський Олександр Олексійович</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад-інститут "Українсько-американський університет Конкордія"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "АКАДЕМІЯ ДОБРОБУТ"</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>5</v>
+        <v>6491</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>УАУК</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПЗВО "АКАДЕМІЯ ДОБРОБУТ"</t>
+        </is>
+      </c>
+      <c r="E90" s="5"/>
       <c r="F90" s="7"/>
-      <c r="G90" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G90" s="6"/>
       <c r="H90" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J90" s="5"/>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>01030</t>
+          <t>03022</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. Пирогова, 9</t>
+          <t>вул. Васильківська, 30Д</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>+38(044)486-06-66, +38(044)236-19-16</t>
+          <t>+380(67)-322-75-78</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>info@uacu.edu.ua</t>
+          <t>dobrobutacademy@med.dobrobut.com</t>
         </is>
       </c>
       <c r="R90" s="5" t="inlineStr">
         <is>
-          <t>http://www.concordia.edu.ua</t>
+          <t>https://dobrobutacademy.org</t>
         </is>
       </c>
       <c r="S90" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Романовський Олександр Олексійович</t>
+          <t>Войтенко Нана Володимирівна</t>
         </is>
       </c>
       <c r="U90" s="8"/>
       <c r="V90" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "АКАДЕМІЯ ДОБРОБУТ"</t>
+          <t>Приватний заклад вищої освіти "Академія кіно та нових медіа"</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>6491</v>
+        <v>1268</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "АКАДЕМІЯ ДОБРОБУТ"</t>
-[...2 lines deleted...]
-      <c r="E91" s="5"/>
+          <t>ПЗВО "АКНМ"</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>Private establishment of higher education "Film and new media academy"</t>
+        </is>
+      </c>
       <c r="F91" s="7"/>
-      <c r="G91" s="6"/>
+      <c r="G91" s="6" t="n">
+        <v>2004</v>
+      </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>03022</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Васильківська, 30Д</t>
+          <t>вул. Саксаганського, 6</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-322-75-78</t>
+          <t>(093)1189093</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>dobrobutacademy@med.dobrobut.com</t>
+          <t>fnma.kyiv@gmail.com</t>
         </is>
       </c>
       <c r="R91" s="5" t="inlineStr">
         <is>
-          <t>https://dobrobutacademy.org</t>
+          <t>https://fnma.education/</t>
         </is>
       </c>
       <c r="S91" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
-          <t>Войтенко Нана Володимирівна</t>
+          <t>Лавріненко Юлія Валеріївна</t>
         </is>
       </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Академія кіно та нових медіа"</t>
+          <t>Приватний заклад вищої освіти "Арт академія сучасного мистецтва імені Сальвадора Далі"</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>1268</v>
+        <v>26</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "АКНМ"</t>
+          <t>ПЗВО "Арт академія сучасного мистецтва ім. Сальвадора Далі"</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
-          <t>Private establishment of higher education "Film and new media academy"</t>
+          <t>Private Institution of Higher Education «Salvador Dali Academy of Contemporary Arts»</t>
         </is>
       </c>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
         <v>2004</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>02217</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Саксаганського, 6</t>
+          <t>вул. Братиславська, 8</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>(093)1189093</t>
+          <t>(067) 218-17-77, (067) 548-17-77</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>fnma.kyiv@gmail.com</t>
+          <t>art-dali@ukr.net</t>
         </is>
       </c>
       <c r="R92" s="5" t="inlineStr">
         <is>
-          <t>https://fnma.education/</t>
+          <t>http://www.mixmd.edu.ua</t>
         </is>
       </c>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Лавріненко Юлія Валеріївна</t>
+          <t>Оружа Лариса Володимирівна</t>
         </is>
       </c>
       <c r="U92" s="8"/>
       <c r="V92" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Арт академія сучасного мистецтва імені Сальвадора Далі"</t>
+          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>26</v>
+        <v>344</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "Арт академія сучасного мистецтва ім. Сальвадора Далі"</t>
+          <t>ПЗВО "КИЇВСЬКИЙ МІЖНАРОДНИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
-          <t>Private Institution of Higher Education «Salvador Dali Academy of Contemporary Arts»</t>
+          <t>Private Institution of Higher Education "Kyiv International University"</t>
         </is>
       </c>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
-        <v>2004</v>
+        <v>1994</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J93" s="5"/>
       <c r="K93" s="7" t="inlineStr">
         <is>
-          <t>02217</t>
+          <t>03179</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Братиславська, 8</t>
+          <t>вул. Львівська, 49</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>(067) 218-17-77, (067) 548-17-77</t>
+          <t>+380(44) 594-03-04; +38 (097) 594-03-04</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>art-dali@ukr.net</t>
+          <t>info@kymu.edu.ua</t>
         </is>
       </c>
       <c r="R93" s="5" t="inlineStr">
         <is>
-          <t>http://www.mixmd.edu.ua</t>
+          <t>http://kymu.edu.ua/</t>
         </is>
       </c>
       <c r="S93" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Президент</t>
         </is>
       </c>
       <c r="T93" s="5" t="inlineStr">
         <is>
-          <t>Оружа Лариса Володимирівна</t>
+          <t>Хачатурян Хачатур Володимирович</t>
         </is>
       </c>
       <c r="U93" s="8"/>
       <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>344</v>
+        <v>4374</v>
       </c>
       <c r="C94" s="6"/>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "КИЇВСЬКИЙ МІЖНАРОДНИЙ УНІВЕРСИТЕТ"</t>
+          <t>МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
-          <t>Private Institution of Higher Education "Kyiv International University"</t>
+          <t>PRIVATE HIGHER EDUCATION INSTITUTION "INTERNATIONAL EUROPEAN UNIVERSITY"</t>
         </is>
       </c>
       <c r="F94" s="7"/>
       <c r="G94" s="6" t="n">
-        <v>1994</v>
+        <v>2019</v>
       </c>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>03179</t>
+          <t>03187</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Львівська, 49</t>
+          <t>просп. Академіка Глушкова, 42</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>+380(44) 594-03-04; +38 (097) 594-03-04</t>
+          <t>+38(044)-338-00-42</t>
         </is>
       </c>
       <c r="Q94" s="5" t="inlineStr">
         <is>
-          <t>info@kymu.edu.ua</t>
+          <t>rector@ieu.edu.ua</t>
         </is>
       </c>
       <c r="R94" s="5" t="inlineStr">
         <is>
-          <t>http://kymu.edu.ua/</t>
+          <t>https://www.ieu.edu.ua</t>
         </is>
       </c>
       <c r="S94" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Хачатурян Хачатур Володимирович</t>
+          <t>Грицан Іванна Ігорівна</t>
         </is>
       </c>
       <c r="U94" s="8"/>
       <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ВИЩОЇ ОСВІТИ "МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ"</t>
+          <t>Приватний заклад вищої освіти "Університет Київ"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>4374</v>
+        <v>6439</v>
       </c>
       <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>МІЖНАРОДНИЙ ЄВРОПЕЙСЬКИЙ УНІВЕРСИТЕТ</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПЗВО "УК"</t>
+        </is>
+      </c>
+      <c r="E95" s="5"/>
       <c r="F95" s="7"/>
-      <c r="G95" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G95" s="6"/>
       <c r="H95" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J95" s="5"/>
       <c r="K95" s="7" t="inlineStr">
         <is>
           <t>03187</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>просп. Академіка Глушкова, 42</t>
+          <t>просп. Глушкова Академіка, 40</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-338-00-42</t>
+          <t>+380(67)-323-93-92</t>
         </is>
       </c>
       <c r="Q95" s="5" t="inlineStr">
         <is>
-          <t>rector@ieu.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>kyivuni@gmail.com</t>
+        </is>
+      </c>
+      <c r="R95" s="5"/>
       <c r="S95" s="5" t="inlineStr">
         <is>
-          <t>Президент</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Грицан Іванна Ігорівна</t>
+          <t>Рижкова Юлія Євгенівна</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Університет Київ"</t>
+          <t>Приватний заклад "Київський кооперативний інститут бізнесу і права"</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>6439</v>
+        <v>354</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>ПЗВО "УК"</t>
-[...2 lines deleted...]
-      <c r="E96" s="5"/>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>Private Institute "Kyiv Cooperative Institute of Business and Law"</t>
+        </is>
+      </c>
       <c r="F96" s="7"/>
-      <c r="G96" s="6"/>
+      <c r="G96" s="6" t="n">
+        <v>2010</v>
+      </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="7" t="inlineStr">
         <is>
-          <t>03187</t>
+          <t>03022</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>просп. Глушкова Академіка, 40</t>
+          <t>вул. Здановської Юлії, 18</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>+380(67)-323-93-92</t>
+          <t>+38(044)-257-70-91</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>kyivuni@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R96" s="5"/>
+          <t>rector@kkibp.edu.ua</t>
+        </is>
+      </c>
+      <c r="R96" s="5" t="inlineStr">
+        <is>
+          <t>http://kkibp.edu.ua</t>
+        </is>
+      </c>
       <c r="S96" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>В.о.ректора</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Рижкова Юлія Євгенівна</t>
+          <t>Гіджеліцький Віталій Миколайович</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
           <t>РЕЛІГІЙНА ОРГАНІЗАЦІЯ "УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ СОЮЗУ ВІЛЬНИХ ЦЕРКОВ ХРИСТИЯН ЄВАНГЕЛЬСЬКОЇ ВІРИ УКРАЇНИ"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
         <v>1512</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
           <t>УКРАЇНСЬКА ЄВАНГЕЛЬСЬКА ТЕОЛОГІЧНА СЕМІНАРІЯ</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>RELIGIOUS ORGANIZATION "UKRAINIAN EVANGELICAL THEOLOGICAL SEMINARY"</t>
         </is>
       </c>
@@ -9068,56 +9064,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
           <t>вул. Іоанна Павла ІІ, 17</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
           <t>+380953123846</t>
         </is>
       </c>
       <c r="Q98" s="5" t="inlineStr">
         <is>
           <t>uni@snu.edu.ua</t>
         </is>
       </c>
       <c r="R98" s="5" t="inlineStr">
         <is>
           <t>http://snu.edu.ua</t>
         </is>
       </c>
       <c r="S98" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов’язків ректора</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Поркуян Ольга Вікторівна</t>
+          <t>Целіщев Олексій Борисович</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>Таврійський національний університет імені В.І.Вернадського</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
         <v>892</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t>ТНУ ім. В.І.Вернадського</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>V.I. Vernadsky Taurida National University</t>
         </is>
       </c>
@@ -9334,58 +9330,52 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O101" s="5" t="inlineStr">
         <is>
           <t>вул. Гончара Олеся, 79 кв 19</t>
         </is>
       </c>
       <c r="P101" s="5" t="inlineStr">
         <is>
           <t>+38(095)-026-93-26;</t>
         </is>
       </c>
       <c r="Q101" s="5"/>
       <c r="R101" s="5"/>
       <c r="S101" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T101" s="5" t="inlineStr">
         <is>
           <t>Гаркавенко Зоя Олександрівна</t>
         </is>
       </c>
-      <c r="U101" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U101" s="8"/>
+      <c r="V101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Вищий навчальний заклад "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="B102" s="6" t="n">
         <v>5752</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ВНЗ "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>Limited Liability Company “Higher Educational Establishment “AMERICAN UNIVERSITY KYIV”</t>
         </is>
       </c>
       <c r="F102" s="7"/>
       <c r="G102" s="6"/>
       <c r="H102" s="5" t="inlineStr">
         <is>
@@ -9864,52 +9854,58 @@
         <is>
           <t>вул. Ломоносова, 18</t>
         </is>
       </c>
       <c r="P107" s="5" t="inlineStr">
         <is>
           <t>(044) 2216038; 5288282</t>
         </is>
       </c>
       <c r="Q107" s="5" t="inlineStr">
         <is>
           <t>medkolledg2@ukr.net</t>
         </is>
       </c>
       <c r="R107" s="5"/>
       <c r="S107" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T107" s="5" t="inlineStr">
         <is>
           <t>Барчукова Тетяна Вікторівна</t>
         </is>
       </c>
-      <c r="U107" s="8"/>
-      <c r="V107" s="5"/>
+      <c r="U107" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V107" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ"</t>
         </is>
       </c>
       <c r="B108" s="6" t="n">
         <v>7012</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t>«УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ»</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>LIMITED LIABILITY COMPANY PRIVATE HIGHER EDUCATION INSTITUTION "UNIVERSITY OF MODERN TECHNOLOGIES"</t>
         </is>
       </c>
       <c r="F108" s="7"/>
       <c r="G108" s="6" t="n">
         <v>2024</v>
       </c>