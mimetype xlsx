--- v0 (2025-11-09)
+++ v1 (2026-03-05)
@@ -236,123 +236,123 @@
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ТЕРНОПІЛЬСЬКИЙ ЛІЦЕЙ" АЛЬТЕРРА СКУЛ ТЕРНОПІЛЬ"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти і науки Тернопільської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>м. Київ</t>
+          <t>Тернопільська обл., м. Тернопіль</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA80000000000551439</t>
+          <t>UA61040490010069060</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>вулиця Прирічна, 9</t>
+          <t>вулиця Старий Поділ, 14</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Вікторенко Святослав Олегович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>