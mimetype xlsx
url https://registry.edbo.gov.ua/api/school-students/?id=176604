--- v0 (2025-11-09)
+++ v1 (2025-12-28)
@@ -296,51 +296,51 @@
         <is>
           <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Забіли Віктора, 7А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Коваленко Олена Миколаївна</t>
         </is>