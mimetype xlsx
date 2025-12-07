--- v0 (2025-10-14)
+++ v1 (2025-12-07)
@@ -284,63 +284,63 @@
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Кіровоградська обл., Кропивницький р-н, с-ще Нове</t>
+          <t>Кіровоградська обл., м. Кропивницький</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA35040210020036866</t>
+          <t>UA35040210010286392</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Металургів, 22-А</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>В.о. директора Дадонова Тетяна Володимирівна</t>
         </is>