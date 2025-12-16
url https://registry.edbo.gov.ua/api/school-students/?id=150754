--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -272,51 +272,51 @@
         <is>
           <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Івано-Франківська обл., м. Коломия</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>UA26080070010075786</t>
         </is>