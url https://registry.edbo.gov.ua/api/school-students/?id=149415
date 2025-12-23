--- v0 (2025-11-01)
+++ v1 (2025-12-23)
@@ -236,51 +236,51 @@
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>ЛІЦЕЙ №1 ІМЕНІ ГУСТАВА ОЛІЗАРА КОРОСТИШІВСЬКОЇ МІСЬКОЇ РАДИ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Відділ освіти, молоді та спорту Коростишівської міської ради</t>
+          <t>Управління освіти, молоді та спорту Коростишівської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
@@ -320,51 +320,51 @@
         <is>
           <t>UA18040250010085012</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 39</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Директор Позняков Павло Миколайович</t>
+          <t>Директор Мусієнко Сергій Олександрович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Дані для формування замовлень документів про початкову освіту:</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="19"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>