--- v0 (2025-11-01)
+++ v1 (2025-12-30)
@@ -296,75 +296,75 @@
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Кіровоградська обл., Новоукраїнський р-н, с. Мар’янопіль</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA35060150090045682</t>
+          <t>UA35060130260026299</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Центральна, 52</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Завідувач філією Семенова Світлана Василівна</t>
+          <t>Завідувач філією Лисенко Анна Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Дані для формування замовлень документів про початкову освіту:</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="19"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>