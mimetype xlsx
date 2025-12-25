--- v0 (2025-10-25)
+++ v1 (2025-12-25)
@@ -216,95 +216,95 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>148049</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Комунальний заклад Сумської обласної ради Глухівський ліцей-інтернат з посиленою військово-фізичною підготовкою</t>
+          <t>Комунальний заклад Сумської обласної ради "Глухівський ліцей з посиленою військово-фізичною підготовкою"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Департамент освіти і науки Сумської обласної державної адміністрації</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>ліцей з посиленою військово-фізичною підготовкою</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Сумська обл., м. Глухів</t>
         </is>