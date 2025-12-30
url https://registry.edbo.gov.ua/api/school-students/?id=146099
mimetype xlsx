--- v0 (2025-11-02)
+++ v1 (2025-12-30)
@@ -216,51 +216,51 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>146099</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Йосипівський ліцей Новомиргородської міської ради Кіровоградської області</t>
+          <t>Йосипівська гімназія Новомиргородської міської ради Кіровоградської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Новомиргородська міська рада</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">