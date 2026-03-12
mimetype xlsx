--- v1 (2025-12-30)
+++ v2 (2026-03-12)
@@ -248,51 +248,51 @@
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Новомиргородська міська рада</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>