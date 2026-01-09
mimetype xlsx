--- v0 (2025-10-30)
+++ v1 (2026-01-09)
@@ -306,51 +306,55 @@
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
           <t>Донецька обл., Бахмутський р-н, с. Васюківка</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>UA14020090080076780</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
-      <c r="B13" s="2"/>
+      <c r="B13" s="2" t="inlineStr">
+        <is>
+          <t>вулиця Миру, б/н</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Кобцова Тетяна Георгіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">