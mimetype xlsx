--- v0 (2025-10-31)
+++ v1 (2026-02-23)
@@ -248,51 +248,51 @@
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Батуринська міська рада</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -320,51 +320,51 @@
         <is>
           <t>UA74040010080066392</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 1</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Завідувач філією Коломієць Тетяна Володимирівна</t>
+          <t>Завідувач філією Вінник Тетяна Миколаївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Дані для формування замовлень документів про початкову освіту:</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="19"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>