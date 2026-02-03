--- v0 (2025-10-21)
+++ v1 (2026-02-03)
@@ -216,83 +216,83 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>142159</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>філія «Миронівська гімназія» Ліцею імені Тараса Шевченка Ямпільської міської ради Вінницької області</t>
+          <t>філія «Миронівська початкова школа з дошкільним підрозділом» Ліцею імені Тараса Шевченка Ямпільської міської ради Вінницької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Відділ освіти, молоді та спорту Ямпільської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
@@ -320,51 +320,51 @@
         <is>
           <t>UA05080110180078021</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Шевченка, 32</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Завідувач філією Бурдейна Аліма Михайлівна</t>
+          <t>Директор Мотуз Наталія Петрівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Дані для формування замовлень документів про початкову освіту:</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="19"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>