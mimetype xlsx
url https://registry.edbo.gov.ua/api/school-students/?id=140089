--- v0 (2025-11-04)
+++ v1 (2025-12-31)
@@ -216,51 +216,51 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>140089</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>комунальний заклад загальної середньої освіти "Шаровечківська гімназія Хмельницької міської ради Хмельницької області"</t>
+          <t>Комунальний заклад загальної середньої освіти "Шаровечківська гімназія Хмельницької міської ради Хмельницької області"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Департамент освіти та науки Хмельницької міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">