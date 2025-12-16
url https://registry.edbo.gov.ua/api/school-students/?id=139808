--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -320,51 +320,51 @@
         <is>
           <t>UA26040130110036401</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Городецька, 29</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
-          <t>Завідувач філією Бучко Богдан Володимирович</t>
+          <t>Завідувач філією Клим Софія Дмитрівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Дані для формування замовлень документів про початкову освіту:</t>
         </is>
       </c>
       <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="19"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>