--- v0 (2025-11-01)
+++ v1 (2025-12-18)
@@ -216,131 +216,131 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>138395</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>філія "Вигінська гімназія" опорного закладу "Бритівський ліцей" Шабівської сільської ради Білгород-Дністровського району Одеської області</t>
+          <t>філія "Вигінська гімназія" з дошкільним підрозділом опорного закладу "Бритівський ліцей" Шабівської сільської ради Білгород-Дністровського району Одеської області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Управління освіти, культури, молоді та спорту Шабівської сільської ради Білгород-Дністровського району</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Одеська обл., Білгород-Дністровський р-н, с-ще Прибережне</t>
+          <t>Одеська обл., Білгород-Дністровський р-н, с. Вигон</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA51040310140020053</t>
+          <t>UA51040310080060700</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
           <t>вулиця Шкільна, 35а</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t> Вдовиченко Олена Михайлівна</t>
         </is>