--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -216,51 +216,51 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>137055</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Прелесненська гімназія Черкаської селищної ради Краматорського району Донецької області</t>
+          <t>Прилісненська гімназія Черкаської селищної ради Краматорського району Донецької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Відділ освіти Черкаської селищної ради Краматорського району Донецької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">