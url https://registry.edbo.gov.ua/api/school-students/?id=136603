--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -308,51 +308,51 @@
         <is>
           <t>Сумська обл., м. Конотоп</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>UA59020070010054283</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>вулиця Немолота, 8</t>
+          <t>вулиця Братів Тимошенків, 8</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Дрига Петро Якович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>