--- v0 (2025-10-30)
+++ v1 (2026-03-12)
@@ -216,51 +216,51 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>136491</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Філія І-ІІ ступенів №1 Опорного закладу "Торецька загальноосвітня школа І-ІІІ ступенів №6" Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
+          <t>Філія І-ІІ ступенів №1 Опорного закладу «Торецька загальноосвітня школа І-ІІІ ступенів №6» Торецької міської військово-цивільної адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Управління освіти Торецької міської військової адміністрації Бахмутського району Донецької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
@@ -308,51 +308,51 @@
         <is>
           <t>Донецька обл., м. Торецьк</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>UA14020110010025394</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>вулиця Гоголя, 2</t>
+          <t>вулиця Сорочинська, 2</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>В.о. директора Сахно Ірина Вікторівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>