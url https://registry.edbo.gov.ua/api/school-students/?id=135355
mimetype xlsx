--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -284,75 +284,75 @@
         <is>
           <t>ні</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Форма власності</t>
         </is>
       </c>
       <c r="B10" s="2" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
           <t>КАТОТТГ назва</t>
         </is>
       </c>
       <c r="B11" s="2" t="inlineStr">
         <is>
-          <t>Запорізька обл., Пологівський р-н, с. Нове</t>
+          <t>Запорізька обл., м. Запоріжжя</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
-          <t>UA23100270080072890</t>
+          <t>UA23060070010228148</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>вулиця Шкільна, 11</t>
+          <t>вулиця Фанатська, 10</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Федан Інна Василівна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>