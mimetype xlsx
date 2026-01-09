--- v0 (2025-11-08)
+++ v1 (2026-01-09)
@@ -216,51 +216,51 @@
         </is>
       </c>
       <c r="B2" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="3"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Код в Реєстрі ЗСО</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
           <t>134549</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
-          <t>Курахівський заклад загальної середньої освіти I-ІII ступенів №1 Курахівської міської ради Донецької області</t>
+          <t>КУРАХІВСЬКИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ №1 КУРАХІВСЬКОЇ МІСЬКОЇ РАДИ ДОНЕЦЬКОЇ ОБЛАСТІ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
           <t>Управління освіти Курахівської міської ради</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
@@ -308,51 +308,51 @@
         <is>
           <t>Донецька обл., Покровський р-н, м. Курахове</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Код КАТОТТГ</t>
         </is>
       </c>
       <c r="B12" s="2" t="inlineStr">
         <is>
           <t>UA14160110010020758</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Вулиця, будинок тощо</t>
         </is>
       </c>
       <c r="B13" s="2" t="inlineStr">
         <is>
-          <t>вулиця Пушкіна, 17</t>
+          <t>вулиця Кобзаря, 17</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="B14" s="2" t="inlineStr">
         <is>
           <t>Директор Юр'єва Аліна Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
           <t>Головний заклад</t>
         </is>
       </c>
       <c r="B15" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="16"/>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="17"/>