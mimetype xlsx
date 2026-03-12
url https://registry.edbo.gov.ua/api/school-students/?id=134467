--- v0 (2025-12-16)
+++ v1 (2026-03-12)
@@ -236,51 +236,51 @@
           <t>Повна назва</t>
         </is>
       </c>
       <c r="B5" s="2" t="inlineStr">
         <is>
           <t>Комунальний заклад "Зеленогаївська загальноосвітня школа І-ІІ ступенів Чкаловської сільської ради Веселівського району Запорізької області"</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
           <t>Код ЄДРПОУ</t>
         </is>
       </c>
       <c r="B6" s="2"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
           <t>Орган управління</t>
         </is>
       </c>
       <c r="B7" s="2" t="inlineStr">
         <is>
-          <t>Чкаловська сільська рада Мелітопольського району Запорізької області</t>
+          <t>Гаврилівська сільська рада Мелітопольського району Запорізької області</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
           <t>Тип закладу</t>
         </is>
       </c>
       <c r="B8" s="2" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="1" hidden="" ht="20" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Чи є закладом інтернатного типу</t>
         </is>
       </c>
       <c r="B9" s="2" t="inlineStr">
         <is>
           <t>ні</t>
         </is>