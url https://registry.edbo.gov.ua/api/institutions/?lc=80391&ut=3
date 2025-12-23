--- v0 (2025-11-03)
+++ v1 (2025-12-23)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$67</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y64"/>
+  <dimension ref="A1:Y67"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -610,57 +610,57 @@
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
           <t>проспект Берестейський, 86</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(044)3300591</t>
+          <t>(044)3300589</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>school-73@ukr.net</t>
+          <t>gymnasium73@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="4" t="inlineStr">
         <is>
           <t>www.school-73.in.ua</t>
         </is>
       </c>
       <c r="T4" s="4" t="inlineStr">
         <is>
           <t>Директор Борсук Дмитро Валерійович</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -738,51 +738,51 @@
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(044)2786923</t>
         </is>
       </c>
       <c r="Q5" s="4" t="inlineStr">
         <is>
           <t>(044)278-82-07</t>
         </is>
       </c>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>hs48@i.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>www.sg48.kiev.ua</t>
+          <t>www.sg48.kyiv.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Буракова Світлана Юріївна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -840,55 +840,59 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Лук'янівська, 46</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(050)3518121</t>
+          <t>(099)2719007</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
-      <c r="R6" s="4"/>
+      <c r="R6" s="4" t="inlineStr">
+        <is>
+          <t>alirshadschool@ukr.net</t>
+        </is>
+      </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
           <t>https://islam.ua/uk/osvita/shkola-al-irshad</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Муслімова Надія Олександрівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -928,83 +932,83 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Д.Щербаківського, 36</t>
+          <t>вулиця Салютна, 42/46</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(094)9262307</t>
+          <t>(067)244-11-91</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>evropa-osvita@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://evropa-osvita.kiev.ua/</t>
+          <t>https://evroosvita.webflow.io/</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Сотело-Рамірес Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1082,51 +1086,51 @@
           <t>Міністерство культури та стратегічних комунікацій України</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(044)4561446</t>
         </is>
       </c>
       <c r="Q8" s="4" t="inlineStr">
         <is>
           <t>(044)4562247</t>
         </is>
       </c>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>Lysenko_school@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
           <t>http://lysenko-school.kiev.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Волков Сергій Михайлович</t>
+          <t>Директор Бояр Олексій Сергійович</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
@@ -1775,51 +1779,51 @@
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
           <t>(044)2723079</t>
         </is>
       </c>
       <c r="Q14" s="4" t="inlineStr">
         <is>
           <t>(044)272-30-79</t>
         </is>
       </c>
       <c r="R14" s="4" t="inlineStr">
         <is>
           <t>office@school155.com</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>www.sch-155.com.ua</t>
+          <t>www.lyceum155.com</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
           <t>Директор Заславська Леся Петрівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2784,51 +2788,51 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Отто Шмідта, 18</t>
+          <t>вулиця Князя Володимира Мономаха, 18</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
           <t>(044)2079282</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
@@ -3039,201 +3043,205 @@
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(044)5020333</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>prestige@prestige-school.in.ua</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Гудим Олександр Іванович</t>
+          <t>Директор Нєстєров Дмітрій Євгенович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
+          <t>ПРИВАТНИЙ ДИСТАНЦІЙНИЙ ЛІЦЕЙ "СУЧАСНИЙ. ВІЛЬНИЙ. ПЕРСПЕКТИВНИЙ"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>176798</v>
+        <v>176960</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
+          <t>ЛІЦЕЙ "СВП"</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мрії, 14</t>
+          <t>вулиця Шевченка Тараса, 33Б</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(067)2006101</t>
+          <t>(095)1079493</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>fayna@academy.com.ua</t>
-[...2 lines deleted...]
-      <c r="S26" s="4"/>
+          <t>swplyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S26" s="4" t="inlineStr">
+        <is>
+          <t>https://swp.school/</t>
+        </is>
+      </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобруйко Олександра Костянтинівна</t>
+          <t>Директор Зашаловська Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ II-III СТУПЕНІВ "АРХІТЕКТУРНО-ІНЖЕНЕРНИЙ КОЛЕГІУМ А+"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>176797</v>
+        <v>176798</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО II-III СТУПЕНІВ "АІК+"</t>
+          <t>ПЗЗСО I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
@@ -3257,4322 +3265,4657 @@
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(067)2006101</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
           <t>fayna@academy.com.ua</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Пшеничнюк Дмитро Анатолійович</t>
+          <t>Директор Бобруйко Олександра Костянтинівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "АЙ ТІ СТЕП СКУЛ КИЇВ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ II-III СТУПЕНІВ "АРХІТЕКТУРНО-ІНЖЕНЕРНИЙ КОЛЕГІУМ А+"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>151144</v>
+        <v>176797</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ «АЙ ТІ СТЕП СКУЛ КИЇВ»</t>
+          <t>ПЗЗСО II-III СТУПЕНІВ "АІК+"</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Симона Петлюри, 28</t>
+          <t>вулиця Мрії, 14</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(044)4820080</t>
+          <t>(067)2006101</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>frundin_a@itstep.org</t>
+          <t>fayna@academy.com.ua</t>
         </is>
       </c>
       <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Макаров Максим Анатолійович</t>
+          <t>Директор Пшеничнюк Дмитро Анатолійович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа І-ІІ ступенів №20 Шевченківського району м. Києва</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "АЙ ТІ СТЕП СКУЛ КИЇВ"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>149092</v>
+        <v>151144</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа І№20</t>
+          <t>ЛІЦЕЙ «АЙ ТІ СТЕП СКУЛ КИЇВ»</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Родини Глаголєвих, 2</t>
+          <t>вулиця Симона Петлюри, 28</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(044)4683141</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)4820080</t>
+        </is>
+      </c>
+      <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>schint20@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>frundin_a@itstep.org</t>
+        </is>
+      </c>
+      <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Рєзнікова Вікторія Олександрівна</t>
+          <t>Директор Макаров Максим Анатолійович</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №102 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>санаторна школа І-ІІ ступенів №20 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>149203</v>
+        <v>149092</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа № 102</t>
+          <t>санаторна школа І№20</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>санаторна школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шулявська, 10/12</t>
+          <t>вулиця Родини Глаголєвих, 2</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(044)236-11-25</t>
+          <t>(044)4683141</t>
         </is>
       </c>
       <c r="Q30" s="4" t="inlineStr">
         <is>
-          <t>(044)236-11-25</t>
+          <t>(044)4683141</t>
         </is>
       </c>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>school_102@ukr.net</t>
+          <t>schint20@meta.ua</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>www.102.org.ua</t>
+          <t>school20.kiev.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Морозова Наталія Єгорівна</t>
+          <t>Директор Рєзнікова Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №106 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №102 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>149143</v>
+        <v>149203</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №106</t>
+          <t>Спеціалізована школа № 102</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Драча, 4</t>
+          <t>вулиця Шулявська, 10/12</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(044)4869444</t>
+          <t>(044)236-11-25</t>
         </is>
       </c>
       <c r="Q31" s="4" t="inlineStr">
         <is>
-          <t>(044)486-94-44</t>
+          <t>(044)236-11-25</t>
         </is>
       </c>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>znz106kyiv@ukr.net</t>
+          <t>school_102@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>http://106.kiev.ua/</t>
+          <t>www.102.org.ua</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Лісова Юлія Володимирівна</t>
+          <t>Директор Морозова Наталія Єгорівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №135 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №106 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>149623</v>
+        <v>149143</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>СШ №135</t>
+          <t>спеціалізована школа №106</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайла Коцюбинського, 12-Б</t>
+          <t>вулиця Івана Драча, 4</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(044)2353018</t>
+          <t>(044)4869444</t>
         </is>
       </c>
       <c r="Q32" s="4" t="inlineStr">
         <is>
-          <t>(044)2353018</t>
+          <t>(044)486-94-44</t>
         </is>
       </c>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>school135_kiev@ukr.net</t>
+          <t>znz106kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>https://www.shkola135.at.ua</t>
+          <t>http://106.kiev.ua/</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Віннік Наталія Василівна</t>
+          <t>Директор Лісова Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №138 з поглибленим вивченням предметів природничого циклу Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №135 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>149184</v>
+        <v>149623</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №138</t>
+          <t>СШ №135</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 27</t>
+          <t>вулиця Михайла Коцюбинського, 12-Б</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(044)4869571</t>
+          <t>(044)2353018</t>
         </is>
       </c>
       <c r="Q33" s="4" t="inlineStr">
         <is>
-          <t>(044)486-53-68</t>
+          <t>(044)2353018</t>
         </is>
       </c>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>school138@ukr.net</t>
+          <t>school135_kiev@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>www.school138kiev.masterdesant.com</t>
+          <t>https://www.shkola135.at.ua</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Перевозникова Наталія Іванівна</t>
+          <t>Директор Віннік Наталія Василівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №139 з поглибленим вивченням математики Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №138 з поглибленим вивченням предметів природничого циклу Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>149072</v>
+        <v>149184</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Спецiaлiзована школа № 139</t>
+          <t>спеціалізована школа №138</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>провулок Татарський, 1</t>
+          <t>вулиця Січових Стрільців, 27</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(044)484-52-71</t>
+          <t>(044)4869571</t>
         </is>
       </c>
       <c r="Q34" s="4" t="inlineStr">
         <is>
-          <t>(044)484-52-74</t>
+          <t>(044)486-53-68</t>
         </is>
       </c>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>school139@ukr.net</t>
+          <t>school138@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>school-139.com.ua</t>
+          <t>www.school138kiev.masterdesant.com</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Усенко Оксана Володимирівна</t>
+          <t>В.о. директора Перевозникова Наталія Іванівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №24 ім.О. Білаша з поглибленим вивченням іноземних мов Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №139 з поглибленим вивченням математики Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>149080</v>
+        <v>149072</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>CШ №24 ім. О. Білаша</t>
+          <t>Спецiaлiзована школа № 139</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олени Теліги, 15-А</t>
+          <t>провулок Татарський, 1</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(044)4537400</t>
+          <t>(044)484-52-71</t>
         </is>
       </c>
       <c r="Q35" s="4" t="inlineStr">
         <is>
-          <t>(044)453-74-00</t>
+          <t>(044)484-52-74</t>
         </is>
       </c>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>school24kiev@ukr.net</t>
+          <t>school139@ukr.net</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>www.school24.kiev.ua</t>
+          <t>school-139.com.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Кудляк Світлана Миколаївна</t>
+          <t>Директор Усенко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №28 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №24 ім.О. Білаша з поглибленим вивченням іноземних мов Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>149079</v>
+        <v>149080</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
+          <t>CШ №24 ім. О. Білаша</t>
+        </is>
+      </c>
+      <c r="E36" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
-      <c r="E36" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Житкова, 7-Б</t>
+          <t>вулиця Олени Теліги, 15-А</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(044)4670752</t>
+          <t>(044)4537400</t>
         </is>
       </c>
       <c r="Q36" s="4" t="inlineStr">
         <is>
-          <t>(044)4670752</t>
+          <t>(044)453-74-00</t>
         </is>
       </c>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>school28kiev@ukr.net</t>
+          <t>school24kiev@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>sites.google.com/view/sch28</t>
+          <t>www.school24.kiev.ua</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Охріменко Наталія Миколаївна</t>
+          <t>Директор Кудляк Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №57 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №28 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>149146</v>
+        <v>149079</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №57</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прорізна, 19-А</t>
+          <t>вулиця Житкова, 7-Б</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(044)2784431</t>
+          <t>(044)4670752</t>
         </is>
       </c>
       <c r="Q37" s="4" t="inlineStr">
         <is>
-          <t>(044)278-44-31</t>
+          <t>(044)4670752</t>
         </is>
       </c>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>biblio_57@ukr.net</t>
+          <t>school28kiev@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>www.school57.kiev.ua</t>
+          <t>sites.google.com/view/sch28</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Артеменко Олександр Валентинович</t>
+          <t>Директор Охріменко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №61 з поглибленим вивченням інформаційних технологій Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №57 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>149086</v>
+        <v>149146</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №61</t>
+          <t>спеціалізована школа №57</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Юрія Іллєнка, 39</t>
+          <t>вулиця Прорізна, 19-А</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(044)4833647</t>
+          <t>(044)2784431</t>
         </is>
       </c>
       <c r="Q38" s="4" t="inlineStr">
         <is>
-          <t>(044)483-36-47</t>
+          <t>(044)278-44-31</t>
         </is>
       </c>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>school_61@ukr.net</t>
+          <t>biblio_57@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>www.school61.in.ua</t>
+          <t>www.school57.kiev.ua</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Устич Неллі В'ячеславівна</t>
+          <t>Директор Артеменко Олександр Валентинович</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №82 ім. Т.Г. Шевченка з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №61 з поглибленим вивченням інформаційних технологій Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>149179</v>
+        <v>149086</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №82</t>
+          <t>спеціалізована школа №61</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Шпака, 4</t>
+          <t>вулиця Юрія Іллєнка, 39</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(044)456-92-51</t>
+          <t>(044)4833647</t>
         </is>
       </c>
       <c r="Q39" s="4" t="inlineStr">
         <is>
-          <t>(044)456-92-51</t>
+          <t>(044)483-36-47</t>
         </is>
       </c>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>school_82@meta.ua</t>
+          <t>school_61@ukr.net</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>http://www.school82.kiev.sch.in.ua</t>
+          <t>www.school61.in.ua</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Сурма Наталія Вікторівна</t>
+          <t>Директор Устич Неллі В'ячеславівна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №91 з поглибленим вивченням інформатики Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №82 ім. Т.Г. Шевченка з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>149141</v>
+        <v>149179</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа № 91</t>
+          <t>спеціалізована школа №82</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>провулок Чеховський, 4-А</t>
+          <t>вулиця Миколи Шпака, 4</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(044)486-70-83, (044)486-15-96</t>
+          <t>(044)456-92-51</t>
         </is>
       </c>
       <c r="Q40" s="4" t="inlineStr">
         <is>
-          <t>(044)486-70-83</t>
+          <t>(044)456-92-51</t>
         </is>
       </c>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>info@school91.org.ua</t>
+          <t>school_82@meta.ua</t>
         </is>
       </c>
       <c r="S40" s="4" t="inlineStr">
         <is>
-          <t>www.school91.org.ua</t>
+          <t>http://www.school82.kiev.sch.in.ua</t>
         </is>
       </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Крик Тамара Михайлівна</t>
+          <t>Директор Сурма Наталія Вікторівна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №97 імені О. Теліги з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №91 з поглибленим вивченням інформатики Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>149185</v>
+        <v>149141</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа № 97 ім.О.Теліги</t>
+          <t>спеціалізована школа № 91</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олени Теліги, 5</t>
+          <t>провулок Чеховський, 4-А</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(044)5991729</t>
+          <t>(044)486-70-83, (044)486-15-96</t>
         </is>
       </c>
       <c r="Q41" s="4" t="inlineStr">
         <is>
-          <t>(044)599-17-29</t>
+          <t>(044)486-70-83</t>
         </is>
       </c>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>teligasch97@gmail.com</t>
+          <t>info@school91.org.ua</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
-          <t>http://teligaschool97.ucoz.net</t>
+          <t>www.school91.org.ua</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Гусєва Марія Валеріївна</t>
+          <t>Директор Крик Тамара Михайлівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна початкова школа "Пізнайко" Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №97 імені О. Теліги з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>149083</v>
+        <v>149185</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>СПШ "Пізнайко" м. Київ</t>
+          <t>спеціалізована школа № 97 ім.О.Теліги</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дегтярівська, 6-А</t>
+          <t>вулиця Олени Теліги, 5</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(044)4836496</t>
-[...2 lines deleted...]
-      <c r="Q42" s="4"/>
+          <t>(044)5991729</t>
+        </is>
+      </c>
+      <c r="Q42" s="4" t="inlineStr">
+        <is>
+          <t>(044)599-17-29</t>
+        </is>
+      </c>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>shdspiznayko@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S42" s="4"/>
+          <t>teligasch97@gmail.com</t>
+        </is>
+      </c>
+      <c r="S42" s="4" t="inlineStr">
+        <is>
+          <t>http://teligaschool97.ucoz.net</t>
+        </is>
+      </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Сідіропуло Ольга Володимирівна</t>
+          <t>Директор Гусєва Марія Валеріївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна школа №8 Шевченківського району м. Києва</t>
+          <t>Спеціальна початкова школа "Пізнайко" Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>149182</v>
+        <v>149083</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна школа №8</t>
+          <t>СПШ "Пізнайко" м. Київ</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олегівська, 42</t>
+          <t>вулиця Дегтярівська, 6-А</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(044)5992457</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)4836496</t>
+        </is>
+      </c>
+      <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>internat8.kiev@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>shdspiznayko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S43" s="4"/>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Пижевська Ірина Володимирівна</t>
+          <t>Директор Сідіропуло Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Технічний ліцей Шевченківського району м. Києва</t>
+          <t>Спеціальна школа №8 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>149078</v>
+        <v>149182</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Технічний ліцей</t>
+          <t>Спеціальна школа №8</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Щусєва, 20</t>
+          <t>вулиця Олегівська, 42</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(044)5992419</t>
+          <t>(044)5992457</t>
         </is>
       </c>
       <c r="Q44" s="4" t="inlineStr">
         <is>
-          <t>(044)501-16-36</t>
+          <t>(044)330-05-96</t>
         </is>
       </c>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>texlyceum@ukr.net</t>
+          <t>internat8.kiev@gmail.com</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>techlyceum.kiev.ua</t>
+          <t>www.internat8.ho.ua</t>
         </is>
       </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Ілюшина Олена Олександрівна</t>
+          <t>Директор Пижевська Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ ЛІЦЕЙ БІЗНЕСУ"</t>
+          <t>Технічний ліцей Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>148982</v>
+        <v>149078</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>ЗНЗ "КИЇВСЬКИЙ ЛІЦЕЙ БІЗНЕСУ"</t>
+          <t>Технічний ліцей</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Табірна, 30-32</t>
+          <t>вулиця Щусєва, 20</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(044)4505562</t>
-[...2 lines deleted...]
-      <c r="Q45" s="4"/>
+          <t>(044)5992419</t>
+        </is>
+      </c>
+      <c r="Q45" s="4" t="inlineStr">
+        <is>
+          <t>(044)501-16-36</t>
+        </is>
+      </c>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>info@klb.education</t>
+          <t>texlyceum@ukr.net</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>https://klb.education</t>
+          <t>techlyceum.kiev.ua</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Паращенко Людмила Іванівна</t>
+          <t>Директор Ілюшина Олена Олександрівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "КИЇВСЬКА ЗАГАЛЬНООСВІТНЯ ПРИВАТНА ШКОЛА І-ІІІ СТУПЕНІВ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - КИЇВ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "КИЇВСЬКИЙ ЛІЦЕЙ БІЗНЕСУ"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>146043</v>
+        <v>148982</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Британська міжнародна школа - Київ"</t>
+          <t>ЗНЗ "КИЇВСЬКИЙ ЛІЦЕЙ БІЗНЕСУ"</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Толбухіна, 45</t>
+          <t>вулиця Табірна, 30-32</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(044)502-39-09</t>
+          <t>(044)4505562</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>info@britishschool.com.ua</t>
+          <t>info@klb.education</t>
         </is>
       </c>
       <c r="S46" s="4" t="inlineStr">
         <is>
-          <t>britishschool.ua</t>
+          <t>https://klb.education</t>
         </is>
       </c>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Товкун Олена Маратівна</t>
+          <t>Директор Паращенко Людмила Іванівна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю Київський ліцей "Еко Френдс Скул"</t>
+          <t>Товариство з обмеженою відповідальністю "КИЇВСЬКА ЗАГАЛЬНООСВІТНЯ ПРИВАТНА ШКОЛА І-ІІІ СТУПЕНІВ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - КИЇВ"</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>176826</v>
+        <v>146043</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Київський ліцей "Еко Френдс Скул"</t>
+          <t>ТОВ "Британська міжнародна школа - Київ"</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Центральна, 54</t>
+          <t>вулиця Толбухіна, 45</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(097)8953324, (093)5881222</t>
+          <t>(044)502-39-09</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>ecofriendsschool@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S47" s="4"/>
+          <t>info@britishschool.com.ua</t>
+        </is>
+      </c>
+      <c r="S47" s="4" t="inlineStr">
+        <is>
+          <t>britishschool.ua</t>
+        </is>
+      </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Максименко Наталя Вікторівна</t>
+          <t>Директор Товкун Олена Маратівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КЛЕВЕР ПАРТНЕРС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКА ПРИВАТНА ШКОЛА "ХЕППІ КІДС"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>176943</v>
+        <v>176952</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "КЛЕВЕР ПАРТНЕРС"</t>
+          <t>ТОВ "КПШ "ХЕППІ КІДС"</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хмельницького Богдана, 57-Б</t>
+          <t>вулиця Дегтярівська, 33б</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(044)4999982</t>
+          <t>(095)8115580</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>contact@cleverpartners.online</t>
+          <t>sch.happykids@gmail.com</t>
         </is>
       </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>https://navchu.online</t>
+          <t>https://www.happykids-center.com/</t>
         </is>
       </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Володін Володимир Вікторович</t>
+          <t>Директор Борисенко Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІНГВІСТИЧНИЙ ЛІЦЕЙ "НАШЕ МАЙБУТНЄ"</t>
+          <t>Товариство з обмеженою відповідальністю Київський ліцей "Еко Френдс Скул"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>149485</v>
+        <v>176826</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІНГВІСТИЧНИЙ ЛІЦЕЙ "НАШЕ МАЙБУТНЄ"</t>
+          <t>ТОВ "Київський ліцей "Еко Френдс Скул"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дегтярівська, 25а</t>
+          <t>вулиця Центральна, 54</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(044)4909167</t>
+          <t>(097)8953324, (093)5881222</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>nashemaibutne@gmail.com</t>
+          <t>ecofriendsschool@ukr.net</t>
         </is>
       </c>
       <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>Директор Марцінишина Руслана Володимирівна</t>
+          <t>Директор Максименко Наталя Вікторівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ "АТЛАНТИКА" КИЇВ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КЛЕВЕР ПАРТНЕРС"</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>149503</v>
+        <v>176943</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПОЧАТКОВА ШКОЛА "АТЛАНТИКА"</t>
+          <t>ТОВ "КЛЕВЕР ПАРТНЕРС"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Саксаганського, 83</t>
+          <t>вулиця Хмельницького Богдана, 57-Б</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(050)3312195</t>
+          <t>(044)4999982</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>Sikachiryna@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S50" s="4"/>
+          <t>contact@cleverpartners.online</t>
+        </is>
+      </c>
+      <c r="S50" s="4" t="inlineStr">
+        <is>
+          <t>https://navchu.online</t>
+        </is>
+      </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Сікач Ірина Віталіївна</t>
+          <t>Директор Володін Володимир Вікторович</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ ПОЛІТИКИ, ЕКОНОМІКИ, ПРАВА ТА ІНОЗЕМНИХ МОВ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІНГВІСТИЧНИЙ ЛІЦЕЙ "НАШЕ МАЙБУТНЄ"</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>149151</v>
+        <v>149485</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛПЕПІМ"</t>
+          <t>ТОВ "ЛІНГВІСТИЧНИЙ ЛІЦЕЙ "НАШЕ МАЙБУТНЄ"</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Драча, 4</t>
+          <t>вулиця Дегтярівська, 25а</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(044)4823642</t>
+          <t>(044)4909167</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>lpepim@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>nashemaibutne@gmail.com</t>
+        </is>
+      </c>
+      <c r="S51" s="4"/>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Моравська Інга Валентинівна</t>
+          <t>Директор Марцінишина Руслана Володимирівна</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватна школа "Фокскул"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ "АТЛАНТИКА" КИЇВ"</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>176591</v>
+        <v>149503</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D52" s="4"/>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПОЧАТКОВА ШКОЛА "АТЛАНТИКА"</t>
+        </is>
+      </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Януша Корчака, 11</t>
+          <t>вулиця Саксаганського, 83</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(067)3249990</t>
+          <t>(050)3312195</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>1@foxcool.info</t>
-[...6 lines deleted...]
-      </c>
+          <t>Sikachiryna@gmail.com</t>
+        </is>
+      </c>
+      <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Лісниця Сабіна Юріївна</t>
+          <t>Директор Сікач Ірина Віталіївна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Французький ліцей імені Анни Київської"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ ПОЛІТИКИ, ЕКОНОМІКИ, ПРАВА ТА ІНОЗЕМНИХ МОВ"</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>149150</v>
+        <v>149151</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Французький ліцей імені Анни Київської"</t>
+          <t>ТОВ "ЛПЕПІМ"</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця В'ячеслава Липинського, 21</t>
+          <t>вулиця Івана Драча, 4</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(044)2001993, (044)2001997</t>
+          <t>(044)4823642</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>alena.dubrovina@lyceeadk.com</t>
-[...2 lines deleted...]
-      <c r="S53" s="4"/>
+          <t>lpepim@meta.ua</t>
+        </is>
+      </c>
+      <c r="S53" s="4" t="inlineStr">
+        <is>
+          <t>lpepim.com</t>
+        </is>
+      </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Кошова Світлана Іванівна</t>
+          <t>Директор Моравська Інга Валентинівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ЦЕНТР ОСВІТИ "ОПТІМА"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватна школа "Фокскул"</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>144877</v>
+        <v>176591</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D54" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D54" s="4"/>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>провулок Тбіліський, 4/10, оф. 117-А</t>
+          <t>вулиця Януша Корчака, 11</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(044)3339187</t>
+          <t>(067)3249990</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>office@optima.school</t>
+          <t>1@foxcool.info</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
-          <t>www.optima.school</t>
+          <t>www.foxcool.ua</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Білодід Ольга Володимирівна</t>
+          <t>Директор Лісниця Сабіна Юріївна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Український медичний ліцей Національного медичного університету імені О.О. Богомольця</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКА ПОЧАТКОВА ШКОЛА "КВАНТУМ"</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>149178</v>
+        <v>176954</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>УМЛ НМУ імені О.О.Богомольця</t>
+          <t>ТОВ "ПЗЗСО "КПШ "КВАНТУМ"</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>бульвар Тараса Шевченка, 13</t>
+          <t>вулиця Велика Житомирська, 15б</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(044)2897976</t>
-[...6 lines deleted...]
-      </c>
+          <t>(063)2805128</t>
+        </is>
+      </c>
+      <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>uml_nmu@ukr.net</t>
+          <t>education_guantum@ukr.net</t>
         </is>
       </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>www.uml.ua</t>
+          <t>https://guantum.sitepulse.com.ua</t>
         </is>
       </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Цехмістер Ярослав Володимирович</t>
+          <t>Директор Бахін Роман Юрійович</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>ШКОЛА І-ІІІ СТУПЕНІВ № 199 ШЕВЧЕНКІВСЬКОГО РАЙОНУ М. КИЄВА</t>
+          <t>Товариство з обмеженою відповідальністю "Французький ліцей імені Анни Київської"</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>149085</v>
+        <v>149150</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Школа №199</t>
+          <t>ТОВ "Французький ліцей імені Анни Київської"</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бакинська, 12</t>
+          <t>вулиця В'ячеслава Липинського, 21</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(044)4672566</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)2001993, (044)2001997</t>
+        </is>
+      </c>
+      <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>czh199@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>svetlana.koshova@lyceeadk.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Фещук Роман Володимирович</t>
+          <t>Директор Кошова Світлана Іванівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №1 Шевченківського району м. Києва</t>
+          <t>Товариство з обмеженою відповідальністю "ЦЕНТР ОСВІТИ "ОПТІМА"</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>149145</v>
+        <v>144877</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>школа № 1</t>
+          <t>ТОВ "ЦЕНТР ОСВІТИ "ОПТІМА"</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>провулок Делегатський, 1/28</t>
+          <t>провулок Тбіліський, 4/10, оф. 117-А</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(044)483-32-21</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)3339187</t>
+        </is>
+      </c>
+      <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>kiev_sch1@ukr.net</t>
+          <t>office@optima.school</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>www.first-school.org.ua</t>
+          <t>www.optima.school</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Швидун Тарас Анатолійович</t>
+          <t>Директор Білодід Ольга Володимирівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №169 Шевченківського району м. Києва</t>
+          <t>Український медичний ліцей Національного медичного університету імені О.О. Богомольця</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>149133</v>
+        <v>149178</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>школа №169</t>
+          <t>УМЛ НМУ імені О.О.Богомольця</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сальського, 2</t>
+          <t>бульвар Тараса Шевченка, 13</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(044)4536035</t>
+          <t>(044)2897976</t>
         </is>
       </c>
       <c r="Q58" s="4" t="inlineStr">
         <is>
-          <t>(044)453-60-35</t>
+          <t>(044)2897976</t>
         </is>
       </c>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>schule-169@i.ua</t>
+          <t>uml_nmu@ukr.net</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>school169.edukit.kiev.ua</t>
+          <t>www.uml.ua</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Авраменко Ігор Олександрович</t>
+          <t>Директор Цехмістер Ярослав Володимирович</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №175 ім. В. Марченка Шевченківського району м. Києва</t>
+          <t>ШКОЛА І-ІІІ СТУПЕНІВ № 199 ШЕВЧЕНКІВСЬКОГО РАЙОНУ М. КИЄВА</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>149081</v>
+        <v>149085</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>школа №175</t>
+          <t>Школа №199</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Щербаківського, 58-А</t>
+          <t>вулиця Бакинська, 12</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(044)4002594</t>
+          <t>(044)4672566</t>
         </is>
       </c>
       <c r="Q59" s="4" t="inlineStr">
         <is>
-          <t>(044)400-25-94</t>
+          <t>(044)467-25-66</t>
         </is>
       </c>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>school.175@ukr.net</t>
+          <t>czh199@i.ua</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
-          <t>school175.org.ua</t>
+          <t>http://sch199.ucoz.net</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Роман Олена Костянтинівна</t>
+          <t>Директор Фещук Роман Володимирович</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №25 Шевченківського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №1 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>149091</v>
+        <v>149145</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>школа №25</t>
+          <t>школа № 1</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Володимирська, 1</t>
+          <t>провулок Делегатський, 1/28</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(044)278-78-24</t>
+          <t>(044)483-32-21</t>
         </is>
       </c>
       <c r="Q60" s="4" t="inlineStr">
         <is>
-          <t>(044)278-78-24</t>
+          <t>(044)483-32-21</t>
         </is>
       </c>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>school_25.kiev@ukr.net</t>
+          <t>kiev_sch1@ukr.net</t>
         </is>
       </c>
       <c r="S60" s="4" t="inlineStr">
         <is>
-          <t>school-25.kiev/ua</t>
+          <t>www.first-school.org.ua</t>
         </is>
       </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Губенков Федір Миколайович</t>
+          <t>Директор Швидун Тарас Анатолійович</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №27 Шевченківського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №169 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>149183</v>
+        <v>149133</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>школа №27</t>
+          <t>школа №169</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мрії, 20-Є</t>
+          <t>вулиця Сальського, 2</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(044)4005388</t>
+          <t>(044)4536035</t>
         </is>
       </c>
       <c r="Q61" s="4" t="inlineStr">
         <is>
-          <t>(044)4005388</t>
+          <t>(044)453-60-35</t>
         </is>
       </c>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>school_27@ukr.net</t>
+          <t>schule-169@i.ua</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>www.school-27.ucoz.net</t>
+          <t>school169.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Олена Іванівна</t>
+          <t>Директор Авраменко Ігор Олександрович</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №58 Шевченківського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №175 ім. В. Марченка Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>149076</v>
+        <v>149081</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №58 м. Києва</t>
+          <t>школа №175</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>провулок Алли Горської, 3</t>
+          <t>вулиця Данила Щербаківського, 58-А</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(044)2349201</t>
-[...2 lines deleted...]
-      <c r="Q62" s="4"/>
+          <t>(044)4002594</t>
+        </is>
+      </c>
+      <c r="Q62" s="4" t="inlineStr">
+        <is>
+          <t>(044)400-25-94</t>
+        </is>
+      </c>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>school58kyiv@gmail.com</t>
+          <t>school.175@ukr.net</t>
         </is>
       </c>
       <c r="S62" s="4" t="inlineStr">
         <is>
-          <t>https://www.school58kyiv.org</t>
+          <t>school175.org.ua</t>
         </is>
       </c>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Пишний Валерій Іванович</t>
+          <t>Директор Роман Олена Костянтинівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №70 Шевченківського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №25 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>149160</v>
+        <v>149091</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>школа №70</t>
+          <t>школа №25</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Ромоданова, 10</t>
+          <t>вулиця Володимирська, 1</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(044)483-77-64</t>
-[...2 lines deleted...]
-      <c r="Q63" s="4"/>
+          <t>(044)278-78-24</t>
+        </is>
+      </c>
+      <c r="Q63" s="4" t="inlineStr">
+        <is>
+          <t>(044)278-78-24</t>
+        </is>
+      </c>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>70school@ukr.net</t>
+          <t>school_25.kiev@ukr.net</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>http://school70.kiev.ua</t>
+          <t>school-25.kiev/ua</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудько Наталія Анатоліївна</t>
+          <t>Директор Губенков Федір Миколайович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №95 Шевченківського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №27 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>149137</v>
+        <v>149183</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Школа № 95</t>
+          <t>школа №27</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Щербаківського, 61-Г</t>
+          <t>вулиця Мрії, 20-Є</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(044)400-32-53, (044)400-31-01</t>
+          <t>(044)4005388</t>
         </is>
       </c>
       <c r="Q64" s="4" t="inlineStr">
         <is>
-          <t>(044)400-32-53</t>
+          <t>(044)4005388</t>
         </is>
       </c>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>school_95@ukr.net</t>
+          <t>school_27@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>http://www.school95.kiev.sch.in.ua</t>
+          <t>www.school-27.ucoz.net</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Півоварова Валентина Іванівна</t>
+          <t>Директор Іванова Олена Іванівна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="4" t="inlineStr">
+        <is>
+          <t>Школа І-ІІІ ступенів №58 Шевченківського району м. Києва</t>
+        </is>
+      </c>
+      <c r="B65" s="5" t="n">
+        <v>149076</v>
+      </c>
+      <c r="C65" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>Школа І-ІІІ ступенів №58 м. Києва</t>
+        </is>
+      </c>
+      <c r="E65" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G65" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H65" s="6" t="inlineStr">
+        <is>
+          <t>8039100000</t>
+        </is>
+      </c>
+      <c r="I65" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="J65" s="4" t="inlineStr">
+        <is>
+          <t>Київ</t>
+        </is>
+      </c>
+      <c r="K65" s="4" t="inlineStr">
+        <is>
+          <t>провулок Алли Горської, 3</t>
+        </is>
+      </c>
+      <c r="L65" s="6" t="inlineStr">
+        <is>
+          <t>UA80000000001078669</t>
+        </is>
+      </c>
+      <c r="M65" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N65" s="7"/>
+      <c r="O65" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P65" s="4" t="inlineStr">
+        <is>
+          <t>(044)2349201</t>
+        </is>
+      </c>
+      <c r="Q65" s="4"/>
+      <c r="R65" s="4" t="inlineStr">
+        <is>
+          <t>school58kyiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S65" s="4" t="inlineStr">
+        <is>
+          <t>https://www.school58kyiv.org</t>
+        </is>
+      </c>
+      <c r="T65" s="4" t="inlineStr">
+        <is>
+          <t>Директор Пишний Валерій Іванович</t>
+        </is>
+      </c>
+      <c r="U65" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V65" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W65" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X65" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y65" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="4" t="inlineStr">
+        <is>
+          <t>Школа І-ІІІ ступенів №70 Шевченківського району м. Києва</t>
+        </is>
+      </c>
+      <c r="B66" s="5" t="n">
+        <v>149160</v>
+      </c>
+      <c r="C66" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>школа №70</t>
+        </is>
+      </c>
+      <c r="E66" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G66" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H66" s="6" t="inlineStr">
+        <is>
+          <t>8039100000</t>
+        </is>
+      </c>
+      <c r="I66" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="J66" s="4" t="inlineStr">
+        <is>
+          <t>Київ</t>
+        </is>
+      </c>
+      <c r="K66" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Академіка Ромоданова, 10</t>
+        </is>
+      </c>
+      <c r="L66" s="6" t="inlineStr">
+        <is>
+          <t>UA80000000001078669</t>
+        </is>
+      </c>
+      <c r="M66" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N66" s="7"/>
+      <c r="O66" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P66" s="4" t="inlineStr">
+        <is>
+          <t>(044)483-77-64</t>
+        </is>
+      </c>
+      <c r="Q66" s="4"/>
+      <c r="R66" s="4" t="inlineStr">
+        <is>
+          <t>70school@ukr.net</t>
+        </is>
+      </c>
+      <c r="S66" s="4" t="inlineStr">
+        <is>
+          <t>http://school70.kiev.ua</t>
+        </is>
+      </c>
+      <c r="T66" s="4" t="inlineStr">
+        <is>
+          <t>Директор Рудько Наталія Анатоліївна</t>
+        </is>
+      </c>
+      <c r="U66" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V66" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W66" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X66" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y66" s="5"/>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="4" t="inlineStr">
+        <is>
+          <t>Школа І-ІІІ ступенів №95 Шевченківського району м. Києва</t>
+        </is>
+      </c>
+      <c r="B67" s="5" t="n">
+        <v>149137</v>
+      </c>
+      <c r="C67" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>Школа № 95</t>
+        </is>
+      </c>
+      <c r="E67" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G67" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H67" s="6" t="inlineStr">
+        <is>
+          <t>8039100000</t>
+        </is>
+      </c>
+      <c r="I67" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="J67" s="4" t="inlineStr">
+        <is>
+          <t>Київ</t>
+        </is>
+      </c>
+      <c r="K67" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Данила Щербаківського, 61-Г</t>
+        </is>
+      </c>
+      <c r="L67" s="6" t="inlineStr">
+        <is>
+          <t>UA80000000001078669</t>
+        </is>
+      </c>
+      <c r="M67" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N67" s="7"/>
+      <c r="O67" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P67" s="4" t="inlineStr">
+        <is>
+          <t>(044)400-32-53, (044)400-31-01</t>
+        </is>
+      </c>
+      <c r="Q67" s="4" t="inlineStr">
+        <is>
+          <t>(044)400-32-53</t>
+        </is>
+      </c>
+      <c r="R67" s="4" t="inlineStr">
+        <is>
+          <t>school_95@ukr.net</t>
+        </is>
+      </c>
+      <c r="S67" s="4" t="inlineStr">
+        <is>
+          <t>http://www.school95.kiev.sch.in.ua</t>
+        </is>
+      </c>
+      <c r="T67" s="4" t="inlineStr">
+        <is>
+          <t>Директор Півоварова Валентина Іванівна</t>
+        </is>
+      </c>
+      <c r="U67" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V67" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W67" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X67" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y67" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y64"/>
+  <autoFilter ref="A1:Y67"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>