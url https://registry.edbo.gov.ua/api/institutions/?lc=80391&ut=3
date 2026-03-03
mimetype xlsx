--- v1 (2025-12-23)
+++ v2 (2026-03-03)
@@ -513,51 +513,51 @@
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
           <t>(044)4002454</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>shkola163@ukr.net</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>www.school163.kiev.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Бардік Катерина Миколаївна</t>
+          <t>Директор Кільніцька Марина Михайлівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
@@ -654,1817 +654,1817 @@
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>гімназія №48 Шевченківського району м. Києва</t>
+          <t>Гімназія №20 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>149154</v>
+        <v>149092</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>гімназія № 48</t>
+          <t>Гімназія №20</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прорізна, 14</t>
+          <t>вулиця Родини Глаголєвих, 2</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(044)2786923</t>
+          <t>(044)4683141</t>
         </is>
       </c>
       <c r="Q5" s="4" t="inlineStr">
         <is>
-          <t>(044)278-82-07</t>
+          <t>(044)4683141</t>
         </is>
       </c>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>hs48@i.ua</t>
+          <t>schint20@meta.ua</t>
         </is>
       </c>
       <c r="S5" s="4" t="inlineStr">
         <is>
-          <t>www.sg48.kyiv.ua</t>
+          <t>school20.kiev.ua</t>
         </is>
       </c>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Буракова Світлана Юріївна</t>
+          <t>Директор Рєзнікова Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>ДОЧІРНЄ ПІДПРИЄМСТВО "КИЇВСЬКИЙ ЛІЦЕЙ "ІРШАД" РЕЛІГІЙНОЇ ОРГАНІЗАЦІЇ "ІСЛАМСЬКИЙ УНІВЕРСИТЕТ"</t>
+          <t>гімназія №48 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>176859</v>
+        <v>149154</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>ДП "ЛІЦЕЙ "ІРШАД"</t>
+          <t>гімназія № 48</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лук'янівська, 46</t>
+          <t>вулиця Прорізна, 14</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(099)2719007</t>
-[...2 lines deleted...]
-      <c r="Q6" s="4"/>
+          <t>(044)2786923</t>
+        </is>
+      </c>
+      <c r="Q6" s="4" t="inlineStr">
+        <is>
+          <t>(044)278-82-07</t>
+        </is>
+      </c>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>alirshadschool@ukr.net</t>
+          <t>hs48@i.ua</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>https://islam.ua/uk/osvita/shkola-al-irshad</t>
+          <t>www.sg48.kyiv.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Муслімова Надія Олександрівна</t>
+          <t>Директор Буракова Світлана Юріївна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>загальноосвітній навчальний заклад "Гімназія "Європейська освіта"</t>
+          <t>ДОЧІРНЄ ПІДПРИЄМСТВО "КИЇВСЬКИЙ ЛІЦЕЙ "ІРШАД" РЕЛІГІЙНОЇ ОРГАНІЗАЦІЇ "ІСЛАМСЬКИЙ УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>145243</v>
+        <v>176859</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Гімназія "Європейська освіта"</t>
+          <t>ДП "ЛІЦЕЙ "ІРШАД"</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Салютна, 42/46</t>
+          <t>вулиця Лук'янівська, 46</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(067)244-11-91</t>
+          <t>(099)2719007</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>evropa-osvita@ukr.net</t>
+          <t>alirshadschool@ukr.net</t>
         </is>
       </c>
       <c r="S7" s="4" t="inlineStr">
         <is>
-          <t>https://evroosvita.webflow.io/</t>
+          <t>https://islam.ua/uk/osvita/shkola-al-irshad</t>
         </is>
       </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Сотело-Рамірес Валентина Володимирівна</t>
+          <t>Директор Муслімова Надія Олександрівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Київський державний музичний ліцей імені М.В. Лисенка</t>
+          <t>загальноосвітній навчальний заклад "Гімназія "Європейська освіта"</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>143646</v>
+        <v>145243</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>КДМЛ ім. М.В. Лисенка</t>
+          <t>Гімназія "Європейська освіта"</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
-          <t>мистецький ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парково-Сирецька, 4</t>
+          <t>вулиця Салютна, 42/46</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(044)4561446</t>
-[...6 lines deleted...]
-      </c>
+          <t>(067)244-11-91</t>
+        </is>
+      </c>
+      <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>Lysenko_school@ukr.net</t>
+          <t>evropa-osvita@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://lysenko-school.kiev.ua/</t>
+          <t>https://evroosvita.webflow.io/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Бояр Олексій Сергійович</t>
+          <t>Директор Сотело-Рамірес Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Київський державний художній ліцей імені Т.Г. Шевченка</t>
+          <t>Київський державний музичний ліцей імені М.В. Лисенка</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>143093</v>
+        <v>143646</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>КДХЛ імені Т.Г. Шевченка</t>
+          <t>КДМЛ ім. М.В. Лисенка</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жамбила Жабаєва, 4</t>
+          <t>вулиця Парково-Сирецька, 4</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(044)4584121</t>
-[...2 lines deleted...]
-      <c r="Q9" s="4"/>
+          <t>(044)4561446</t>
+        </is>
+      </c>
+      <c r="Q9" s="4" t="inlineStr">
+        <is>
+          <t>(044)4562247</t>
+        </is>
+      </c>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>school_art@ukr.net</t>
+          <t>Lysenko_school@ukr.net</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
-          <t>http://dergartschool.kiev.ua/</t>
+          <t>http://lysenko-school.kiev.ua/</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Авраменко Олена Іванівна</t>
+          <t>Директор Бояр Олексій Сергійович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 101 Шевченківського району м.Києва</t>
+          <t>Київський державний художній ліцей імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>149089</v>
+        <v>143093</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 101</t>
+          <t>КДХЛ імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>мистецький ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Коперника, 8</t>
+          <t>вулиця Жамбила Жабаєва, 4</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(044)4833118</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)4584121</t>
+        </is>
+      </c>
+      <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>lyceum101.kyiv@ukr.net</t>
+          <t>school_art@ukr.net</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
-          <t>http://lyceum101.kyiv.ua</t>
+          <t>http://dergartschool.kiev.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Піщанська Ірина Леонідівна</t>
+          <t>Директор Авраменко Олена Іванівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 172 "Нивки" Шевченківського району м.Києва</t>
+          <t>Ліцей № 101 Шевченківського району м.Києва</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>149153</v>
+        <v>149089</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 172 "Нивки"</t>
+          <t>Ліцей № 101</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ружинська, 30-32</t>
+          <t>вулиця Коперника, 8</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(044)4422226</t>
+          <t>(044)4833118</t>
         </is>
       </c>
       <c r="Q11" s="4" t="inlineStr">
         <is>
-          <t>(044)4422226</t>
+          <t>(044)483-31-18</t>
         </is>
       </c>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>school172@ukr.net</t>
+          <t>lyceum101.kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>www.gimn172.kiev.ua</t>
+          <t>http://lyceum101.kyiv.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Новоселецький Геннадій Юрійович</t>
+          <t>Директор Піщанська Ірина Леонідівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 53 Шевченківського району м. Києва</t>
+          <t>Ліцей № 172 "Нивки" Шевченківського району м.Києва</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>149074</v>
+        <v>149153</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 53 м. Київ</t>
+          <t>Ліцей № 172 "Нивки"</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богдана Хмельницького, 16/18</t>
+          <t>вулиця Ружинська, 30-32</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(044)2347993</t>
+          <t>(044)4422226</t>
         </is>
       </c>
       <c r="Q12" s="4" t="inlineStr">
         <is>
-          <t>(044)234-79-93</t>
+          <t>(044)4422226</t>
         </is>
       </c>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>sh53@ukr.net</t>
+          <t>school172@ukr.net</t>
         </is>
       </c>
       <c r="S12" s="4" t="inlineStr">
         <is>
-          <t>53school.kiev.ua</t>
+          <t>www.gimn172.kiev.ua</t>
         </is>
       </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Шпильова Вікторія Володимирівна</t>
+          <t>Директор Новоселецький Геннадій Юрійович</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №153 Шевченківського району м. Києва</t>
+          <t>Ліцей № 53 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>149090</v>
+        <v>149074</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №153</t>
+          <t>Ліцей № 53 м. Київ</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорновола, 37</t>
+          <t>вулиця Богдана Хмельницького, 16/18</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(044)2469226</t>
+          <t>(044)2347993</t>
         </is>
       </c>
       <c r="Q13" s="4" t="inlineStr">
         <is>
-          <t>(044)2469226</t>
+          <t>(044)234-79-93</t>
         </is>
       </c>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>sch153-kyiv@ukr.net</t>
+          <t>sh53@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>www.153.kiev.ua</t>
+          <t>53school.kiev.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрєєва Інна Валентинівна</t>
+          <t>Директор Шпильова Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №155 Шевченківського району м. Києва</t>
+          <t>Ліцей №153 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>149132</v>
+        <v>149090</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №155</t>
+          <t>Ліцей №153</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 5</t>
+          <t>вулиця Чорновола, 37</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(044)2723079</t>
+          <t>(044)2469226</t>
         </is>
       </c>
       <c r="Q14" s="4" t="inlineStr">
         <is>
-          <t>(044)272-30-79</t>
+          <t>(044)2469226</t>
         </is>
       </c>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>office@school155.com</t>
+          <t>sch153-kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4" t="inlineStr">
         <is>
-          <t>www.lyceum155.com</t>
+          <t>www.153.kiev.ua</t>
         </is>
       </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Заславська Леся Петрівна</t>
+          <t>Директор Андрєєва Інна Валентинівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №38 Шевченківського району м.Києва</t>
+          <t>Ліцей №155 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>149082</v>
+        <v>149132</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 38</t>
+          <t>Ліцей №155</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гоголівська, 31</t>
+          <t>вулиця Січових Стрільців, 5</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(044)486-87-68</t>
+          <t>(044)2723079</t>
         </is>
       </c>
       <c r="Q15" s="4" t="inlineStr">
         <is>
-          <t>(044)486-87-68</t>
+          <t>(044)272-30-79</t>
         </is>
       </c>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>lyceum38@gmail.com</t>
+          <t>office@school155.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>www.lyceum38.kiev.ua</t>
+          <t>www.lyceum155.com</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Харитонова Людмила Олександрівна</t>
+          <t>Директор Заславська Леся Петрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №41 Шевченківського району м. Києва</t>
+          <t>Ліцей №38 Шевченківського району м.Києва</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>149161</v>
+        <v>149082</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 41</t>
+          <t>Ліцей № 38</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>проспект Берестейський, 7-А</t>
+          <t>вулиця Гоголівська, 31</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(044)2364225</t>
+          <t>(044)486-87-68</t>
         </is>
       </c>
       <c r="Q16" s="4" t="inlineStr">
         <is>
-          <t>(044)236-42-25</t>
+          <t>(044)486-87-68</t>
         </is>
       </c>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>school41@ukr.net</t>
+          <t>lyceum38@gmail.com</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
-          <t>http://www.school41.kiev.ua</t>
+          <t>www.lyceum38.kiev.ua</t>
         </is>
       </c>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Лагута Марія Олексіївна</t>
+          <t>Директор Харитонова Людмила Олександрівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №49 Шевченківського району м. Києва</t>
+          <t>Ліцей №41 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>149261</v>
+        <v>149161</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 49</t>
+          <t>Ліцей № 41</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ярославів Вал, 27</t>
+          <t>проспект Берестейський, 7-А</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(044)2720257</t>
+          <t>(044)2364225</t>
         </is>
       </c>
       <c r="Q17" s="4" t="inlineStr">
         <is>
-          <t>(044)272-02-57</t>
+          <t>(044)236-42-25</t>
         </is>
       </c>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>ecole-49@ukr.net</t>
+          <t>school41@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
-          <t>https://www.school49.kiev.ua/</t>
+          <t>http://www.school41.kiev.ua</t>
         </is>
       </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Сулейманова Алла Олександрівна</t>
+          <t>Директор Лагута Марія Олексіївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей ім. Михайла Драгоманова Шевченківського району м. Києва</t>
+          <t>Ліцей №49 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>149202</v>
+        <v>149261</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей ім. Михайла Драгоманова</t>
+          <t>Ліцей № 49</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>бульвар Т.Шевченка, 56-А</t>
+          <t>вулиця Ярославів Вал, 27</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(044)2344977</t>
+          <t>(044)2720257</t>
         </is>
       </c>
       <c r="Q18" s="4" t="inlineStr">
         <is>
-          <t>(044)2344977</t>
+          <t>(044)272-02-57</t>
         </is>
       </c>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>gymdrg@ukr.net</t>
+          <t>ecole-49@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>https://www.gymnasia-npu.org.ua</t>
+          <t>https://www.school49.kiev.ua/</t>
         </is>
       </c>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Балаба Світлана Олександрівна</t>
+          <t>Директор Сулейманова Алла Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Універсум" Шевченківського району м. Києва</t>
+          <t>Ліцей №57 Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>149140</v>
+        <v>149146</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Універсум"</t>
+          <t>Ліцей №57</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>провулок Політехнічний, 3-А</t>
+          <t>вулиця Прорізна, 19-А</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(044)2361976</t>
+          <t>(044)2784431</t>
         </is>
       </c>
       <c r="Q19" s="4" t="inlineStr">
         <is>
-          <t>(044)2361976</t>
+          <t>(044)278-44-31</t>
         </is>
       </c>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>universum95@ukr.net</t>
+          <t>biblio_57@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>www.universum.kiev.ua</t>
+          <t>www.school57.kiev.ua</t>
         </is>
       </c>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Сурма Сергій Степанович</t>
+          <t>Директор Артеменко Олександр Валентинович</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат №23 "Кадетський корпус" з посиленою військово-фізичною підготовкою Шевченківського району м. Києва</t>
+          <t>Ліцей з посиленою військово-фізичною підготовкою №23 "Кадетський корпус імені Володимира Великого" Шевченківського району м.Києва</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
         <v>149077</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат №23 " Кадетський корпус" м. Києва</t>
+          <t>Ліцей №23 " Кадетський корпус імені Володимира Великого" Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>ліцей-інтернат</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
           <t>вулиця Салютна, 11-А</t>
@@ -2514,2073 +2514,2073 @@
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Кияночка" Шевченківського району м. Києва</t>
+          <t>Ліцей ім. Михайла Драгоманова Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>149084</v>
+        <v>149202</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Кияночка"</t>
+          <t>Ліцей ім. Михайла Драгоманова</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Парково-Сирецька, 7-А</t>
+          <t>бульвар Т.Шевченка, 56-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(044)4565492</t>
+          <t>(044)2344977</t>
         </is>
       </c>
       <c r="Q21" s="4" t="inlineStr">
         <is>
-          <t>(044)4561369</t>
+          <t>(044)2344977</t>
         </is>
       </c>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>faktorl@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S21" s="4"/>
+          <t>gymdrg@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4" t="inlineStr">
+        <is>
+          <t>https://www.gymnasia-npu.org.ua</t>
+        </is>
+      </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Фактор Людмила Володимирівна</t>
+          <t>Директор Балаба Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) «КИЇВСЬКИЙ ЛІЦЕЙ «КІТЕРРА»</t>
+          <t>Ліцей "Універсум" Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>176827</v>
+        <v>149140</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "КІТЕРРА"</t>
+          <t>Ліцей "Універсум"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старо-Київська, 10</t>
+          <t>провулок Політехнічний, 3-А</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(098)2134707</t>
-[...2 lines deleted...]
-      <c r="Q22" s="4"/>
+          <t>(044)2361976</t>
+        </is>
+      </c>
+      <c r="Q22" s="4" t="inlineStr">
+        <is>
+          <t>(044)2361976</t>
+        </is>
+      </c>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>head@kiterra.kiev.ua</t>
+          <t>universum95@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://kiterra.kiev.ua/</t>
+          <t>www.universum.kiev.ua</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Ульянова Аліна Андріївна</t>
+          <t>Директор Сурма Сергій Степанович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНЯ: ЛІЦЕЙ "ГРЕМІУМ"</t>
+          <t>Початкова школа "Кияночка" Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>151145</v>
+        <v>149084</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>ПО ЗО ЛІЦЕЙ "ГРЕМІУМ""</t>
+          <t>Початкова школа "Кияночка"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Князя Володимира Мономаха, 18</t>
+          <t>вулиця Парково-Сирецька, 7-А</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(044)2079282</t>
-[...2 lines deleted...]
-      <c r="Q23" s="4"/>
+          <t>(044)4565492</t>
+        </is>
+      </c>
+      <c r="Q23" s="4" t="inlineStr">
+        <is>
+          <t>(044)4561369</t>
+        </is>
+      </c>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>42897936@ukr.net</t>
+          <t>faktorl@ukr.net</t>
         </is>
       </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Скакун Вячеслав Анатолійович</t>
+          <t>Директор Фактор Людмила Володимирівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ СУЧАСНИХ ОСВІТНІХ ТЕХНОЛОГІЙ "ВІКТОРІ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) «КИЇВСЬКИЙ ЛІЦЕЙ «КІТЕРРА»</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>176617</v>
+        <v>176827</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "ВІКТОРІ"</t>
+          <t>Ліцей "КІТЕРРА"</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>провулок Киянівський, 3/7, офіс П-5А</t>
+          <t>вулиця Старо-Київська, 10</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(095)4500111</t>
+          <t>(098)2134707</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>victory.lyceum@gmail.com</t>
+          <t>head@kiterra.kiev.ua</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://www.victory-school.com.ua</t>
+          <t>https://kiterra.kiev.ua/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Поляновська Вікторія Олександрівна</t>
+          <t>Директор Ульянова Аліна Андріївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Приватний загальноосвітній навчальний заклад гімназія "Престиж"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНЯ: ЛІЦЕЙ "ГРЕМІУМ"</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>148998</v>
+        <v>151145</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ПП "ПЗНЗ гімназія "Престиж"</t>
+          <t>ПО ЗО ЛІЦЕЙ "ГРЕМІУМ""</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Данила Щербаківського, 61-Г</t>
+          <t>вулиця Князя Володимира Мономаха, 18</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(044)5020333</t>
+          <t>(044)2079282</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>prestige@prestige-school.in.ua</t>
+          <t>42897936@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Нєстєров Дмітрій Євгенович</t>
+          <t>Директор Скакун Вячеслав Анатолійович</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ДИСТАНЦІЙНИЙ ЛІЦЕЙ "СУЧАСНИЙ. ВІЛЬНИЙ. ПЕРСПЕКТИВНИЙ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ СУЧАСНИХ ОСВІТНІХ ТЕХНОЛОГІЙ "ВІКТОРІ"</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>176960</v>
+        <v>176617</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "СВП"</t>
+          <t>ПЗЗСО "ВІКТОРІ"</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевченка Тараса, 33Б</t>
+          <t>провулок Киянівський, 3/7, офіс П-5А</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(095)1079493</t>
+          <t>(095)4500111</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>swplyceum@gmail.com</t>
+          <t>victory.lyceum@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>https://swp.school/</t>
+          <t>http://www.victory-school.com.ua</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Зашаловська Наталія Володимирівна</t>
+          <t>Директор Поляновська Вікторія Олександрівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
+          <t>Приватне підприємство "Приватний загальноосвітній навчальний заклад гімназія "Престиж"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>176798</v>
+        <v>148998</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
+          <t>ПП "ПЗНЗ гімназія "Престиж"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мрії, 14</t>
+          <t>вулиця Данила Щербаківського, 61-Г</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(067)2006101</t>
+          <t>(044)5020333</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>fayna@academy.com.ua</t>
+          <t>prestige@prestige-school.in.ua</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Бобруйко Олександра Костянтинівна</t>
+          <t>Директор Нєстєров Дмітрій Євгенович</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ II-III СТУПЕНІВ "АРХІТЕКТУРНО-ІНЖЕНЕРНИЙ КОЛЕГІУМ А+"</t>
+          <t>ПРИВАТНИЙ ДИСТАНЦІЙНИЙ ЛІЦЕЙ "СУЧАСНИЙ. ВІЛЬНИЙ. ПЕРСПЕКТИВНИЙ"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>176797</v>
+        <v>176960</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО II-III СТУПЕНІВ "АІК+"</t>
+          <t>ЛІЦЕЙ "СВП"</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мрії, 14</t>
+          <t>вулиця Шевченка Тараса, 33Б</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(067)2006101</t>
+          <t>(095)1079493</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>fayna@academy.com.ua</t>
-[...2 lines deleted...]
-      <c r="S28" s="4"/>
+          <t>swplyceum@gmail.com</t>
+        </is>
+      </c>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>https://swp.school/</t>
+        </is>
+      </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Пшеничнюк Дмитро Анатолійович</t>
+          <t>Директор Зашаловська Наталія Володимирівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "АЙ ТІ СТЕП СКУЛ КИЇВ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>151144</v>
+        <v>176798</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ «АЙ ТІ СТЕП СКУЛ КИЇВ»</t>
+          <t>ПЗЗСО I СТУПЕНЯ "ФАННІ ФАЙНА"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Симона Петлюри, 28</t>
+          <t>вулиця Мрії, 14</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(044)4820080</t>
+          <t>(067)2006101</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>frundin_a@itstep.org</t>
+          <t>fayna@academy.com.ua</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Макаров Максим Анатолійович</t>
+          <t>Директор Бобруйко Олександра Костянтинівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа І-ІІ ступенів №20 Шевченківського району м. Києва</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ II-III СТУПЕНІВ "АРХІТЕКТУРНО-ІНЖЕНЕРНИЙ КОЛЕГІУМ А+"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>149092</v>
+        <v>176797</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа І№20</t>
+          <t>ПЗЗСО II-III СТУПЕНІВ "АІК+"</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>санаторна школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Родини Глаголєвих, 2</t>
+          <t>вулиця Мрії, 14</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(044)4683141</t>
-[...6 lines deleted...]
-      </c>
+          <t>(067)2006101</t>
+        </is>
+      </c>
+      <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>schint20@meta.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>fayna@academy.com.ua</t>
+        </is>
+      </c>
+      <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Рєзнікова Вікторія Олександрівна</t>
+          <t>Директор Пшеничнюк Дмитро Анатолійович</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №102 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ ЛІЦЕЙ "АЙ ТІ СТЕП СКУЛ КИЇВ"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>149203</v>
+        <v>151144</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа № 102</t>
+          <t>ЛІЦЕЙ «АЙ ТІ СТЕП СКУЛ КИЇВ»</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шулявська, 10/12</t>
+          <t>вулиця Симона Петлюри, 28</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(044)236-11-25</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)4820080</t>
+        </is>
+      </c>
+      <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>school_102@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>frundin_a@itstep.org</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Морозова Наталія Єгорівна</t>
+          <t>Директор Макаров Максим Анатолійович</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №106 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №102 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>149143</v>
+        <v>149203</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №106</t>
+          <t>Спеціалізована школа № 102</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Івана Драча, 4</t>
+          <t>вулиця Шулявська, 10/12</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(044)4869444</t>
+          <t>(044)236-11-25</t>
         </is>
       </c>
       <c r="Q32" s="4" t="inlineStr">
         <is>
-          <t>(044)486-94-44</t>
+          <t>(044)236-11-25</t>
         </is>
       </c>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>znz106kyiv@ukr.net</t>
+          <t>school_102@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4" t="inlineStr">
         <is>
-          <t>http://106.kiev.ua/</t>
+          <t>www.102.org.ua</t>
         </is>
       </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Лісова Юлія Володимирівна</t>
+          <t>Директор Морозова Наталія Єгорівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №135 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №106 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>149623</v>
+        <v>149143</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>СШ №135</t>
+          <t>спеціалізована школа №106</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайла Коцюбинського, 12-Б</t>
+          <t>вулиця Івана Драча, 4</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(044)2353018</t>
+          <t>(044)4869444</t>
         </is>
       </c>
       <c r="Q33" s="4" t="inlineStr">
         <is>
-          <t>(044)2353018</t>
+          <t>(044)486-94-44</t>
         </is>
       </c>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>school135_kiev@ukr.net</t>
+          <t>znz106kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
-          <t>https://www.shkola135.at.ua</t>
+          <t>http://106.kiev.ua/</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Віннік Наталія Василівна</t>
+          <t>Директор Лісова Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №138 з поглибленим вивченням предметів природничого циклу Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №135 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>149184</v>
+        <v>149623</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №138</t>
+          <t>СШ №135</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Січових Стрільців, 27</t>
+          <t>вулиця Михайла Коцюбинського, 12-Б</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(044)4869571</t>
+          <t>(044)2353018</t>
         </is>
       </c>
       <c r="Q34" s="4" t="inlineStr">
         <is>
-          <t>(044)486-53-68</t>
+          <t>(044)2353018</t>
         </is>
       </c>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>school138@kyivcity.gov.ua</t>
+          <t>school135_kiev@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4" t="inlineStr">
         <is>
-          <t>www.school138kiev.masterdesant.com</t>
+          <t>https://www.shkola135.at.ua</t>
         </is>
       </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Перевозникова Наталія Іванівна</t>
+          <t>Директор Віннік Наталія Василівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №139 з поглибленим вивченням математики Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №138 з поглибленим вивченням предметів природничого циклу Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>149072</v>
+        <v>149184</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Спецiaлiзована школа № 139</t>
+          <t>спеціалізована школа №138</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>провулок Татарський, 1</t>
+          <t>вулиця Січових Стрільців, 27</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(044)484-52-71</t>
+          <t>(044)4869571</t>
         </is>
       </c>
       <c r="Q35" s="4" t="inlineStr">
         <is>
-          <t>(044)484-52-74</t>
+          <t>(044)486-53-68</t>
         </is>
       </c>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>school139@ukr.net</t>
+          <t>school138@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
-          <t>school-139.com.ua</t>
+          <t>www.school138kiev.masterdesant.com</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Усенко Оксана Володимирівна</t>
+          <t>В.о. директора Перевозникова Наталія Іванівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №24 ім.О. Білаша з поглибленим вивченням іноземних мов Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №139 з поглибленим вивченням математики Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>149080</v>
+        <v>149072</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>CШ №24 ім. О. Білаша</t>
+          <t>Спецiaлiзована школа № 139</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олени Теліги, 15-А</t>
+          <t>провулок Татарський, 1</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(044)4537400</t>
+          <t>(044)484-52-71</t>
         </is>
       </c>
       <c r="Q36" s="4" t="inlineStr">
         <is>
-          <t>(044)453-74-00</t>
+          <t>(044)484-52-74</t>
         </is>
       </c>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>school24kiev@ukr.net</t>
+          <t>school139@ukr.net</t>
         </is>
       </c>
       <c r="S36" s="4" t="inlineStr">
         <is>
-          <t>www.school24.kiev.ua</t>
+          <t>school-139.com.ua</t>
         </is>
       </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Кудляк Світлана Миколаївна</t>
+          <t>Директор Усенко Оксана Володимирівна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №28 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №24 ім.О. Білаша з поглибленим вивченням іноземних мов Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>149079</v>
+        <v>149080</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
+          <t>CШ №24 ім. О. Білаша</t>
+        </is>
+      </c>
+      <c r="E37" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
-      <c r="E37" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Житкова, 7-Б</t>
+          <t>вулиця Олени Теліги, 15-А</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(044)4670752</t>
+          <t>(044)4537400</t>
         </is>
       </c>
       <c r="Q37" s="4" t="inlineStr">
         <is>
-          <t>(044)4670752</t>
+          <t>(044)453-74-00</t>
         </is>
       </c>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>school28kiev@ukr.net</t>
+          <t>school24kiev@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
-          <t>sites.google.com/view/sch28</t>
+          <t>www.school24.kiev.ua</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Охріменко Наталія Миколаївна</t>
+          <t>Директор Кудляк Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №57 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №28 з поглибленим вивченням англійської мови Шевченківського району м. Києва</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>149146</v>
+        <v>149079</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №57</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>8039100000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прорізна, 19-А</t>
+          <t>вулиця Житкова, 7-Б</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(044)2784431</t>
+          <t>(044)4670752</t>
         </is>
       </c>
       <c r="Q38" s="4" t="inlineStr">
         <is>
-          <t>(044)278-44-31</t>
+          <t>(044)4670752</t>
         </is>
       </c>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>biblio_57@ukr.net</t>
+          <t>school28kiev@ukr.net</t>
         </is>
       </c>
       <c r="S38" s="4" t="inlineStr">
         <is>
-          <t>www.school57.kiev.ua</t>
+          <t>sites.google.com/view/sch28</t>
         </is>
       </c>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Артеменко Олександр Валентинович</t>
+          <t>Директор Охріменко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
@@ -6229,61 +6229,61 @@
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Шевченківської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
           <t>(044)4823642</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>lpepim@meta.ua</t>
+          <t>liceum.kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
           <t>lpepim.com</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Моравська Інга Валентинівна</t>
+          <t>Директор Кобилецька Анастасія Володимирівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">