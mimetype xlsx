--- v0 (2025-11-04)
+++ v1 (2025-12-28)
@@ -698,78 +698,78 @@
           <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>8038900000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>проспект Повітрофлотський, 22</t>
+          <t>проспект Повітряних сил, 22</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Солом`янської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
           <t>(044)249-59-80</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>178angel@ukr.net</t>
+          <t>178school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Красюк Людмила Євгенівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
@@ -2051,51 +2051,51 @@
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Солом`янської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
           <t>(044)2456596</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
           <t>sch_221@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Примаченко Юлія Іванівна</t>
+          <t>Директор Примаченко Юлія Іванівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
@@ -4370,57 +4370,57 @@
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Солом`янської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
           <t>(044)275-51-91</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4" t="inlineStr">
         <is>
-          <t>school60kiev@gmail.com</t>
+          <t>60school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S38" s="4"/>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Заводович Ольга Григорівна</t>
+          <t>Т.в.о. директора Брижак Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
@@ -7157,77 +7157,85 @@
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>8038900000</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>вулиця Голего, 7в</t>
+          <t>вулиця Миколи Голего, 7В</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(099)3765437</t>
+          <t>(067)5792171</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
-      <c r="R64" s="4"/>
-      <c r="S64" s="4"/>
+      <c r="R64" s="4" t="inlineStr">
+        <is>
+          <t>abcschastya@gmail.com</t>
+        </is>
+      </c>
+      <c r="S64" s="4" t="inlineStr">
+        <is>
+          <t>happyabc.com.ua</t>
+        </is>
+      </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
           <t>Директор Герман Олена Миколаївна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>