--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -541,5707 +541,5707 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Київська гімназія №154 Святошинської районної у м. Києві державної адміністрації</t>
+          <t>Київська гімназія східних мов №1</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>147728</v>
+        <v>147773</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>Київська гімназія №154</t>
+          <t>КГСМ №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>проспект Берестейський, 63</t>
+          <t>вулиця Львівська, 25</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(044)4002403</t>
+          <t>(044)4527743</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>g-154@i.ua</t>
+          <t>kyivkgsm1@gmail.com</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Старчієнко О. А.</t>
+          <t>Директор Проскура Оксана Іллівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Київська гімназія східних мов №1</t>
+          <t>Ліцей № 140 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>147773</v>
+        <v>147670</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>КГСМ №1</t>
+          <t>Ліцей № 140</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 25</t>
+          <t>вулиця Львівська, 47/8</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(044)4527743</t>
+          <t>(044)4241432</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>kyivkgsm1@gmail.com</t>
+          <t>school140@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Проскура Оксана Іллівна</t>
+          <t>Директор Семенюк О. Є.</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 140 Святошинського району міста Києва</t>
+          <t>Ліцей № 185 ім. Володимира Вернадського Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>147670</v>
+        <v>147697</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 140</t>
+          <t>Ліцей № 185 ім. В. Вернадського</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 47/8</t>
+          <t>вулиця Серпова, 20/6</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(044)4241432</t>
+          <t>(044)4241463</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>school140@ukr.net</t>
+          <t>s185kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S6" s="4"/>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Семенюк О. Є.</t>
+          <t>Директор Золотарьова О. В.</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 185 ім. Володимира Вернадського Святошинського району міста Києва</t>
+          <t>Ліцей № 196 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>147697</v>
+        <v>147681</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 185 ім. В. Вернадського</t>
+          <t>Ліцей № 196</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>вулиця Серпова, 20/6</t>
+          <t>вулиця Зодчих, 22</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(044)4241463</t>
+          <t>(044)405-40-22, (044)405-40-55</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
-          <t>s185kyiv@gmail.com</t>
+          <t>sznz196@gmail.com</t>
         </is>
       </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Директор Золотарьова О. В.</t>
+          <t>Директор Мендель О. В.</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 196 Святошинського району міста Києва</t>
+          <t>Ліцей № 197 ім. Дмитра Луценка Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>147681</v>
+        <v>147698</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 196</t>
+          <t>Ліцей № 197 ім. Д. Луценка</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Зодчих, 22</t>
+          <t>вулиця Василя Доманицького, 12</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(044)405-40-22, (044)405-40-55</t>
+          <t>(044)276-86-55</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>sznz196@gmail.com</t>
+          <t>sch197lucenko@gmail.com</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Мендель О. В.</t>
+          <t>Директор Куца С. В.</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 197 ім. Дмитра Луценка Святошинського району міста Києва</t>
+          <t>Ліцей № 206 імені Леся Курбаса Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>147698</v>
+        <v>147743</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 197 ім. Д. Луценка</t>
+          <t>Ліцей № 206 ім. Л. Курбаса</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Доманицького, 12</t>
+          <t>проспект Леся Курбаса, 9-А</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(044)276-86-55</t>
+          <t>(044)4058333</t>
         </is>
       </c>
       <c r="Q9" s="4"/>
       <c r="R9" s="4" t="inlineStr">
         <is>
-          <t>sch197lucenko@gmail.com</t>
+          <t>znz206kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Куца С. В.</t>
+          <t>Директор Лаговська С. В.</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 206 імені Леся Курбаса Святошинського району міста Києва</t>
+          <t>Ліцей № 230 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>147743</v>
+        <v>147846</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 206 ім. Л. Курбаса</t>
+          <t>Ліцей № 230</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>проспект Леся Курбаса, 9-А</t>
+          <t>вулиця Генерала Наумова, 35-Б</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(044)4058333</t>
+          <t>(044)358-25-90</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>znz206kyiv@gmail.com</t>
+          <t>vulik230school@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4"/>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Лаговська С. В.</t>
+          <t>Директор Доценко Ю. М.</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 230 Святошинського району міста Києва</t>
+          <t>Ліцей № 281 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>147846</v>
+        <v>147770</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 230</t>
+          <t>Ліцей № 281</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Наумова, 35-Б</t>
+          <t>бульвар Миколи Руденка, 7-Б</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(044)358-25-90</t>
+          <t>(044)405-03-01</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>vulik230school@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S11" s="4"/>
+          <t>school281.kyiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S11" s="4" t="inlineStr">
+        <is>
+          <t>school281.kyiv.ua</t>
+        </is>
+      </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Доценко Ю. М.</t>
+          <t>Директор Цимбал Л. Я.</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 281 Святошинського району міста Києва</t>
+          <t>Ліцей № 287 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>147770</v>
+        <v>147847</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 281</t>
+          <t>Ліцей № 287</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>бульвар Миколи Руденка, 7-Б</t>
+          <t>вулиця Чорнобильська, 10-Б</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(044)405-03-01</t>
+          <t>(095)0620910</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>school281.kyiv@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>Lyceum287.Kyiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Цимбал Л. Я.</t>
+          <t>Директор Сидоркін Є. М.</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 287 Святошинського району міста Києва</t>
+          <t>Ліцей № 304 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>147847</v>
+        <v>147835</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 287</t>
+          <t>Ліцей № 304</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чорнобильська, 10-Б</t>
+          <t>вулиця Академіка Єфремова, 21-А</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(095)0620910</t>
+          <t>(044)4238071</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>Lyceum287.Kyiv@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S13" s="4"/>
+          <t>school304@gmail.com</t>
+        </is>
+      </c>
+      <c r="S13" s="4" t="inlineStr">
+        <is>
+          <t>www.school304.com.ua</t>
+        </is>
+      </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидоркін Є. М.</t>
+          <t>Директор Шуть Г. Є.</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 304 Святошинського району міста Києва</t>
+          <t>Ліцей № 317 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>147835</v>
+        <v>147772</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 304</t>
+          <t>Ліцей № 317</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Єфремова, 21-А</t>
+          <t>вулиця Вахтанга Кікабідзе, 12</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(044)4238071</t>
+          <t>(044)4023613</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>school304@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school317kyiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Шуть Г. Є.</t>
+          <t>Директор Яськова Марина Валеріївна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 317 Святошинського району міста Києва</t>
+          <t>Ліцей №13 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>147772</v>
+        <v>147849</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 317</t>
+          <t>Ліцей №13</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вахтанга Кікабідзе, 12</t>
+          <t>вулиця Василя Доманицького, 3</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(044)4023613</t>
+          <t>(044)4056044</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>sch317kiev@gmail.com</t>
+          <t>skola13hitricenka@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Яськова М. В.</t>
+          <t>Директор Ананьєва М. М.</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 76 імені Олеся Гончара Святошинського району міста Києва</t>
+          <t>Ліцей №154 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>147599</v>
+        <v>147728</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 76 ім. О. Гончара</t>
+          <t>Ліцей №154 м. Києва</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жмеринська, 8</t>
+          <t>проспект Берестейський, 63</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(044)4561234</t>
+          <t>(044)4002403</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>svyatschool76@gmail.com</t>
+          <t>g-154@i.ua</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Знак О. П.</t>
+          <t>Директор Старчієнко Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №13 Святошинського району міста Києва</t>
+          <t>Ліцей №162 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>147849</v>
+        <v>147844</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №13</t>
+          <t>Ліцей №162 м. Києва</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Василя Доманицького, 3</t>
+          <t>вулиця Рахманінова, 47</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(044)4056044</t>
+          <t>(096)3213022</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>skola13hitricenka@gmail.com</t>
+          <t>secretar.school.162@gmail.com</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Ананьєва М. М.</t>
+          <t>Директор Марченко Наталія Віталіївна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Академія" Святошинського району міста Києва</t>
+          <t>Ліцей №200 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>147833</v>
+        <v>147758</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Академія"</t>
+          <t>Ліцей №200 м. Києва</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ореста Васкули, 4</t>
+          <t>вулиця Мирослава Поповича, 9</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(044)4500214</t>
+          <t>(044)4248112</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>gimnazia.academy@gmail.com</t>
+          <t>schooln200@gmail.com</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Петрашенко С. М.</t>
+          <t>Директор Любарець Дмитро Сергійович</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>ліцей "Еко" №198</t>
+          <t>Ліцей №203 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>147850</v>
+        <v>147729</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Еко" №198</t>
+          <t>Ліцей №203 м. Києва</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тулузи, 6</t>
+          <t>вулиця Мрії, 17</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(044)2743866</t>
+          <t>(095)760-35-24</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>eco198@ukr.net</t>
+          <t>satch203@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Недбайло О. Б.</t>
+          <t>В.о. директора Турунова Людмила Михайлівна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Дзвіночок"</t>
+          <t>Ліцей №205 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>147855</v>
+        <v>147731</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>НВК "Дзвіночок"</t>
+          <t>Ліцей №205 м. Києва</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якуба Коласа, 6а</t>
+          <t>проспект Леся Курбаса, 10-Д</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(044)1111111</t>
+          <t>(044)405-01-11</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
-      <c r="R20" s="4"/>
+      <c r="R20" s="4" t="inlineStr">
+        <is>
+          <t>205school@gmail.com</t>
+        </is>
+      </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Юхименко Л. В.</t>
+          <t>Директор Медвідь Наталія Юріївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД - ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" "ІНТЕЛ" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
+          <t>Ліцей №215 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>147852</v>
+        <v>147739</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>НВК "Інтел"</t>
+          <t>Ліцей №215 м. Києва</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Кіпріанова, 4А</t>
+          <t>вулиця Жмеринська, 20</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(044)4066001</t>
+          <t>(050)6741664</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>nvr-intel@ukr.net</t>
+          <t>2152021@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Монета І. А.</t>
+          <t>Директор Доценко Оксана Юріївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Обрій"</t>
+          <t>Ліцей №222 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>147860</v>
+        <v>147755</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>НВК Обрій</t>
+          <t>Ліцей № 222 м. Києва</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якуба Коласа, 6а</t>
+          <t>вулиця Тулузи, 6-А</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(044)1111111</t>
+          <t>(044)4561237</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
-      <c r="R22" s="4"/>
-      <c r="S22" s="4"/>
+      <c r="R22" s="4" t="inlineStr">
+        <is>
+          <t>school222@i.ua</t>
+        </is>
+      </c>
+      <c r="S22" s="4" t="inlineStr">
+        <is>
+          <t>http://school222.kiev.ua/</t>
+        </is>
+      </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондаренко І. А.</t>
+          <t>Директор Шевкопляс Віктор Миколайович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Свічадо"</t>
+          <t>Ліцей №223 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>147856</v>
+        <v>147845</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>НВК Свічадо</t>
+          <t>Ліцей №223 м. Києва</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якуба Колоса, 6а</t>
+          <t>вулиця Олександра Махова, 6-Г</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(044)1111111</t>
+          <t>(044)4023405</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
-      <c r="R23" s="4"/>
+      <c r="R23" s="4" t="inlineStr">
+        <is>
+          <t>kyivschool223@gmail.com</t>
+        </is>
+      </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Романенко Н. О.</t>
+          <t>Директор Олійник Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД - ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" "СУЗІР'Я" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
+          <t>Ліцей №253 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>147857</v>
+        <v>147831</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>НВК "ДНЗ-ЗНЗ" "Сузір'я"</t>
+          <t>Ліцей №253 м. Києва</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Космосу, 15-а</t>
+          <t>вулиця Жмеринська, 34</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(044)4030051</t>
+          <t>(044)407-67-69</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>suziria_school@ukr.net</t>
+          <t>253school2023@gmail.com</t>
         </is>
       </c>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Банітова Т. П.</t>
+          <t>Директор Пізняхівська Ірина Сергіївна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕСК "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД-ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" " ДОВІРА" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
+          <t>Ліцей №254 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>147859</v>
+        <v>147774</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>НВК Довіра</t>
+          <t>Ліцей №254 м. Києва</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жмеринська, 10 - А</t>
+          <t>проспект Корольова, 12-М</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(044)274-34-65</t>
+          <t>(044)4051245</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>nvk.dovira@gmail.com</t>
+          <t>osvita254@gmail.com</t>
         </is>
       </c>
       <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Зименко Т. І.</t>
+          <t>Директор Брюховецька Наталія Василівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Гімназія "Кідслайф Скул"</t>
+          <t>Ліцей №288 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>150858</v>
+        <v>147836</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Гімназія "Кідслайф Скул"</t>
+          <t>Ліцей №288 м. Києва</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Скарбова, 36/1</t>
+          <t>вулиця Ірпінська, 68-А</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(050)7334156, (063)1252121</t>
+          <t>(044)4522009</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>kidslifekurator@gmail.com</t>
+          <t>288school@gmail.com</t>
         </is>
       </c>
       <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Лотоцька Ірина Віталіївна</t>
+          <t>Директор Жгут Олег Анатолійович</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "КІДСЛАЙФ ПЛЮС"</t>
+          <t>Ліцей №297 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>176597</v>
+        <v>147771</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>"Київський Ліцей "Кідслайф "ПЛЮС"</t>
+          <t>Ліцей №297 м. Києва</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сергія Єсеніна, 36/1</t>
+          <t>вулиця Олександра Махова, 3-Г</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(093)2643770</t>
+          <t>(044)4025554</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>kidslifekurator@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>297school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Лотоцька Ірина Віталіївна</t>
+          <t>Директор Гусак Вікторія Анатоліївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
+          <t>Ліцей №35 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>176776</v>
+        <v>147557</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ПВНЗ "Європейський університет"</t>
+          <t>Ліцей №35 м. Києва</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>бульвар Академіка Вернадського, 16-в</t>
+          <t>вулиця Гната Юри, 10-Б</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(044)4909931</t>
+          <t>(044)4030971</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
-      <c r="R28" s="4"/>
+      <c r="R28" s="4" t="inlineStr">
+        <is>
+          <t>kievschool35@ukr.net</t>
+        </is>
+      </c>
       <c r="S28" s="4"/>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Ректор Тимошенко Олена Іванівна</t>
+          <t>Директор Зорін Віталій Васильович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти "Ліцей Київського міжнародного університету"</t>
+          <t>Ліцей №40 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>144289</v>
+        <v>147563</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>Ліцей КиМУ</t>
+          <t>Ліцей №40 м. Києва</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівська, 49</t>
+          <t>вулиця Львівска, 6/3</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
+          <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(044)5940302</t>
+          <t>(044)4247431</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>licey@kymu.edu.ua</t>
+          <t>zirkova40@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Подніжна Альона Олександрівна</t>
+          <t>Директор Полторацький Олександр Едуардович</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти "Ліцей "АПОГЕЙ" міста Києва</t>
+          <t>Ліцей №50 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>147712</v>
+        <v>147705</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "Ліцей "АПОГЕЙ"</t>
+          <t>Ліцей №50 м. Києва</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чистяківська, 24</t>
+          <t>вулиця Миколи Ушакова, 12-А</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(067)4017357</t>
+          <t>(050)1988042</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>apogey.gymnasi@gmail.com</t>
+          <t>school50kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://apogey.edukit.kiev.ua/</t>
+          <t>school50.kyiv.ua</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Шалда Тамара Володимирівна</t>
+          <t>Директор Підгора Марина Анатоліївна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти "Ліцей "ПРЕМ'ЄР"</t>
+          <t>Ліцей №72 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>147694</v>
+        <v>147567</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>ПЗО Ліцей "ПРЕМ'ЄР"</t>
+          <t>Ліцей №72 м. Києва</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Туполєва, 3</t>
+          <t>вулиця Мудрака Олега, 35-А</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(044)4001048, (044)4270335, (099)0074542</t>
+          <t>(044)424-24-32</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>director195kiev@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school721977@ukr.net</t>
+        </is>
+      </c>
+      <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Дюкарева Т. А.</t>
+          <t>Директор Ткаченко Світлана Василівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Приватний навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітній навчальний заклад "ЯМБ"</t>
+          <t>Ліцей №76 імені Олеся Гончара Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>145244</v>
+        <v>147599</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>НВК "ЯМБ"</t>
+          <t>Ліцей №76 ім. О. Гончара</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Туполєва, 7В</t>
+          <t>вулиця Жмеринська, 8</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(044)2061760</t>
+          <t>(044)4561234</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>franko@ua.fm</t>
+          <t>svyatschool76@gmail.com</t>
         </is>
       </c>
       <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Колесник Ф. Є.</t>
+          <t>Директор Знак Олена Петрівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "РІКА ЖИТТЯ" СВЯТОШИНСЬКОГО РАЙОНУ МІСТА КИЄВА</t>
+          <t>Ліцей №83 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>147691</v>
+        <v>147634</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>ПХЛ "РІКА ЖИТТЯ"</t>
+          <t>Ліцей №83 м. Києва</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пухова, 2</t>
+          <t>вулиця Героїв Космосу, 3</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(044)4071695</t>
+          <t>(044)403-08-46</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>info@reka.kiev.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>1school83ua@gmail.com</t>
+        </is>
+      </c>
+      <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Шмель Лада Володимирівна</t>
+          <t>Директор Жидченко-Радченко Олена Василівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>середній заклад освіти школа - дитячий садок "Схід"</t>
+          <t>Ліцей "Академія" Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>147749</v>
+        <v>147833</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>ШДС Схід</t>
+          <t>Ліцей "Академія"</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
-          <t>призупинено</t>
+          <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Якуба Коласа, 6а</t>
+          <t>вулиця Ореста Васкули, 4</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(044)4241368</t>
+          <t>(044)4500214</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
-      <c r="R34" s="4"/>
+      <c r="R34" s="4" t="inlineStr">
+        <is>
+          <t>gimnazia.academy@gmail.com</t>
+        </is>
+      </c>
       <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Нечаєва О. С.</t>
+          <t>Директор Петрашенко С. М.</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №162 Святошинського району м. Києва</t>
+          <t>Ліцей "Еко"№ 198 Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>147844</v>
+        <v>147850</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>СЗШ №162</t>
+          <t>Ліцей "Еко" №198 м. Києва</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рахманінова, 47</t>
+          <t>вулиця Тулузи, 6</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(096)3213022</t>
+          <t>(098)5570749</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>secretar.school.162@gmail.com</t>
+          <t>lyceum.eco198kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S35" s="4"/>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Марченко Н. В.</t>
+          <t>Директор Чекиш Назар Вікторович</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №205 Святошинського району м. Києва</t>
+          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Дзвіночок"</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>147731</v>
+        <v>147855</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>ЗОШ 205 м. Києва</t>
+          <t>НВК "Дзвіночок"</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>проспект Леся Курбаса, 10-Д</t>
+          <t>вулиця Якуба Коласа, 6а</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(044)405-01-11</t>
+          <t>(044)1111111</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
-      <c r="R36" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R36" s="4"/>
       <c r="S36" s="4"/>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Медвідь Н. Ю.</t>
+          <t>Директор Юхименко Л. В.</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №215 Святошинського району м. Києва</t>
+          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД - ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" "ІНТЕЛ" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>147739</v>
+        <v>147852</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО № 215</t>
+          <t>НВК "Інтел"</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жмеринська, 20</t>
+          <t>вулиця Академіка Кіпріанова, 4А</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(050)6741664</t>
+          <t>(044)4066001</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>2152021@ukr.net</t>
+          <t>nvr-intel@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Доценко О. Ю.</t>
+          <t>Директор Монета І. А.</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №222 Святошинського району м. Києва</t>
+          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Обрій"</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>147755</v>
+        <v>147860</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Середня загальгоосвітня школа № 222 м. Києва</t>
+          <t>НВК Обрій</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тулузи, 6-А</t>
+          <t>вулиця Якуба Коласа, 6а</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(044)4561237</t>
+          <t>(044)1111111</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
-      <c r="R38" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R38" s="4"/>
+      <c r="S38" s="4"/>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевкопляс В. М.</t>
+          <t>Директор Бондаренко І. А.</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №223 Святошинського району м. Києва</t>
+          <t>навчально-виховний комплекс "дошкільний навчальний заклад - загальноосвітній навчальний заклад "Свічадо"</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>147845</v>
+        <v>147856</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>школа 223</t>
+          <t>НВК Свічадо</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Махова, 6-Г</t>
+          <t>вулиця Якуба Колоса, 6а</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(044)4023405</t>
+          <t>(044)1111111</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
-      <c r="R39" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R39" s="4"/>
       <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Олійник І. М.</t>
+          <t>Директор Романенко Н. О.</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №235 ім. В'ячеслава Чорновола Святошинського району м. Києва</t>
+          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД - ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" "СУЗІР'Я" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>147768</v>
+        <v>147857</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>СЗШ №235 ім. В. Чорновола</t>
+          <t>НВК "ДНЗ-ЗНЗ" "Сузір'я"</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кільцева дорога, 1-Б</t>
+          <t>вулиця Героїв Космосу, 15-а</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(044)402-67-11</t>
+          <t>(044)4030051</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>znz235@ukr.net</t>
+          <t>suziria_school@ukr.net</t>
         </is>
       </c>
       <c r="S40" s="4"/>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Директор Гордійчук В. В.</t>
+          <t>Директор Банітова Т. П.</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №253 Святошинського району м. Києва</t>
+          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕСК "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД-ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД" " ДОВІРА" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>147831</v>
+        <v>147859</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>СЗШ № 253 Святошинського району м. Києва</t>
+          <t>НВК Довіра</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>вулиця Жмеринська, 34</t>
+          <t>вулиця Жмеринська, 10 - А</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(044)407-67-69</t>
+          <t>(044)274-34-65</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>253school2023@gmail.com</t>
+          <t>nvk.dovira@gmail.com</t>
         </is>
       </c>
       <c r="S41" s="4"/>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Пізняхівська І. С.</t>
+          <t>Директор Зименко Т. І.</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №288 Святошинського району м. Києва</t>
+          <t>Початкова школа "Лісова казка" Святошинського району міста Києва</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>147836</v>
+        <v>147862</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>СЗШ №288 м. Києва</t>
+          <t>Початкова школа "Лісова казка"</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ірпінська, 68-А</t>
+          <t>вулиця Чистяківська, 24</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(044)4522009</t>
+          <t>(067)4017357</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>288school@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S42" s="4"/>
+          <t>lisovakazkaschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S42" s="4" t="inlineStr">
+        <is>
+          <t>lisova-kazka.kiev.sch.in.ua</t>
+        </is>
+      </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Жгут О. А.</t>
+          <t>Директор Пліш Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №297 Святошинського району м. Києва</t>
+          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Гімназія "Кідслайф Скул"</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>147771</v>
+        <v>150858</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>м. Київ, ЗЗСО№297</t>
+          <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Гімназія "Кідслайф Скул"</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Махова, 3-Г</t>
+          <t>вулиця Скарбова, 36/1</t>
         </is>
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>(044)4025554</t>
+          <t>(050)7334156, (063)1252121</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>297school@gmail.com</t>
+          <t>kidslifekurator@gmail.com</t>
         </is>
       </c>
       <c r="S43" s="4"/>
       <c r="T43" s="4" t="inlineStr">
         <is>
-          <t>Директор Гусак В. А.</t>
+          <t>Директор Лотоцька Ірина Віталіївна</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №35 Святошинського району м. Києва</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "КІДСЛАЙФ ПЛЮС"</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>147557</v>
+        <v>176597</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>Київ, СЗШ №35</t>
+          <t>"Київський Ліцей "Кідслайф "ПЛЮС"</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гната Юри, 10-Б</t>
+          <t>вулиця Сергія Єсеніна, 36/1</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(044)4030971</t>
+          <t>(093)2643770</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>kievschool35@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S44" s="4"/>
+          <t>kidslifekurator@gmail.com</t>
+        </is>
+      </c>
+      <c r="S44" s="4" t="inlineStr">
+        <is>
+          <t>https://kidslife.org.ua/</t>
+        </is>
+      </c>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Зорін В. В.</t>
+          <t>Директор Лотоцька Ірина Віталіївна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №50 Святошинського району м. Києва</t>
+          <t>Приватний вищий навчальний заклад "Європейський університет"</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>147705</v>
+        <v>176776</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>Середня шлола №50 м. Києва</t>
+          <t>ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Ушакова, 12-А</t>
+          <t>бульвар Академіка Вернадського, 16-в</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(050)1988042</t>
+          <t>(044)4909931</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
-      <c r="R45" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R45" s="4"/>
+      <c r="S45" s="4"/>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t>Директор Підгора М. А.</t>
+          <t>Ректор Тимошенко Олена Іванівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №55 Святошинського району м. Києва</t>
+          <t>Приватний заклад загальної середньої освіти "Ліцей Київського міжнародного університету"</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>147576</v>
+        <v>144289</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>СЗШ №55 Святошинського району м.Києва</t>
+          <t>Ліцей КиМУ</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Осіння, 35</t>
+          <t>вулиця Львівська, 49</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
+          <t>Приватний заклад вищої освіти "Київський міжнародний університет"</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(044)424-00-96</t>
+          <t>(044)5940302</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>zzso55kyiv@gmail.com</t>
+          <t>licey@kymu.edu.ua</t>
         </is>
       </c>
       <c r="S46" s="4"/>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Кононенко А. М.</t>
+          <t>Директор Гуляйченко Валерія Анатоліївна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №72 Святошинського району м. Києва</t>
+          <t>Приватний заклад освіти "Ліцей "АПОГЕЙ" міста Києва</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>147567</v>
+        <v>147712</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО №72</t>
+          <t>ПЗО "Ліцей "АПОГЕЙ"</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Генерала Наумова, 35-А</t>
+          <t>вулиця Чистяківська, 24</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(044)424-24-32</t>
+          <t>(067)4017357</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>school721977@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S47" s="4"/>
+          <t>apogey.gymnasi@gmail.com</t>
+        </is>
+      </c>
+      <c r="S47" s="4" t="inlineStr">
+        <is>
+          <t>http://apogey.edukit.kiev.ua/</t>
+        </is>
+      </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t>Директор Ткаченко С. В.</t>
+          <t>Директор Шалда Тамара Володимирівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Середня загальноосвітня школа №83 Святошинського району м. Києва</t>
+          <t>Приватний заклад освіти "Ліцей "ПРЕМ'ЄР"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>147634</v>
+        <v>147694</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>м. Київ, ЗЗСО №83</t>
+          <t>ПЗО Ліцей "ПРЕМ'ЄР"</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Космосу, 3</t>
+          <t>вулиця Академіка Туполєва, 3</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(044)403-08-46</t>
+          <t>(044)4001048, (044)4270335, (099)0074542</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>1school83@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S48" s="4"/>
+          <t>director195kiev@gmail.com</t>
+        </is>
+      </c>
+      <c r="S48" s="4" t="inlineStr">
+        <is>
+          <t>www.gymnasium-premier.com.ua</t>
+        </is>
+      </c>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t>Директор Жидченко-Радченко О. В.</t>
+          <t>Директор Дюкарева Т. А.</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована авіаційно-технологічна школа №203 Святошинського району м. Києва</t>
+          <t>Приватний навчально-виховний комплекс "Дошкільний навчальний заклад - загальноосвітній навчальний заклад "ЯМБ"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>147729</v>
+        <v>145244</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>САТШ №203</t>
+          <t>НВК "ЯМБ"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мрії, 17</t>
+          <t>вулиця Туполєва, 7В</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(095)760-35-24</t>
+          <t>(044)2061760</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>satch203@ukr.net</t>
+          <t>franko@ua.fm</t>
         </is>
       </c>
       <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Турунова Л. М.</t>
+          <t>Директор Колесник Ф. Є.</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №131 Святошинського району м. Києва</t>
+          <t>ПРИВАТНИЙ ХРИСТИЯНСЬКИЙ ЛІЦЕЙ "РІКА ЖИТТЯ" СВЯТОШИНСЬКОГО РАЙОНУ МІСТА КИЄВА</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>147669</v>
+        <v>147691</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа № 131</t>
+          <t>ПХЛ "РІКА ЖИТТЯ"</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Литвиненко-Вольгемут, 2</t>
+          <t>вулиця Пухова, 2</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(044)2744566</t>
+          <t>(044)4071695</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>schcool131@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S50" s="4"/>
+          <t>info@reka.kiev.ua</t>
+        </is>
+      </c>
+      <c r="S50" s="4" t="inlineStr">
+        <is>
+          <t>www.reka.kiev.ua</t>
+        </is>
+      </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Буднік І. О.</t>
+          <t>Директор Шмель Лада Володимирівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №200 Святошинського району м. Києва</t>
+          <t>середній заклад освіти школа - дитячий садок "Схід"</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>147758</v>
+        <v>147749</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа №200 м. Києва</t>
+          <t>ШДС Схід</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
-          <t>працює</t>
+          <t>призупинено</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мирослава Поповича, 9</t>
+          <t>вулиця Якуба Коласа, 6а</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(044)4248112</t>
+          <t>(044)4241368</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
-      <c r="R51" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R51" s="4"/>
       <c r="S51" s="4"/>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>Директор Любарець Д. С.</t>
+          <t>Директор Нечаєва О. С.</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №254 Святошинського району м. Києва</t>
+          <t>Середня загальноосвітня школа №235 ім. В'ячеслава Чорновола Святошинського району м. Києва</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>147774</v>
+        <v>147768</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>м. Київ, спеціалізована школа № 254</t>
+          <t>СЗШ №235 ім. В. Чорновола</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>проспект Корольова, 12-М</t>
+          <t>вулиця Кільцева дорога, 1-Б</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(044)4051245</t>
+          <t>(044)402-67-11</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>osvita254@gmail.com</t>
+          <t>znz235@ukr.net</t>
         </is>
       </c>
       <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Брюховецька Н. В.</t>
+          <t>Директор Гордійчук В. В.</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №40 Святошинського району м. Києва</t>
+          <t>Середня загальноосвітня школа №55 Святошинського району м. Києва</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>147563</v>
+        <v>147576</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа № 40</t>
+          <t>СЗШ №55 Святошинського району м.Києва</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Львівска, 6/3</t>
+          <t>вулиця Осіння, 35</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(044)4247431</t>
+          <t>(044)424-00-96</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>zirkova40@ukr.net</t>
+          <t>zzso55kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S53" s="4"/>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Полторацький О. Е.</t>
+          <t>Директор Кононенко А. М.</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №96 ім. О.К. Антонова Святошинського району м. Києва</t>
+          <t>спеціалізована школа №131 Святошинського району м. Києва</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>147661</v>
+        <v>147669</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>сш №96</t>
+          <t>спеціалізована школа № 131</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександра Оксанченка, 2</t>
+          <t>вулиця Литвиненко-Вольгемут, 2</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(044)4241333</t>
+          <t>(044)2744566</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>school96antonov@gmail.com</t>
+          <t>schcool131@gmail.com</t>
         </is>
       </c>
       <c r="S54" s="4"/>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Жук Л. В.</t>
+          <t>Директор Буднік І. О.</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>СПЕЦІАЛІЗОВАНИЙ НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД - ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ЛІСОВА КАЗКА" СВЯТОШИНСЬКОГО РАЙОНУ М. КИЄВА</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №96 ім. О.К. Антонова Святошинського району м. Києва</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>147862</v>
+        <v>147661</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>СНВК "ДНЗ-ЗНЗ "ЛІСОВА КАЗКА"</t>
+          <t>сш №96</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чистяківська, 24</t>
+          <t>вулиця Олександра Оксанченка, 2</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(067)4017357</t>
+          <t>(044)4241333</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>lisovakazkaschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>school96antonov@gmail.com</t>
+        </is>
+      </c>
+      <c r="S55" s="4"/>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Пліш І. В.</t>
+          <t>Директор Жук Л. В.</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">