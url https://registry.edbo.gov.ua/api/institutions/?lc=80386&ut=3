--- v1 (2025-12-18)
+++ v2 (2026-03-21)
@@ -451,133 +451,133 @@
       <c r="A3" s="4" t="inlineStr">
         <is>
           <t>Cпеціальна школа №16 м. Києва</t>
         </is>
       </c>
       <c r="B3" s="5" t="n">
         <v>147841</v>
       </c>
       <c r="C3" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D3" s="4" t="inlineStr">
         <is>
           <t>СШ № 16 м. Києва</t>
         </is>
       </c>
       <c r="E3" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F3" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G3" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H3" s="6" t="inlineStr">
         <is>
           <t>8038600000</t>
         </is>
       </c>
       <c r="I3" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J3" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K3" s="4" t="inlineStr">
         <is>
           <t>вулиця Депутатська, 1</t>
         </is>
       </c>
       <c r="L3" s="6" t="inlineStr">
         <is>
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M3" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N3" s="7"/>
       <c r="O3" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P3" s="4" t="inlineStr">
         <is>
-          <t>(044)3534194</t>
+          <t>(093)6513382</t>
         </is>
       </c>
       <c r="Q3" s="4"/>
       <c r="R3" s="4" t="inlineStr">
         <is>
           <t>internat16s@gmail.com</t>
         </is>
       </c>
       <c r="S3" s="4" t="inlineStr">
         <is>
           <t>http://internat16.edukit.kiev.ua</t>
         </is>
       </c>
       <c r="T3" s="4" t="inlineStr">
         <is>
-          <t>Директор Нікуленкова Н. М.</t>
+          <t>Директор Ткаченко Людмила Василівна</t>
         </is>
       </c>
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
           <t>Київська гімназія східних мов №1</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
         <v>147773</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
           <t>КГСМ №1</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
@@ -2371,51 +2371,55 @@
           <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Святошинської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>(044)405-01-11</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
           <t>205school@gmail.com</t>
         </is>
       </c>
-      <c r="S20" s="4"/>
+      <c r="S20" s="4" t="inlineStr">
+        <is>
+          <t>https://www.lyceum205.pp.ua</t>
+        </is>
+      </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
           <t>Директор Медвідь Наталія Юріївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>