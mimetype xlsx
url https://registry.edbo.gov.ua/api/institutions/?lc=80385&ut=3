--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -388,64 +388,64 @@
         </is>
       </c>
       <c r="K2" s="4" t="inlineStr">
         <is>
           <t>вулиця Мостицька, 16</t>
         </is>
       </c>
       <c r="L2" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M2" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N2" s="7"/>
       <c r="O2" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P2" s="4" t="inlineStr">
         <is>
-          <t>(044)4609244</t>
-[...6 lines deleted...]
-      </c>
+          <t>(093)080-97-15, (044)298-23-20</t>
+        </is>
+      </c>
+      <c r="Q2" s="4"/>
       <c r="R2" s="4" t="inlineStr">
         <is>
           <t>sch_271@ukr.net</t>
         </is>
       </c>
-      <c r="S2" s="4"/>
+      <c r="S2" s="4" t="inlineStr">
+        <is>
+          <t>https://www.sch271.kyiv.ua</t>
+        </is>
+      </c>
       <c r="T2" s="4" t="inlineStr">
         <is>
           <t>Директор Коробкіна Ганна Валентинівна</t>
         </is>
       </c>
       <c r="U2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X2" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -719,51 +719,51 @@
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
           <t>вулиця Костянтинівська, 37</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(044)4825141, (044)4825152</t>
+          <t>(097)935-65-17, (044)425-66-71</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
           <t>sch-10@ukr.net</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
           <t>Директор Вакуленко Світлана Петрівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
@@ -828,60 +828,64 @@
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
           <t>вулиця Западинська, 10</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(044)4631512</t>
+          <t>(066)1553690</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
           <t>sch156@ukr.net</t>
         </is>
       </c>
-      <c r="S6" s="4"/>
+      <c r="S6" s="4" t="inlineStr">
+        <is>
+          <t>https://sch156.kiev.ua</t>
+        </is>
+      </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
           <t>Директор Білик Наталія Іванівна</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -937,60 +941,64 @@
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
           <t>вулиця Галицька, 5</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(044)4334611</t>
+          <t>(044)298-25-60</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
       <c r="R7" s="4" t="inlineStr">
         <is>
           <t>school262@ukr.net</t>
         </is>
       </c>
-      <c r="S7" s="4"/>
+      <c r="S7" s="4" t="inlineStr">
+        <is>
+          <t>https://school262.kyiv.ua/</t>
+        </is>
+      </c>
       <c r="T7" s="4" t="inlineStr">
         <is>
           <t>Директор Паралова Наталія Георгіївна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -1046,62 +1054,62 @@
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>вулиця Білицька, 41/43</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(044)2982480</t>
+          <t>(044)298-24-80</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>ssch68@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>https://sch68.e-schools.info/m</t>
+          <t>https://sch68.e-schools.info</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Гавритенкова Анна Анатоліївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1440,129 +1448,133 @@
       <c r="A12" s="4" t="inlineStr">
         <is>
           <t>Комунальний загальноосвітній навчальний заклад І-ІІІ ступенів "Навчально-реабілітаційний центр №6" м. Києва</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
         <v>147607</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>Навчально-реабілітаційний центр № 6</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Світлицького, 31/7</t>
+          <t>проспект Свободи, 7</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(044)4345766</t>
+          <t>(044)2982540</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
           <t>definternat6@ukr.net</t>
         </is>
       </c>
-      <c r="S12" s="4"/>
+      <c r="S12" s="4" t="inlineStr">
+        <is>
+          <t>kievnrc6.org.ua</t>
+        </is>
+      </c>
       <c r="T12" s="4" t="inlineStr">
         <is>
           <t>Директор Розбицька Ірина Валеріївна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
           <t>Ліцей «Фінансовий» Подільського району м. Києва</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
         <v>147848</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>Ліцей «Фінансовий»</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
@@ -1606,51 +1618,51 @@
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(044)2999872</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
           <t>finlyc@finlyc.kiev.ua</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>http://finlyc.kiev.ua</t>
+          <t>http://finlyc.kyiv.ua</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Шукевич Юрій Володимирович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -2495,60 +2507,64 @@
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
           <t>вулиця Світлицького, 22-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(044)4633482</t>
+          <t>(044)298-27-10</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
           <t>podil_193@ukr.net</t>
         </is>
       </c>
-      <c r="S21" s="4"/>
+      <c r="S21" s="4" t="inlineStr">
+        <is>
+          <t>https://sh193kyiv.wixsite.com/vinogradar</t>
+        </is>
+      </c>
       <c r="T21" s="4" t="inlineStr">
         <is>
           <t>Директор Дяденко Ольга Борисівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -2839,51 +2855,55 @@
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>(063)3054844</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
       <c r="R24" s="4" t="inlineStr">
         <is>
           <t>podol243@ukr.net</t>
         </is>
       </c>
-      <c r="S24" s="4"/>
+      <c r="S24" s="4" t="inlineStr">
+        <is>
+          <t>https://sites.google.com/view/litsei243kyiv</t>
+        </is>
+      </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
           <t>Директор Матвєєва Ліна Олександрівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -2918,83 +2938,83 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>проспект Г.Гонгадзе, 7-Б</t>
+          <t>проспект Г.Гонгадзе, 7Б</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(044)2930990</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
           <t>sh257@ukr.net</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>https://www.257gymnasium.com</t>
+          <t>https://www.257lyceum.com</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t>Директор Маєвська Наталія Василівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3031,81 +3051,85 @@
           <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>проспект Правди, 84</t>
+          <t>проспект Європейського Союзу, 84</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(097)5669188</t>
+          <t>(097)5669188, (093)1615298</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
           <t>liceum3kyiv@gmail.com</t>
         </is>
       </c>
-      <c r="S26" s="4"/>
+      <c r="S26" s="4" t="inlineStr">
+        <is>
+          <t>https://liceum3.kyiv.ua/</t>
+        </is>
+      </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Директор Костюшко Оксана Миронівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -3280,56 +3304,56 @@
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>(044)2982495</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>sch45kiev@gmail.com</t>
+          <t>liceum45kyiv@gmail.com</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>www.school45.in.ua</t>
+          <t>lyceum45.in.ua</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
           <t>Директор Пошелюжний Олександр Валентинович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3387,51 +3411,51 @@
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
           <t>проспект Георгія Гонгадзе, 20-І</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(044)4630169</t>
+          <t>(044)2982700</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
           <t>sch6@ukr.net</t>
         </is>
       </c>
       <c r="S29" s="4" t="inlineStr">
         <is>
           <t>https://www.sch6.kyiv.ua</t>
         </is>
       </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
           <t>Директор Шахова Владислава Олександрівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
@@ -3511,51 +3535,51 @@
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(044)2982725</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>school_63kiev@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4" t="inlineStr">
         <is>
-          <t>http://shkola63.at.ua/</t>
+          <t>https://sites.google.com/view/litsei63kyiv</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
           <t>Директор Кабушко Вікторія Вікторівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3940,63 +3964,67 @@
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
           <t>вулиця Щекавицька, 43</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(044)4462416</t>
+          <t>(098)271-46-86</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
           <t>podillia@ukr.net</t>
         </is>
       </c>
-      <c r="S34" s="4"/>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>podillia.org</t>
+        </is>
+      </c>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Кочергіна Анна Юріївна</t>
+          <t>Директор Кочергіна Анна Юріївна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
@@ -4295,51 +4323,51 @@
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
           <t>(066)489-37-38</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
           <t>gravity.kyiv@gravitation.org.ua</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
           <t>gravity-kyiv.school</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Літовка Михайло Олегович</t>
+          <t>Директор Василик Ганна Олександрівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
@@ -4515,56 +4543,56 @@
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
           <t>(044)4620801, (044)3339680</t>
         </is>
       </c>
       <c r="Q39" s="4" t="inlineStr">
         <is>
           <t>(044)0000000</t>
         </is>
       </c>
       <c r="R39" s="4" t="inlineStr">
         <is>
-          <t>sekretariat@deutscheschule.kiev.ua</t>
+          <t>sekretariat@dskiew.com.ua</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>www.deutscheschule.kiev.ua</t>
+          <t>https://dsk.com.ua</t>
         </is>
       </c>
       <c r="T39" s="4" t="inlineStr">
         <is>
           <t>Директор Ковальчук Олена Віталіївна</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5150,83 +5178,83 @@
           <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вишгородська, 35</t>
+          <t>вулиця Вишгородська, 35-А</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(044)430-01-18, (044)430-00-32, (044)430-01-14</t>
+          <t>(073)310-28-67, (044)298-25-70</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
           <t>sh-i-5@i.ua</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
-          <t>http://school-internat5.kiev.ua/</t>
+          <t>https://school5.kyiv.ua</t>
         </is>
       </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
           <t> Антонюк Катерина Василівна</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>так</t>
@@ -5615,60 +5643,64 @@
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
           <t>вулиця Межигірська, 39/20</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(050)9661560</t>
+          <t>(050)966-15-60</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>osvita_podilrda@kmda.gov.ua</t>
-[...2 lines deleted...]
-      <c r="S49" s="4"/>
+          <t>vegaschooluk@gmail.com</t>
+        </is>
+      </c>
+      <c r="S49" s="4" t="inlineStr">
+        <is>
+          <t>https://vega.net.ua/</t>
+        </is>
+      </c>
       <c r="T49" s="4" t="inlineStr">
         <is>
           <t>Директор Поліщук Оксана Леонідівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
@@ -5703,87 +5735,87 @@
           <t>школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>проспект Правди, 41 Д</t>
+          <t>проспект Європейського Союзу, 41 Д</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
           <t>(044)5017669, (067)4406769</t>
         </is>
       </c>
       <c r="Q50" s="4" t="inlineStr">
         <is>
           <t>(044)5017669</t>
         </is>
       </c>
       <c r="R50" s="4" t="inlineStr">
         <is>
           <t>k-olimp@ukr.net</t>
         </is>
       </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>k-olimp.com</t>
+          <t>https://collegium-olimp.school/</t>
         </is>
       </c>
       <c r="T50" s="4" t="inlineStr">
         <is>
           <t>Директор Цілик Наталя Василівна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5888,116 +5920,120 @@
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ ЛІЦЕЙ "ШКОЛА БАЗИС" М. КИЇВ"</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
         <v>176525</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D52" s="4"/>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПЗОЛ "ШКОЛА БАЗИС" М. КИЇВ"</t>
+        </is>
+      </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>8038500000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Кожум'яцька, 12 Б</t>
+          <t>вулиця Кожум'яцька, 12Б</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Подільської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
           <t>(066)4063086</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>administration@basis.kiev.ua</t>
+          <t>administration@basis.ua</t>
         </is>
       </c>
       <c r="S52" s="4" t="inlineStr">
         <is>
-          <t>http://www.basis.kiev.ua/</t>
+          <t>https://basis.ua/</t>
         </is>
       </c>
       <c r="T52" s="4" t="inlineStr">
         <is>
           <t>Директор Липко Ольга Валеріївна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>