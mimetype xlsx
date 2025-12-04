--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -545,4354 +545,4354 @@
       <c r="U3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X3" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="4" t="inlineStr">
         <is>
-          <t>Державний ліцей "Міжнародна українська школа"</t>
+          <t>Гімназія №5 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B4" s="5" t="n">
-        <v>143101</v>
+        <v>146652</v>
       </c>
       <c r="C4" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D4" s="4" t="inlineStr">
         <is>
-          <t>ДЛ "МУШ"</t>
+          <t>Гімназія № 5</t>
         </is>
       </c>
       <c r="E4" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F4" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G4" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H4" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J4" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K4" s="4" t="inlineStr">
         <is>
-          <t>узвіз Кловський узвіз, 8</t>
+          <t>вулиця Садово-Ботанічна, 36</t>
         </is>
       </c>
       <c r="L4" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
-          <t>(044)2538558</t>
+          <t>(044)2856269</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
-          <t>ukrintschool@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school.5.pech@gmail.com</t>
+        </is>
+      </c>
+      <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Ворохаєв Олександр Анатолійович</t>
+          <t>Директор Олексюк Світлана Валентинівна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="4" t="inlineStr">
         <is>
-          <t>Загальноосвітній навчальний заклад "Спеціалізована школа І-ІІІ ступенів з поглибленим вивченням іноземних мов "Інтелект"</t>
+          <t>Гімназія №94 "Еллада" Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B5" s="5" t="n">
-        <v>147007</v>
+        <v>146896</v>
       </c>
       <c r="C5" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D5" s="4" t="inlineStr">
         <is>
-          <t>ШКОЛА ІНТЕЛЕКТ</t>
+          <t>Гімназія №94 "Еллада"</t>
         </is>
       </c>
       <c r="E5" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F5" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G5" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H5" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J5" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K5" s="4" t="inlineStr">
         <is>
-          <t>вулиця Джона Маккейна, 20</t>
+          <t>вулиця Ольгинська, 2/4</t>
         </is>
       </c>
       <c r="L5" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M5" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N5" s="7"/>
       <c r="O5" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P5" s="4" t="inlineStr">
         <is>
-          <t>(044)529-50-93</t>
+          <t>(044)253-72-93</t>
         </is>
       </c>
       <c r="Q5" s="4"/>
       <c r="R5" s="4" t="inlineStr">
         <is>
-          <t>intelektschool@ukr.net</t>
+          <t>94ellada@gmail.com</t>
         </is>
       </c>
       <c r="S5" s="4"/>
       <c r="T5" s="4" t="inlineStr">
         <is>
-          <t>Директор Прокопенко Валентина Іванівна</t>
+          <t>Директор Кузьменко Вікторія Євгенівна</t>
         </is>
       </c>
       <c r="U5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X5" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="4" t="inlineStr">
         <is>
-          <t>Києво-Печерський ліцей №171 "Лідер" Печерського району м. Києва</t>
+          <t>Державний ліцей "Міжнародна українська школа"</t>
         </is>
       </c>
       <c r="B6" s="5" t="n">
-        <v>146951</v>
+        <v>143101</v>
       </c>
       <c r="C6" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D6" s="4" t="inlineStr">
         <is>
-          <t>Ліцей «Лідер»</t>
+          <t>ДЛ "МУШ"</t>
         </is>
       </c>
       <c r="E6" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F6" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G6" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H6" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J6" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K6" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лейпцизька, 11-А</t>
+          <t>узвіз Кловський узвіз, 8</t>
         </is>
       </c>
       <c r="L6" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M6" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="7"/>
       <c r="O6" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
+          <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="P6" s="4" t="inlineStr">
         <is>
-          <t>(044)2807506, (044)2805315, (044)2800434</t>
+          <t>(044)2538558</t>
         </is>
       </c>
       <c r="Q6" s="4"/>
       <c r="R6" s="4" t="inlineStr">
         <is>
-          <t>leader171@leader171.kiev.ua</t>
+          <t>ukrintschool@ukr.net</t>
         </is>
       </c>
       <c r="S6" s="4" t="inlineStr">
         <is>
-          <t>http://www.ort.kiev.ua/</t>
+          <t>uis.org.ua</t>
         </is>
       </c>
       <c r="T6" s="4" t="inlineStr">
         <is>
-          <t>Директор Орел Олена Андріївна</t>
+          <t>В.о. директора Ворохаєв Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X6" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="4" t="inlineStr">
         <is>
-          <t>Київський військовий ліцей імені Івана Богуна</t>
+          <t>Загальноосвітній навчальний заклад "Спеціалізована школа І-ІІІ ступенів з поглибленим вивченням іноземних мов "Інтелект"</t>
         </is>
       </c>
       <c r="B7" s="5" t="n">
-        <v>147060</v>
+        <v>147007</v>
       </c>
       <c r="C7" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D7" s="4" t="inlineStr">
         <is>
-          <t>КВЛ імені І.Богуна</t>
+          <t>ШКОЛА ІНТЕЛЕКТ</t>
         </is>
       </c>
       <c r="E7" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F7" s="4" t="inlineStr">
         <is>
-          <t>військовий (військово-морський, військово-спортивний) ліцей</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G7" s="4" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H7" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J7" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K7" s="4" t="inlineStr">
         <is>
-          <t>бульвар Лесі Українки, 25</t>
+          <t>вулиця Джона Маккейна, 20</t>
         </is>
       </c>
       <c r="L7" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M7" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N7" s="7"/>
       <c r="O7" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P7" s="4" t="inlineStr">
         <is>
-          <t>(044)2861718</t>
+          <t>(044)529-50-93</t>
         </is>
       </c>
       <c r="Q7" s="4"/>
-      <c r="R7" s="4"/>
+      <c r="R7" s="4" t="inlineStr">
+        <is>
+          <t>intelektschool@ukr.net</t>
+        </is>
+      </c>
       <c r="S7" s="4"/>
       <c r="T7" s="4" t="inlineStr">
         <is>
-          <t>Начальник Камалов Євген Віталійович</t>
+          <t>Директор Прокопенко Валентина Іванівна</t>
         </is>
       </c>
       <c r="U7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X7" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y7" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="4" t="inlineStr">
         <is>
-          <t>Кловський ліцей №77 Печерського району м. Києва</t>
+          <t>Києво-Печерський ліцей №171 "Лідер" Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B8" s="5" t="n">
-        <v>147577</v>
+        <v>146951</v>
       </c>
       <c r="C8" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D8" s="4" t="inlineStr">
         <is>
-          <t>Кловський ліцей №77</t>
+          <t>Ліцей «Лідер»</t>
         </is>
       </c>
       <c r="E8" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F8" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G8" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H8" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шовковична, 25</t>
+          <t>вулиця Лейпцизька, 11-А</t>
         </is>
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
-          <t>(044)253-73-45</t>
+          <t>(044)2807506, (044)2805315, (044)2800434</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>lyceum@klovsky77.com.ua</t>
+          <t>leader171@leader171.kiev.ua</t>
         </is>
       </c>
       <c r="S8" s="4" t="inlineStr">
         <is>
-          <t>http://klovsky77.com.ua/</t>
+          <t>http://www.ort.kiev.ua/</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Директор Співакова Інна Борисівна</t>
+          <t>Директор Орел Олена Андріївна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 117 ім. Лесі Українки Печерського району м. Києва</t>
+          <t>Київський військовий ліцей імені Івана Богуна</t>
         </is>
       </c>
       <c r="B9" s="5" t="n">
-        <v>147617</v>
+        <v>147060</v>
       </c>
       <c r="C9" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №117 ім. Лесі Українки</t>
+          <t>КВЛ імені І.Богуна</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>військовий (військово-морський, військово-спортивний) ліцей</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="H9" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K9" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лютеранська, 10</t>
+          <t>бульвар Лесі Українки, 25</t>
         </is>
       </c>
       <c r="L9" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M9" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N9" s="7"/>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
-          <t>(044)278-04-91</t>
-[...16 lines deleted...]
-      </c>
+          <t>(044)2861718</t>
+        </is>
+      </c>
+      <c r="Q9" s="4"/>
+      <c r="R9" s="4"/>
+      <c r="S9" s="4"/>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Директор Нідзієва Вероніка Анатоліївна</t>
+          <t>Т.в.о. начальника Перфільєв Антон Юрійович</t>
         </is>
       </c>
       <c r="U9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X9" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 133 Печерського району м. Києва</t>
+          <t>Кловський ліцей №77 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B10" s="5" t="n">
-        <v>147221</v>
+        <v>147577</v>
       </c>
       <c r="C10" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №133 м.Києва</t>
+          <t>Кловський ліцей №77</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F10" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H10" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бастіонна, 7/18</t>
+          <t>вулиця Шовковична, 25</t>
         </is>
       </c>
       <c r="L10" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M10" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
-          <t>(044)2850816</t>
+          <t>(044)253-73-45</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
-          <t>school133@bigmir.net</t>
-[...2 lines deleted...]
-      <c r="S10" s="4"/>
+          <t>lyceum@klovsky77.com.ua</t>
+        </is>
+      </c>
+      <c r="S10" s="4" t="inlineStr">
+        <is>
+          <t>http://klovsky77.com.ua/</t>
+        </is>
+      </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Москалець Леся Іванівна</t>
+          <t>Директор Співакова Інна Борисівна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 80 Печерського району м. Києва</t>
+          <t>Ліцей № 117 ім. Лесі Українки Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B11" s="5" t="n">
-        <v>146889</v>
+        <v>147617</v>
       </c>
       <c r="C11" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №80</t>
+          <t>Ліцей №117 ім. Лесі Українки</t>
         </is>
       </c>
       <c r="E11" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G11" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H11" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J11" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
-          <t>бульвар Миколи Міхновського (Дружби народів), 12-Б</t>
+          <t>вулиця Лютеранська, 10</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(044)529-45-63</t>
-[...2 lines deleted...]
-      <c r="Q11" s="4"/>
+          <t>(044)278-04-91</t>
+        </is>
+      </c>
+      <c r="Q11" s="4" t="inlineStr">
+        <is>
+          <t>(044)278-35-21</t>
+        </is>
+      </c>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>sh80@i.ua</t>
+          <t>117lyceum@gmail.com</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
-          <t>https://sch80.kyiv.ua/</t>
+          <t>www.117lyceum.kyiv.ua</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
-          <t>Директор Стельмащук Світлана Анатоліївна</t>
+          <t>Директор Нідзієва Вероніка Анатоліївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 86 "Консул" Печерського району м. Києва</t>
+          <t>Ліцей № 133 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B12" s="5" t="n">
-        <v>147222</v>
+        <v>147221</v>
       </c>
       <c r="C12" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 86 "Консул"</t>
+          <t>Ліцей №133 м.Києва</t>
         </is>
       </c>
       <c r="E12" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G12" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H12" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J12" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K12" s="4" t="inlineStr">
         <is>
-          <t>вулиця Круглоуніверситетська, 9</t>
+          <t>вулиця Бастіонна, 7/18</t>
         </is>
       </c>
       <c r="L12" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M12" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N12" s="7"/>
       <c r="O12" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P12" s="4" t="inlineStr">
         <is>
-          <t>(044)234-61-43</t>
+          <t>(044)2850816</t>
         </is>
       </c>
       <c r="Q12" s="4"/>
       <c r="R12" s="4" t="inlineStr">
         <is>
-          <t>gymn@bigmir.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>school133@bigmir.net</t>
+        </is>
+      </c>
+      <c r="S12" s="4"/>
       <c r="T12" s="4" t="inlineStr">
         <is>
-          <t>Директор Мельник Тетяна Володимирівна</t>
+          <t>Директор Москалець Леся Іванівна</t>
         </is>
       </c>
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 88 Печерського району м. Києва</t>
+          <t>Ліцей № 80 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>147601</v>
+        <v>146889</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 88</t>
+          <t>Ліцей №80</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Катерини Білокур, 3</t>
+          <t>бульвар Миколи Міхновського (Дружби народів), 12-Б</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(044)2852169</t>
+          <t>(044)529-45-63</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>school88kiev@gmail.com</t>
+          <t>sh80@i.ua</t>
         </is>
       </c>
       <c r="S13" s="4" t="inlineStr">
         <is>
-          <t>sch88kiev.ua</t>
+          <t>https://sch80.kyiv.ua/</t>
         </is>
       </c>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Мішньова Світлана Олександрівна</t>
+          <t>Директор Стельмащук Світлана Анатоліївна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 89 імені Григорія Цехмістренка Печерського району м. Києва</t>
+          <t>Ліцей № 86 "Консул" Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>147364</v>
+        <v>147222</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 89</t>
+          <t>Ліцей № 86 "Консул"</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Рибальська, 4</t>
+          <t>вулиця Круглоуніверситетська, 9</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(044)2802060</t>
+          <t>(044)234-61-43</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>school_89@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S14" s="4"/>
+          <t>g.consul86@gmail.com</t>
+        </is>
+      </c>
+      <c r="S14" s="4" t="inlineStr">
+        <is>
+          <t>consul86.com.ua</t>
+        </is>
+      </c>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Фурман Валерій Вікторович</t>
+          <t>Директор Мельник Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 90 Печерського району м. Києва</t>
+          <t>Ліцей № 88 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>146890</v>
+        <v>147601</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 90</t>
+          <t>Ліцей № 88</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лаврська, 2</t>
+          <t>вулиця Катерини Білокур, 3</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(044)280-78-66, (044)280-37-64</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)2852169</t>
+        </is>
+      </c>
+      <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>school_90@ukr.net</t>
+          <t>school88kiev@gmail.com</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>http://www.school90.kiev.ua/</t>
+          <t>sch88kiev.ua</t>
         </is>
       </c>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Клюй Володимир Анатолійович</t>
+          <t>Директор Мішньова Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №109 ім. Т.Г. Шевченка Печерського району м. Києва</t>
+          <t>Ліцей № 89 імені Григорія Цехмістренка Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>147616</v>
+        <v>147364</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №109 ім. Т.Г. Шевченка</t>
+          <t>Ліцей № 89</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Панаса Мирного, 24</t>
+          <t>вулиця Рибальська, 4</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(044)2800864</t>
+          <t>(044)2802060</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>polyakova@ukr.net</t>
+          <t>school_89@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>Директор Полякова Віталія Іванівна</t>
+          <t>Директор Фурман Валерій Вікторович</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №181 Печерського району м. Києва</t>
+          <t>Ліцей № 90 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>146950</v>
+        <v>146890</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 181</t>
+          <t>Ліцей № 90</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>вулиця Джона Маккейна, 22-А</t>
+          <t>вулиця Лаврська, 2</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(044)5291452</t>
-[...2 lines deleted...]
-      <c r="Q17" s="4"/>
+          <t>(044)280-78-66, (044)280-37-64</t>
+        </is>
+      </c>
+      <c r="Q17" s="4" t="inlineStr">
+        <is>
+          <t>(044)280-78-66</t>
+        </is>
+      </c>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>181sch@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S17" s="4"/>
+          <t>school_90@ukr.net</t>
+        </is>
+      </c>
+      <c r="S17" s="4" t="inlineStr">
+        <is>
+          <t>http://www.school90.kiev.ua/</t>
+        </is>
+      </c>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Топал Наталія Миколаївна</t>
+          <t>Директор Клюй Володимир Анатолійович</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №32 "Успіх" Печерського району м. Києва</t>
+          <t>Ліцей №109 ім. Т.Г. Шевченка Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>146617</v>
+        <v>147616</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №32 "Успіх"</t>
+          <t>Ліцей №109 ім. Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Федорова, 2</t>
+          <t>вулиця Панаса Мирного, 24</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(044)287-04-72, (044)287-64-35</t>
+          <t>(044)2800864</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>sch32@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>polyakova@ukr.net</t>
+        </is>
+      </c>
+      <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Чумак Світлана Володимирівна</t>
+          <t>Директор Полякова Віталія Іванівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №78 Печерського району м. Києва</t>
+          <t>Ліцей №181 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>146654</v>
+        <v>146950</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №78</t>
+          <t>Ліцей № 181</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шота Руставелі, 47</t>
+          <t>вулиця Джона Маккейна, 22-А</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(044)2487666</t>
+          <t>(044)5291452</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>kyiv.school78@ukr.net</t>
+          <t>181sch@ukr.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Гаєва Світлана Леонтіївна</t>
+          <t>Директор Топал Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №84 Печерського району м. Києва</t>
+          <t>Ліцей №32 "Успіх" Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>147057</v>
+        <v>146617</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №84</t>
+          <t>Ліцей №32 "Успіх"</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>бульвар Лесі Українки, 32-А</t>
+          <t>вулиця Федорова, 2</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(044)2852205</t>
+          <t>(044)287-04-72, (044)287-64-35</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>school84kiev@gmail.com</t>
+          <t>sch32@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>http://kievschool84.ucoz.com/</t>
+          <t>http://highschool32.com.ua/</t>
         </is>
       </c>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Василь Миколайович</t>
+          <t>Директор Чумак Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Ліцей інформаційних технологій №79 імені Бориса Патона Печерського району м.Києва</t>
+          <t>Ліцей №78 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>146897</v>
+        <v>146654</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ЛІТ №79 імені Бориса Патона</t>
+          <t>Ліцей №78</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шота Руставелі, 37</t>
+          <t>вулиця Шота Руставелі, 47</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(044)287-45-86</t>
+          <t>(044)2487666</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>liceum79@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>kyiv.school78@ukr.net</t>
+        </is>
+      </c>
+      <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Ломаковська Ганна Віталіївна</t>
+          <t>Директор Гаєва Світлана Леонтіївна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Ліцей міжнародних відносин №51 Печерського району м. Києва</t>
+          <t>Ліцей №84 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>146651</v>
+        <v>147057</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>Ліцей міжнародних відносин №51</t>
+          <t>Ліцей №84</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>вулиця Пилипа Орлика, 13</t>
+          <t>бульвар Лесі Українки, 32-А</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(044)253-54-23, (044)253-35-67,(044)253-05-51,(044)253-14-48</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044)2852205</t>
+        </is>
+      </c>
+      <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>irl51_kyiv@ukr.net</t>
+          <t>school84kiev@gmail.com</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>https://irl51.kiev.ua/</t>
+          <t>http://kievschool84.ucoz.com/</t>
         </is>
       </c>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевцова Світлана Михайлівна</t>
+          <t>Директор Шевченко Василь Миколайович</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Печерський ліцей № 75 Печерського району м. Києва</t>
+          <t>Ліцей інформаційних технологій №79 імені Бориса Патона Печерського району м.Києва</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>147138</v>
+        <v>146897</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>Печерський ліцей № 75</t>
+          <t>Ліцей інформаційних технологій №79 імені Бориса Патона</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>провулок Бутишів, 11</t>
+          <t>вулиця Шота Руставелі, 37</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(044)2801157</t>
+          <t>(044)287-45-86</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
       <c r="R23" s="4" t="inlineStr">
         <is>
-          <t>school_75@ukr.net</t>
+          <t>liceum79@gmail.com</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>http://school75.kiev.ua/</t>
+          <t>http://lit79.org.ua/</t>
         </is>
       </c>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Поварчук Галина Ярославівна</t>
+          <t>Директор Ломаковська Ганна Віталіївна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Предславинський ліцей №56 Печерського району м. Києва</t>
+          <t>Ліцей міжнародних відносин №51 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>146653</v>
+        <v>146651</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Предславинський ліцей №56</t>
+          <t>Ліцей міжнародних відносин №51</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Предславинська, 30-А</t>
+          <t>вулиця Пилипа Орлика, 13</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(044)5294185</t>
-[...2 lines deleted...]
-      <c r="Q24" s="4"/>
+          <t>(044)253-54-23, (044)253-35-67,(044)253-05-51,(044)253-14-48</t>
+        </is>
+      </c>
+      <c r="Q24" s="4" t="inlineStr">
+        <is>
+          <t>(044)254-02-03</t>
+        </is>
+      </c>
       <c r="R24" s="4" t="inlineStr">
         <is>
-          <t>gimnazia56@ukr.net</t>
+          <t>irl51_kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>http://gymn56.kiev.ua/</t>
+          <t>https://irl51.kiev.ua/</t>
         </is>
       </c>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Рудковська Руслана Андріївна</t>
+          <t>Директор Шевцова Світлана Михайлівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Природничо-науковий ліцей №145 Печерського району м. Києва</t>
+          <t>Печерський ліцей № 75 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>147056</v>
+        <v>147138</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №145</t>
+          <t>Печерський ліцей № 75</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шота Руставелі, 46</t>
+          <t>провулок Бутишів, 11</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(044)2871149</t>
+          <t>(044)2801157</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>kpnl145.62@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S25" s="4"/>
+          <t>school_75@ukr.net</t>
+        </is>
+      </c>
+      <c r="S25" s="4" t="inlineStr">
+        <is>
+          <t>http://school75.kiev.ua/</t>
+        </is>
+      </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Т.в.о. директора Гуменюк Ярослав Олександрович</t>
+          <t>Директор Поварчук Галина Ярославівна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №94 "Еллада" Печерського району м. Києва</t>
+          <t>Предславинський ліцей №56 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>146896</v>
+        <v>146653</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №94 "Еллада"</t>
+          <t>Предславинський ліцей №56</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ольгинська, 2/4</t>
+          <t>вулиця Предславинська, 30-А</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(044)253-72-93</t>
+          <t>(044)5294185</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>94ellada@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S26" s="4"/>
+          <t>gimnazia56@ukr.net</t>
+        </is>
+      </c>
+      <c r="S26" s="4" t="inlineStr">
+        <is>
+          <t>http://gymn56.kiev.ua/</t>
+        </is>
+      </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Кузьменко Вікторія Євгенівна</t>
+          <t>Директор Рудковська Руслана Андріївна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ФОКУС ОСВІТИ"</t>
+          <t>Природничо-науковий ліцей №145 Печерського району м. Києва</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>149405</v>
+        <v>147056</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ФОКУС ОСВІТИ"</t>
+          <t>Ліцей №145</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ділова, 6</t>
+          <t>вулиця Шота Руставелі, 46</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(066)0414864, (063)3103795</t>
+          <t>(044)2871149</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>dvzabolotny@gmail.com, 1974liliya@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kpnl145.62@gmail.com</t>
+        </is>
+      </c>
+      <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Лисюк Тарас Юрійович</t>
+          <t>Т.в.о. директора Гуменюк Ярослав Олександрович</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Заклад загальної середньої освіти "МЕЙНСТРІМ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ФОКУС ОСВІТИ"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>149529</v>
+        <v>149405</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЗЗСО "МЕЙНСТРІМ"</t>
+          <t>ТОВ "ФОКУС ОСВІТИ"</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайла Омеляновича - Павленка, 19-а, кв.53</t>
+          <t>вулиця Ділова, 6</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(050)4077857</t>
+          <t>(066)0414864, (063)3103795</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>mainstreamschool5@gmail.com</t>
+          <t>dvzabolotny@gmail.com, 1974liliya@ukr.net</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
-          <t>https://msschool.com.ua</t>
+          <t>www.focus-education.in.ua/</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Поєнко Оксана Миколаївна</t>
+          <t>Директор Лисюк Тарас Юрійович</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Заклад освіти "Ліцей "Інтеліум"</t>
+          <t>Товариство з обмеженою відповідальністю "Заклад загальної середньої освіти "МЕЙНСТРІМ"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>176909</v>
+        <v>149529</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЗО "Ліцей "Інтеліум"</t>
+          <t>ТОВ "ЗЗСО "МЕЙНСТРІМ"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Грушевського Михайла, 10</t>
+          <t>вулиця Михайла Омеляновича - Павленка, 19-а, кв.53</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(066)3328961</t>
+          <t>(050)4077857</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>318@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S29" s="4"/>
+          <t>mainstreamschool5@gmail.com</t>
+        </is>
+      </c>
+      <c r="S29" s="4" t="inlineStr">
+        <is>
+          <t>https://msschool.com.ua</t>
+        </is>
+      </c>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Косенко Світлана Петрівна</t>
+          <t>Директор Поєнко Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКА ГІМНАЗІЯ "МІЖНАРОДНА ШКОЛА М'АНДРИК"</t>
+          <t>Товариство з обмеженою відповідальністю "Заклад освіти "Ліцей "Інтеліум"</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>176506</v>
+        <v>176909</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Київська гімназія" Міжнародна школа М'Андрик"</t>
+          <t>ТОВ "ЗО "Ліцей "Інтеліум"</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Добровольчих батальйонів, 10, 12</t>
+          <t>вулиця Грушевського Михайла, 10</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(067)870-20-22, (050)870-20-20</t>
+          <t>(066)3328961</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>schoolmandryk@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>318@gmail.com</t>
+        </is>
+      </c>
+      <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Гуріна Юлія Олександрівна</t>
+          <t>Директор Косенко Світлана Петрівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКА ЗАГАЛЬНООСВІТНЯ ПРИВАТНА ШКОЛА I-III СТУПЕНІВ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - КИЇВ, ПЕЧЕРСЬК"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКА ГІМНАЗІЯ "МІЖНАРОДНА ШКОЛА М'АНДРИК"</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>176661</v>
+        <v>176506</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "БМШК. ПЕЧЕРСЬК"</t>
+          <t>ТОВ "Київська гімназія" Міжнародна школа М'Андрик"</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Драгомирова, 1</t>
+          <t>вулиця Добровольчих батальйонів, 10, 12</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(050)4124884</t>
+          <t>(067)870-20-22, (050)870-20-20</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>pe.info@britishschool.ua</t>
+          <t>schoolmandryk@gmail.com</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>www.britishschool.ua</t>
+          <t>http://m-andryk.com.ua/</t>
         </is>
       </c>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Корсунов Віталій Геннадійович</t>
+          <t>Директор Гуріна Юлія Олександрівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "КРИЛА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКА ЗАГАЛЬНООСВІТНЯ ПРИВАТНА ШКОЛА I-III СТУПЕНІВ "БРИТАНСЬКА МІЖНАРОДНА ШКОЛА - КИЇВ, ПЕЧЕРСЬК"</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>176464</v>
+        <v>176661</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «КИЇВСЬКИЙ ЛІЦЕЙ «КРИЛА»</t>
+          <t>ТОВ "БМШК. ПЕЧЕРСЬК"</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>вулиця Буслівська, 25</t>
+          <t>вулиця Драгомирова, 1</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(066)3307618</t>
+          <t>(050)4124884</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>kryla.school@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S32" s="4"/>
+          <t>pe.info@britishschool.ua</t>
+        </is>
+      </c>
+      <c r="S32" s="4" t="inlineStr">
+        <is>
+          <t>www.britishschool.ua</t>
+        </is>
+      </c>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Вєдєрнікова Олена Павлівна</t>
+          <t>Директор Корсунов Віталій Геннадійович</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ПЕРША УКРАЇНСЬКА ШКОЛА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "КРИЛА"</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>176602</v>
+        <v>176464</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D33" s="4"/>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ «КИЇВСЬКИЙ ЛІЦЕЙ «КРИЛА»</t>
+        </is>
+      </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лаврська, 16</t>
+          <t>вулиця Буслівська, 25</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(096)1069916</t>
+          <t>(066)3307618</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>luceum@nezlamna.org</t>
+          <t>kryla.school@gmail.com</t>
         </is>
       </c>
       <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Кучеренко Тетяна Володимирівна</t>
+          <t>Директор Вєдєрнікова Олена Павлівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ" "НЬЮТОН КІДЗ" МІСТА КИЄВА</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ПЕРША УКРАЇНСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>176846</v>
+        <v>176602</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D34" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D34" s="4"/>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бойчука Михайла, 2/34</t>
+          <t>вулиця Лаврська, 16</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(095)3292929</t>
+          <t>(096)1069916</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>school.newtonkids@gmail.com</t>
+          <t>luceum@nezlamna.org</t>
         </is>
       </c>
       <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Виноградова Марина Григорівна</t>
+          <t>Директор Кучеренко Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Науковий ліцей/пансіон "Міжнародна Зелена Школа ім. Клима Чурюмова"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ" "НЬЮТОН КІДЗ" МІСТА КИЄВА</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
-        <v>176481</v>
+        <v>176846</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Міжнародна зелена школа"</t>
+          <t>ТОВ "ЛІЦЕЙ "НЬЮТОН КІДЗ" МІСТА КИЄВА</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
-          <t>науковий ліцей</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J35" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>вулиця Князів Острозьких, 29 Б, кв. 16</t>
+          <t>вулиця Бойчука Михайла, 2/34</t>
         </is>
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>(067)4544516</t>
+          <t>(095)3292929</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>info@cigs.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>school.newtonkids@gmail.com</t>
+        </is>
+      </c>
+      <c r="S35" s="4"/>
       <c r="T35" s="4" t="inlineStr">
         <is>
-          <t>Директор Жданова Ірина Анатоліївна</t>
+          <t>Директор Виноградова Марина Григорівна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НОВОПЕЧЕРСЬКА ШКОЛА-ЛІЦЕЙ І-ІІІ РІВНІВ"</t>
+          <t>Товариство з обмеженою відповідальністю "Науковий ліцей/пансіон "Міжнародна Зелена Школа ім. Клима Чурюмова"</t>
         </is>
       </c>
       <c r="B36" s="5" t="n">
-        <v>149506</v>
+        <v>176481</v>
       </c>
       <c r="C36" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НОВОПЕЧЕРСЬКА ШКОЛА"</t>
+          <t>ТОВ "Міжнародна зелена школа"</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>науковий ліцей</t>
         </is>
       </c>
       <c r="G36" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H36" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J36" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K36" s="4" t="inlineStr">
         <is>
-          <t>вулиця Андрія Верхогляда, 9-Б</t>
+          <t>вулиця Князів Острозьких, 29 Б, кв. 16</t>
         </is>
       </c>
       <c r="L36" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M36" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="7"/>
       <c r="O36" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>(044)3590750</t>
+          <t>(067)4544516</t>
         </is>
       </c>
       <c r="Q36" s="4"/>
       <c r="R36" s="4" t="inlineStr">
         <is>
-          <t>info@novoshkola.com.ua</t>
-[...2 lines deleted...]
-      <c r="S36" s="4"/>
+          <t>info@cigs.com.ua</t>
+        </is>
+      </c>
+      <c r="S36" s="4" t="inlineStr">
+        <is>
+          <t>https://www.cigs.com.ua</t>
+        </is>
+      </c>
       <c r="T36" s="4" t="inlineStr">
         <is>
-          <t>Директор Комарова Поліна Георгіївна</t>
+          <t>Директор Жданова Ірина Анатоліївна</t>
         </is>
       </c>
       <c r="U36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X36" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Початкова школа "Ньютон Кідз" міста Києва"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НОВОПЕЧЕРСЬКА ШКОЛА-ЛІЦЕЙ І-ІІІ РІВНІВ"</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
-        <v>176671</v>
+        <v>149506</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «Початкова школа «Ньтон Кідз» міста Києва»</t>
+          <t>ТОВ "НОВОПЕЧЕРСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>вулиця Михайла Бойчука, 2/34</t>
+          <t>вулиця Андрія Верхогляда, 9-Б</t>
         </is>
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>(095)3292929</t>
+          <t>(044)3590750</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
-      <c r="R37" s="4"/>
+      <c r="R37" s="4" t="inlineStr">
+        <is>
+          <t>info@novoshkola.com.ua</t>
+        </is>
+      </c>
       <c r="S37" s="4"/>
       <c r="T37" s="4" t="inlineStr">
         <is>
-          <t>Директор Виноградова Марина Григорівна</t>
+          <t>Директор Комарова Поліна Георгіївна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "ЗЕЛЕНА ШКОЛА"</t>
+          <t>Товариство з обмеженою відповідальністю "Початкова школа "Ньютон Кідз" міста Києва"</t>
         </is>
       </c>
       <c r="B38" s="5" t="n">
-        <v>176893</v>
+        <v>176671</v>
       </c>
       <c r="C38" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "ЛІЦЕЙ "ЗЕЛЕНА ШКОЛА"</t>
+          <t>ТОВ «Початкова школа «Ньтон Кідз» міста Києва»</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H38" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>вулиця Набережно-Печерська дорога, 7</t>
+          <t>вулиця Михайла Бойчука, 2/34</t>
         </is>
       </c>
       <c r="L38" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M38" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="7"/>
       <c r="O38" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>(093)0000103</t>
+          <t>(095)3292929</t>
         </is>
       </c>
       <c r="Q38" s="4"/>
       <c r="R38" s="4"/>
       <c r="S38" s="4"/>
       <c r="T38" s="4" t="inlineStr">
         <is>
-          <t>Директор Родзинський Анатолій Анатолійович</t>
+          <t>Директор Виноградова Марина Григорівна</t>
         </is>
       </c>
       <c r="U38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X38" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "КЬЮ.КІДС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "ЗЕЛЕНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B39" s="5" t="n">
-        <v>176643</v>
+        <v>176893</v>
       </c>
       <c r="C39" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗО "КЬЮ.КІДС"</t>
+          <t>ТОВ "ПЗЗСО "ЛІЦЕЙ "ЗЕЛЕНА ШКОЛА"</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G39" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H39" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J39" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K39" s="4" t="inlineStr">
         <is>
-          <t>вулиця Предславинська, 53, приміщення 232</t>
+          <t>вулиця Набережно-Печерська дорога, 7</t>
         </is>
       </c>
       <c r="L39" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M39" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="7"/>
       <c r="O39" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>(044)2297127</t>
+          <t>(093)0000103</t>
         </is>
       </c>
       <c r="Q39" s="4"/>
-      <c r="R39" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R39" s="4"/>
+      <c r="S39" s="4"/>
       <c r="T39" s="4" t="inlineStr">
         <is>
-          <t>Директор Максименко Тетяна Анатоліївна</t>
+          <t>Директор Родзинський Анатолій Анатолійович</t>
         </is>
       </c>
       <c r="U39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X39" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбовий комплекс "Олександрійська гімназія"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "КЬЮ.КІДС"</t>
         </is>
       </c>
       <c r="B40" s="5" t="n">
-        <v>147519</v>
+        <v>176643</v>
       </c>
       <c r="C40" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Олександрійська гімназія</t>
+          <t>ТОВ "ПЗО "КЬЮ.КІДС"</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G40" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H40" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J40" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K40" s="4" t="inlineStr">
         <is>
-          <t>вулиця Левандовська, 7</t>
+          <t>вулиця Предславинська, 53, приміщення 232</t>
         </is>
       </c>
       <c r="L40" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M40" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="7"/>
       <c r="O40" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>(044)2805153</t>
+          <t>(044)2297127</t>
         </is>
       </c>
       <c r="Q40" s="4"/>
       <c r="R40" s="4" t="inlineStr">
         <is>
-          <t>info@aleksios.ua</t>
-[...2 lines deleted...]
-      <c r="S40" s="4"/>
+          <t>tetiana.maksimenko@cleverkids.ua</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>https://cleverkids-pechersk.com.ua/shkola-clever-kids</t>
+        </is>
+      </c>
       <c r="T40" s="4" t="inlineStr">
         <is>
-          <t>Генеральний директор Коломієць Інеса Миколаївна</t>
+          <t>Директор Максименко Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X40" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Український гуманітарний ліцей Київського національного університету імені Тараса Шевченка</t>
+          <t>Товариство з обмеженою відповідальністю "Учбовий комплекс "Олександрійська гімназія"</t>
         </is>
       </c>
       <c r="B41" s="5" t="n">
-        <v>147055</v>
+        <v>147519</v>
       </c>
       <c r="C41" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>УГЛ КНУ імені Тараса Шевченка</t>
+          <t>Олександрійська гімназія</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H41" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J41" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>провулок Івана Козловського, 3</t>
+          <t>вулиця Левандовська, 7</t>
         </is>
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
-          <t>(044)2530789</t>
+          <t>(044)2805153</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>uhl-edu@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@aleksios.ua</t>
+        </is>
+      </c>
+      <c r="S41" s="4"/>
       <c r="T41" s="4" t="inlineStr">
         <is>
-          <t>Директор Іващенко Олена Михайлівна</t>
+          <t>Генеральний директор Коломієць Інеса Миколаївна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Школа I-III ступенів №5 Печерського району м. Києва</t>
+          <t>Український гуманітарний ліцей Київського національного університету імені Тараса Шевченка</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>146652</v>
+        <v>147055</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>Школа № 5</t>
+          <t>УГЛ КНУ імені Тараса Шевченка</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>8038200000</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садово-Ботанічна, 36</t>
+          <t>провулок Івана Козловського, 3</t>
         </is>
       </c>
       <c r="L42" s="6" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти та інноваційного розвитку Печерської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>(044)2856269</t>
+          <t>(044)2530789</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>school.5.pech@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S42" s="4"/>
+          <t>uhl-edu@ukr.net</t>
+        </is>
+      </c>
+      <c r="S42" s="4" t="inlineStr">
+        <is>
+          <t>www.uhl-edu.kiev.ua</t>
+        </is>
+      </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
-          <t>Директор Олексюк Світлана Валентинівна</t>
+          <t>Директор Іващенко Олена Михайлівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
   </sheetData>