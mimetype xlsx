--- v0 (2025-12-04)
+++ v1 (2026-03-14)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$74</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$73</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y74"/>
+  <dimension ref="A1:Y73"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -2921,51 +2921,51 @@
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>(044)411-03-03</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>obolon-328@i.ua</t>
+          <t>328_obolon@i.ua</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>znz-328.at.ua</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
           <t> Федорова Вікторія Миколаївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -3813,51 +3813,51 @@
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
           <t>(044)401-84-83</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>obolon-21@i.ua</t>
+          <t>nrc21.obolon.kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4" t="inlineStr">
         <is>
           <t>https://schoolinternat21.wixsite.com/sh-int21</t>
         </is>
       </c>
       <c r="T33" s="4" t="inlineStr">
         <is>
           <t> Мороз Лідія Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4735,74 +4735,74 @@
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ТЕРНОПІЛЬСЬКИЙ ЛІЦЕЙ" АЛЬТЕРРА СКУЛ ТЕРНОПІЛЬ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ЧЕРНІВЦІ"</t>
         </is>
       </c>
       <c r="B42" s="5" t="n">
-        <v>176916</v>
+        <v>176839</v>
       </c>
       <c r="C42" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ТЕРНОПІЛЬ"</t>
+          <t>ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ЧЕРНІВЦІ"</t>
         </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H42" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J42" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K42" s="4" t="inlineStr">
         <is>
           <t>вулиця Прирічна, 9</t>
@@ -4815,107 +4815,107 @@
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
           <t>(093)2293447</t>
         </is>
       </c>
       <c r="Q42" s="4"/>
       <c r="R42" s="4" t="inlineStr">
         <is>
           <t>alterraonline@gmail.com</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>https://www.alterraschool.space</t>
+          <t>https://www.alterraschol.space</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
           <t>Директор Вікторенко Святослав Олегович</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ЧЕРНІВЕЦЬКИЙ ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ЧЕРНІВЦІ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ОДЕСЬКИЙ ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ОДЕСА"</t>
         </is>
       </c>
       <c r="B43" s="5" t="n">
-        <v>176839</v>
+        <v>176680</v>
       </c>
       <c r="C43" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ЧЕРНІВЦІ"</t>
+          <t>ПЗЗСО "АЛЬТЕРРА СКУЛ ОДЕСА"</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G43" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H43" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J43" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K43" s="4" t="inlineStr">
         <is>
           <t>вулиця Прирічна, 9</t>
@@ -4923,3490 +4923,3377 @@
       </c>
       <c r="L43" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M43" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="7"/>
       <c r="O43" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
           <t>(093)2293447</t>
         </is>
       </c>
       <c r="Q43" s="4"/>
       <c r="R43" s="4" t="inlineStr">
         <is>
-          <t>alterraonline@gmail.com</t>
+          <t>alterrametodology@gmail.com</t>
         </is>
       </c>
       <c r="S43" s="4" t="inlineStr">
         <is>
-          <t>https://www.alterraschol.space</t>
+          <t>https://www.alterraschool.space</t>
         </is>
       </c>
       <c r="T43" s="4" t="inlineStr">
         <is>
           <t>Директор Вікторенко Святослав Олегович</t>
         </is>
       </c>
       <c r="U43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X43" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА,ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "ОДЕСЬКИЙ ЛІЦЕЙ "АЛЬТЕРРА СКУЛ ОДЕСА"</t>
+          <t>ПРИВАТНЕ ПІДПРИЄМСТВО "ЛІЦЕЙ ОЛЬГИНСЬКИЙ (ОБОЛОНЬ)"</t>
         </is>
       </c>
       <c r="B44" s="5" t="n">
-        <v>176680</v>
+        <v>148353</v>
       </c>
       <c r="C44" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "АЛЬТЕРРА СКУЛ ОДЕСА"</t>
+          <t>ПП "ЛІЦЕЙ ОЛЬГИНСЬКИЙ (ОБОЛОНЬ)"</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H44" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прирічна, 9</t>
+          <t>вулиця Йорданська, 9-Є</t>
         </is>
       </c>
       <c r="L44" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M44" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="7"/>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
-          <t>(093)2293447</t>
+          <t>(044)430-27-14</t>
         </is>
       </c>
       <c r="Q44" s="4"/>
       <c r="R44" s="4" t="inlineStr">
         <is>
-          <t>alterrametodology@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>olginsky.obolon@gmail.com</t>
+        </is>
+      </c>
+      <c r="S44" s="4"/>
       <c r="T44" s="4" t="inlineStr">
         <is>
-          <t>Директор Вікторенко Святослав Олегович</t>
+          <t> Яковенко Антоніна Михайлівна</t>
         </is>
       </c>
       <c r="U44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X44" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ ПІДПРИЄМСТВО "ЛІЦЕЙ ОЛЬГИНСЬКИЙ (ОБОЛОНЬ)"</t>
+          <t>приватний загальноосвітній навчальний заклад ІІ-ІІІ ступенів "Ліцей "Екологія і Культура"</t>
         </is>
       </c>
       <c r="B45" s="5" t="n">
-        <v>148353</v>
+        <v>148354</v>
       </c>
       <c r="C45" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
-          <t>ПП "ЛІЦЕЙ ОЛЬГИНСЬКИЙ (ОБОЛОНЬ)"</t>
+          <t>"Ліцей "Екологія і Культура"</t>
         </is>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H45" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J45" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>вулиця Йорданська, 9-Є</t>
+          <t>вулиця Прирічна, 27-б</t>
         </is>
       </c>
       <c r="L45" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M45" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="7"/>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
-          <t>(044)430-27-14</t>
+          <t>(067)4644179</t>
         </is>
       </c>
       <c r="Q45" s="4"/>
       <c r="R45" s="4" t="inlineStr">
         <is>
-          <t>olginsky.obolon@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S45" s="4"/>
+          <t>dns75v@gmail.com</t>
+        </is>
+      </c>
+      <c r="S45" s="4" t="inlineStr">
+        <is>
+          <t>ecologyandculture.e-schools.info</t>
+        </is>
+      </c>
       <c r="T45" s="4" t="inlineStr">
         <is>
-          <t> Яковенко Антоніна Михайлівна</t>
+          <t>Директор Воронін Денис Вячеславович</t>
         </is>
       </c>
       <c r="U45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X45" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>приватний загальноосвітній навчальний заклад ІІ-ІІІ ступенів "Ліцей "Екологія і Культура"</t>
+          <t>Приватний заклад "Заклад освіти І ступеня: Початкова школа "Оболонь" м. Київ</t>
         </is>
       </c>
       <c r="B46" s="5" t="n">
-        <v>148354</v>
+        <v>150895</v>
       </c>
       <c r="C46" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
-          <t>"Ліцей "Екологія і Культура"</t>
+          <t>ПЗ "Школа "Оболонь" м. Київ</t>
         </is>
       </c>
       <c r="E46" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G46" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H46" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J46" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K46" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прирічна, 27-б</t>
+          <t>вулиця Сім'ї Кульженків, 31</t>
         </is>
       </c>
       <c r="L46" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M46" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="7"/>
       <c r="O46" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P46" s="4" t="inlineStr">
         <is>
-          <t>(067)4644179</t>
+          <t>(044)411-11-83</t>
         </is>
       </c>
       <c r="Q46" s="4"/>
       <c r="R46" s="4" t="inlineStr">
         <is>
-          <t>dns75v@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>1da.kiev3@gmail.com</t>
+        </is>
+      </c>
+      <c r="S46" s="4"/>
       <c r="T46" s="4" t="inlineStr">
         <is>
-          <t>Директор Воронін Денис Вячеславович</t>
+          <t> Зубченко Тетяна Миколаївна</t>
         </is>
       </c>
       <c r="U46" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X46" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад "Заклад освіти І ступеня: Початкова школа "Оболонь" м. Київ</t>
+          <t>Приватний заклад освіти І ступеня "Початкова школа "Смартіка" м. Києва</t>
         </is>
       </c>
       <c r="B47" s="5" t="n">
-        <v>150895</v>
+        <v>148352</v>
       </c>
       <c r="C47" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "Школа "Оболонь" м. Київ</t>
+          <t>Початкова школа "Смартіка"</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G47" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H47" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J47" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сім'ї Кульженків, 31</t>
+          <t>вулиця Садова, 22</t>
         </is>
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>(044)411-11-83</t>
+          <t>(044)2289819</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>1da.kiev3@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S47" s="4"/>
+          <t>smartika.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S47" s="4" t="inlineStr">
+        <is>
+          <t>www.smartika.school</t>
+        </is>
+      </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
-          <t> Зубченко Тетяна Миколаївна</t>
+          <t> Лиса Яна Олександрівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти І ступеня "Початкова школа "Смартіка" м. Києва</t>
+          <t>Приватний заклад освіти "Клевер Кідс"</t>
         </is>
       </c>
       <c r="B48" s="5" t="n">
-        <v>148352</v>
+        <v>149504</v>
       </c>
       <c r="C48" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Смартіка"</t>
+          <t>ПЗО"Клевер Кідс"</t>
         </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H48" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J48" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K48" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 22</t>
+          <t>проспект Володимира Івасюка, 12-Н</t>
         </is>
       </c>
       <c r="L48" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M48" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="7"/>
       <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
-          <t>(044)2289819</t>
+          <t>(044)3344048, (096)6157505</t>
         </is>
       </c>
       <c r="Q48" s="4"/>
       <c r="R48" s="4" t="inlineStr">
         <is>
-          <t>smartika.school@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@cleverkids.ua L.tsipun@cleverkids.ua</t>
+        </is>
+      </c>
+      <c r="S48" s="4"/>
       <c r="T48" s="4" t="inlineStr">
         <is>
-          <t> Лиса Яна Олександрівна</t>
+          <t> Ціпун Людмила Борисівна</t>
         </is>
       </c>
       <c r="U48" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X48" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти "Клевер Кідс"</t>
+          <t>Приватний навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад "Досвітня Зоря"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
-        <v>149504</v>
+        <v>145145</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
-          <t>ПЗО"Клевер Кідс"</t>
+          <t>ПНВК "Досвітня Зоря"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
-          <t>проспект Володимира Івасюка, 12-Н</t>
+          <t>вулиця Богатирська, 18-Є</t>
         </is>
       </c>
       <c r="L49" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="7"/>
       <c r="O49" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Солом`янської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P49" s="4" t="inlineStr">
         <is>
-          <t>(044)3344048, (096)6157505</t>
+          <t>(044)4122020</t>
         </is>
       </c>
       <c r="Q49" s="4"/>
       <c r="R49" s="4" t="inlineStr">
         <is>
-          <t>info@cleverkids.ua L.tsipun@cleverkids.ua</t>
+          <t>morningstar@ukr.net</t>
         </is>
       </c>
       <c r="S49" s="4"/>
       <c r="T49" s="4" t="inlineStr">
         <is>
-          <t> Ціпун Людмила Борисівна</t>
+          <t>Директор Бокова Марія Вікторівна</t>
         </is>
       </c>
       <c r="U49" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X49" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Приватний навчально-виховний комплекс "Загальноосвітня школа І-ІІІ ступенів - дошкільний навчальний заклад "Досвітня Зоря"</t>
+          <t>Спеціалізована школа №210 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B50" s="5" t="n">
-        <v>145145</v>
+        <v>147058</v>
       </c>
       <c r="C50" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
-          <t>ПНВК "Досвітня Зоря"</t>
+          <t>СШ №210</t>
         </is>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H50" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J50" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богатирська, 18-Є</t>
+          <t>вулиця Йорданська, 22-А</t>
         </is>
       </c>
       <c r="L50" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M50" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="7"/>
       <c r="O50" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Солом`янської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
-          <t>(044)4122020</t>
+          <t>(044)418-76-69</t>
         </is>
       </c>
       <c r="Q50" s="4"/>
       <c r="R50" s="4" t="inlineStr">
         <is>
-          <t>morningstar@ukr.net</t>
+          <t>school210@bigmir.net</t>
         </is>
       </c>
       <c r="S50" s="4"/>
       <c r="T50" s="4" t="inlineStr">
         <is>
-          <t>Директор Бокова Марія Вікторівна</t>
+          <t>В.о. директора Златіна Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X50" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №210 Оболонського району м. Києва</t>
+          <t>Спеціалізована школа №298 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B51" s="5" t="n">
-        <v>147058</v>
+        <v>146070</v>
       </c>
       <c r="C51" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>СШ №210</t>
+          <t>СШ 298</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H51" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J51" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
-          <t>вулиця Йорданська, 22-А</t>
+          <t>проспект Володимира Івасюка, 58-Б</t>
         </is>
       </c>
       <c r="L51" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M51" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="7"/>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
-          <t>(044)418-76-69</t>
+          <t>(044)412-16-13</t>
         </is>
       </c>
       <c r="Q51" s="4"/>
       <c r="R51" s="4" t="inlineStr">
         <is>
-          <t>school210@bigmir.net</t>
+          <t>admins@298.school</t>
         </is>
       </c>
       <c r="S51" s="4"/>
       <c r="T51" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Златіна Світлана Миколаївна</t>
+          <t> Папіренко Ігор Володимирович</t>
         </is>
       </c>
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №298 Оболонського району м. Києва</t>
+          <t>спеціальна школа №25 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>146070</v>
+        <v>146076</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>СШ 298</t>
+          <t>СШ№25 м. Києва</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>проспект Володимира Івасюка, 58-Б</t>
+          <t>вулиця Федора Максименка, 28</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(044)412-16-13</t>
+          <t>(044)4019451</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
       <c r="R52" s="4" t="inlineStr">
         <is>
-          <t>admins@298.school</t>
+          <t>obolon_25@i.ua</t>
         </is>
       </c>
       <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t> Папіренко Ігор Володимирович</t>
+          <t> Коломієць Олена Григорівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>так</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа №25 Оболонського району м. Києва</t>
+          <t>Спеціальна школа №4 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>146076</v>
+        <v>146006</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>СШ№25 м. Києва</t>
+          <t>школа-інтернат</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа-інтернат</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Федора Максименка, 28</t>
+          <t>вулиця Миколи Юнкерова, 55</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(044)4019451</t>
+          <t>(044)401-93-81</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
       <c r="R53" s="4" t="inlineStr">
         <is>
-          <t>obolon_25@i.ua</t>
+          <t>internat4@ukr.net</t>
         </is>
       </c>
       <c r="S53" s="4"/>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t> Коломієць Олена Григорівна</t>
+          <t> Шейніч Анжеліка Володимирівна</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Спеціальна школа №4 Оболонського району м. Києва</t>
+          <t>Товариство з обмеженою відповідальністю "Гімназія "ПРІОРИТЕТ"</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>146006</v>
+        <v>146047</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>школа-інтернат</t>
+          <t>ТОВ "Гімназія "Пріоритет"</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа-інтернат</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Юнкерова, 55</t>
+          <t>вулиця Героїв Дніпра, 69</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(044)401-93-81</t>
+          <t>(044)5010357</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>internat4@ukr.net</t>
+          <t>prioritet-admin@ukr.net</t>
         </is>
       </c>
       <c r="S54" s="4"/>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t> Шейніч Анжеліка Володимирівна</t>
+          <t> Єременко Юрій Миколайович</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
-          <t>так</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Гімназія "ПРІОРИТЕТ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ДЕК ЛАЙФ ПРАЙМЕРІ СКУЛ"</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>146047</v>
+        <v>176572</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Гімназія "Пріоритет"</t>
+          <t>ТОВ "ДЕК ЛАЙФ ПРАЙМЕРІ СКУЛ"</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Дніпра, 69</t>
+          <t>вулиця Оболонська Набережна, 20</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(044)5010357</t>
+          <t>(044)3907624</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>prioritet-admin@ukr.net</t>
-[...2 lines deleted...]
-      <c r="S55" s="4"/>
+          <t>welcome@declifeschool.com.ua</t>
+        </is>
+      </c>
+      <c r="S55" s="4" t="inlineStr">
+        <is>
+          <t>https://declifeschool.com.ua/</t>
+        </is>
+      </c>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t> Єременко Юрій Миколайович</t>
+          <t>Директор ТАРЧЕНКО ОЛЕКСАНДР ГЕОРГІЙОВИЧ</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ДЕК ЛАЙФ ПРАЙМЕРІ СКУЛ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський ліцей "Альтернативна школа ЛідерШип"</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>176572</v>
+        <v>176499</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ДЕК ЛАЙФ ПРАЙМЕРІ СКУЛ"</t>
+          <t>ТОВ "ЛідерШип"</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Оболонська Набережна, 20</t>
+          <t>проспект Героїв Сталінграда, 6А</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(044)3907624</t>
+          <t>(067)5148864</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
-      <c r="R56" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R56" s="4"/>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор ТАРЧЕНКО ОЛЕКСАНДР ГЕОРГІЙОВИЧ</t>
+          <t>Директор Єрмаков Юрій Борисович</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський ліцей "Альтернативна школа ЛідерШип"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ МОНТЕССОРІ"</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>176499</v>
+        <v>150894</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛідерШип"</t>
+          <t>ТОВ "КИЇВСЬКИЙ ЛІЦЕЙ МОНТЕССОРІ"</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Сталінграда, 6А</t>
+          <t>вулиця Лук'яненка Левка, 11</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(067)5148864</t>
+          <t>(096)0673375</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4"/>
-      <c r="S57" s="4"/>
+      <c r="S57" s="4" t="inlineStr">
+        <is>
+          <t>kiev-montessori.com</t>
+        </is>
+      </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Єрмаков Юрій Борисович</t>
+          <t>Директор Нечипоренко Марія Сергіївна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ МОНТЕССОРІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський приватний ліцей 56"</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>150894</v>
+        <v>176592</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D58" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D58" s="4"/>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лук'яненка Левка, 11</t>
+          <t>вулиця Маршала Тимошенка, 2К</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(096)0673375</t>
+          <t>(098)4908032</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
-      <c r="R58" s="4"/>
+      <c r="R58" s="4" t="inlineStr">
+        <is>
+          <t>56inua@gmail.com</t>
+        </is>
+      </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>kiev-montessori.com</t>
+          <t>www.56.in.ua</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Нечипоренко Марія Сергіївна</t>
+          <t>Директор Румянцев Богдан Олександрович</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський приватний ліцей 56"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ФЕНІКС"</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>176592</v>
+        <v>176492</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D59" s="4"/>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "НВК "ФЕНІКС"</t>
+        </is>
+      </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Маршала Тимошенка, 2К</t>
+          <t>вулиця Героїв Дніпра, 69</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(098)4908032</t>
+          <t>(044)3319791</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
-      <c r="R59" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R59" s="4"/>
+      <c r="S59" s="4"/>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Румянцев Богдан Олександрович</t>
+          <t>Директор Іващук Леся Анатоліївна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ПРИВАТНИЙ ЛІЦЕЙ "ФЕНІКС"</t>
+          <t>Товариство з обмеженою відповідальністю "Ліцей "ЛС Скул" м. Києва</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>176492</v>
+        <v>176926</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "НВК "ФЕНІКС"</t>
+          <t>ТОВ "Ліцей "ЛС Скул" м. Києва"</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Дніпра, 69</t>
+          <t>проспект Івасюка Володимира, 6-А, корпус 2</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(044)3319791</t>
+          <t>(063)7419710</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
-      <c r="R60" s="4"/>
-      <c r="S60" s="4"/>
+      <c r="R60" s="4" t="inlineStr">
+        <is>
+          <t>valery7sv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S60" s="4" t="inlineStr">
+        <is>
+          <t>https://leadershipua.com</t>
+        </is>
+      </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Іващук Леся Анатоліївна</t>
+          <t> Святошенко Валерія Сергіївна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Ліцей "ЛС Скул" м. Києва</t>
+          <t>товариство з обмеженою відповідальністю "Міжнародна Французька Школа"</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>176926</v>
+        <v>144165</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Ліцей "ЛС Скул" м. Києва"</t>
+          <t>МФШ</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>проспект Івасюка Володимира, 6-А, корпус 2</t>
+          <t>вулиця Лісна, 28-А</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(063)7419710</t>
+          <t>(044)4018057</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>valery7sv@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>efieducation@ukr.net</t>
+        </is>
+      </c>
+      <c r="S61" s="4"/>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t> Святошенко Валерія Сергіївна</t>
+          <t> Корчагін Геннадій Олександрович</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>товариство з обмеженою відповідальністю "Міжнародна Французька Школа"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНИЙ ЛІЦЕЙ "ДІСКАВЕРІ СКУЛ"</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>144165</v>
+        <v>145940</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>МФШ</t>
+          <t>ТОВ "МЛСД"</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісна, 28-А</t>
+          <t>проспект Оболонський, 39-В</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(044)4018057</t>
+          <t>(099)227-77-04</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>efieducation@ukr.net</t>
+          <t>office.discoveryschool@gmail.com</t>
         </is>
       </c>
       <c r="S62" s="4"/>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t> Корчагін Геннадій Олександрович</t>
+          <t> Посполітак Софія Юріївна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНИЙ ЛІЦЕЙ "ДІСКАВЕРІ СКУЛ"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватний ліцей "Арден"</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>145940</v>
+        <v>176956</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "МЛСД"</t>
+          <t>ТОВ "Приватний ліцей "Арден"</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>проспект Оболонський, 39-В</t>
+          <t>проспект Литовський, 10-А</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(099)227-77-04</t>
+          <t>(050)0390252</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>office.discoveryschool@gmail.com</t>
+          <t>lyseumarden@gmail.com</t>
         </is>
       </c>
       <c r="S63" s="4"/>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t> Посполітак Софія Юріївна</t>
+          <t>Директор Хащевацький Іван Костянтинович</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватний ліцей "Арден"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватний ліцей "Луксор скул"</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>176956</v>
+        <v>176880</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Приватний ліцей "Арден"</t>
+          <t>ТОВ "Приватний ліцей "Луксор скул"</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>проспект Литовський, 10-А</t>
+          <t>вулиця Героїв Дніпра, 53</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(050)0390252</t>
+          <t>(099)2277705</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>lyseumarden@gmail.com</t>
+          <t>lyceumluxorschool@gmail.com</t>
         </is>
       </c>
       <c r="S64" s="4"/>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Хащевацький Іван Костянтинович</t>
+          <t>Директор Посполітак Софія Юріївна</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватний ліцей "Луксор скул"</t>
+          <t>Товариство з обмеженою відповідальністю "Сторі скул"</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>176880</v>
+        <v>176879</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Приватний ліцей "Луксор скул"</t>
+          <t>ТОВ "Сторі скул"</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Дніпра, 53</t>
+          <t>вулиця Героїв Дніпра, 33</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(099)2277705</t>
+          <t>(099)2277709</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>lyceumluxorschool@gmail.com</t>
+          <t>storyschoolkyiv@gmail.com</t>
         </is>
       </c>
       <c r="S65" s="4"/>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Посполітак Софія Юріївна</t>
+          <t>Директор Бабич Ярослав Сергійович</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Сторі скул"</t>
+          <t>Товариство з обмеженою відповідальністю "ТВОЯ МІЖНАРОДНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>176879</v>
+        <v>150893</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Сторі скул"</t>
+          <t>ТОВ ТМШ</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Героїв Дніпра, 33</t>
+          <t>проспект Героїв Сталінграда, 6</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(099)2277709</t>
+          <t>(050)301-94-82</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>storyschoolkyiv@gmail.com</t>
+          <t>steepler.pr@gmail.com</t>
         </is>
       </c>
       <c r="S66" s="4"/>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Бабич Ярослав Сергійович</t>
+          <t>Директор Любанська Ірина Валентинівна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ТВОЯ МІЖНАРОДНА ШКОЛА"</t>
+          <t>Школа I ступеня № 268 Оболонського району м.Києва</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>150893</v>
+        <v>147300</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>ТОВ ТМШ</t>
+          <t>Школа № 268</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>проспект Героїв Сталінграда, 6</t>
+          <t>проспект Володимира Івасюка, 43-А</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(050)301-94-82</t>
+          <t>(044)411-40-77</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>steepler.pr@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S67" s="4"/>
+          <t>Obolonps268@ukr.net</t>
+        </is>
+      </c>
+      <c r="S67" s="4" t="inlineStr">
+        <is>
+          <t>http://School268.kiev.ua</t>
+        </is>
+      </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Любанська Ірина Валентинівна</t>
+          <t>Директор Бондарчук Денис Олегович</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Школа I ступеня № 268 Оболонського району м.Києва</t>
+          <t>Школа І-ІІ ступенів №18 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>147300</v>
+        <v>146038</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Школа № 268</t>
+          <t>Школа І-ІІ ст. №18</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>проспект Володимира Івасюка, 43-А</t>
+          <t>вулиця Академіка Оппокова, 1</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(044)411-40-77</t>
+          <t>(044)467-91-26, (044)467-91-26</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>Obolonps268@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>obolon_18@i.ua</t>
+        </is>
+      </c>
+      <c r="S68" s="4"/>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Бондарчук Денис Олегович</t>
+          <t> Рій Юлія Володимирівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІ ступенів №18 Оболонського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №219 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>146038</v>
+        <v>146062</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІ ст. №18</t>
+          <t>Школа №219</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця Академіка Оппокова, 1</t>
+          <t>проспект Оболонський, 2-Б</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(044)467-91-26, (044)467-91-26</t>
+          <t>(044)4182858</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>obolon_18@i.ua</t>
+          <t>obolon_219@i.ua</t>
         </is>
       </c>
       <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t> Рій Юлія Володимирівна</t>
+          <t> Логачов Сергій Сергійович</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №219 Оболонського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №226 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>146062</v>
+        <v>146057</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>Школа №219</t>
+          <t>школа №226 м. Києва</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>проспект Оболонський, 2-Б</t>
+          <t>вулиця Прирічна, 19-Є</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(044)4182858</t>
+          <t>(044)411-63-61</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>obolon_219@i.ua</t>
+          <t>obolon_226@i.ua</t>
         </is>
       </c>
       <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t> Логачов Сергій Сергійович</t>
+          <t> Долженкова Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №226 Оболонського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №231 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>146057</v>
+        <v>146061</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>школа №226 м. Києва</t>
+          <t>Школа № 231</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Прирічна, 19-Є</t>
+          <t>вулиця Богатирська, 2-В</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(044)411-63-61</t>
+          <t>(044)4134487</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>obolon_226@i.ua</t>
-[...2 lines deleted...]
-      <c r="S71" s="4"/>
+          <t>obolon_231@i.ua</t>
+        </is>
+      </c>
+      <c r="S71" s="4" t="inlineStr">
+        <is>
+          <t>http://school231.edukit.kiev.ua</t>
+        </is>
+      </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t> Долженкова Наталія Олександрівна</t>
+          <t>Директор Косачевич Олена Семенівна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №231 Оболонського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №232 Оболонського району м. Києва</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>146061</v>
+        <v>146058</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Школа № 231</t>
+          <t>Школа № 232</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Богатирська, 2-В</t>
+          <t>вулиця Йорданська, 4-Г</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(044)4134487</t>
+          <t>(044)4187966</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>obolon_231@i.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>232sch@gmail.com</t>
+        </is>
+      </c>
+      <c r="S72" s="4"/>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Косачевич Олена Семенівна</t>
+          <t> Рижова Вікторія Олексіївна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №232 Оболонського району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №233 Оболонського району м.Києва</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>146058</v>
+        <v>146059</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Школа № 232</t>
+          <t>школа І-ІІІ ступенів №233 Оболонського району м.</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
           <t>8038000000</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Йорданська, 4-Г</t>
+          <t>вулиця Йорданська, 22-А</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Оболонської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(044)4187966</t>
+          <t>(044)419-94-47</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>232sch@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S73" s="4"/>
+          <t>obolon_233@i.ua</t>
+        </is>
+      </c>
+      <c r="S73" s="4" t="inlineStr">
+        <is>
+          <t>kiev-school233.ucoz.ua</t>
+        </is>
+      </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t> Рижова Вікторія Олексіївна</t>
+          <t> Сірий Андрій Ігорович</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
-[...111 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:Y74"/>
+  <autoFilter ref="A1:Y73"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>