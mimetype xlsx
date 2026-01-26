--- v0 (2025-10-16)
+++ v1 (2026-01-26)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$75</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$76</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y75"/>
+  <dimension ref="A1:Y76"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -1411,51 +1411,51 @@
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
           <t>(063)3197935</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>szo195@ukr.net</t>
+          <t>195school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>kievschool95.e-schools.info</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Пасічник Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4053,51 +4053,51 @@
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="4" t="inlineStr">
         <is>
           <t>Ліцей №209 "Сузір'я" Дніпровського району м. Києва</t>
         </is>
       </c>
       <c r="B35" s="5" t="n">
         <v>145196</v>
       </c>
       <c r="C35" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>НВК № 209 "Сузір'я" м. Києва</t>
+          <t>Ліцей № 209 "Сузір'я" м. Києва</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H35" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
@@ -4115,51 +4115,51 @@
       </c>
       <c r="L35" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M35" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="7"/>
       <c r="O35" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
           <t>(063)3198063, (063)3198068</t>
         </is>
       </c>
       <c r="Q35" s="4"/>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>209school@kmda.gov.ua</t>
+          <t>209school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S35" s="4" t="inlineStr">
         <is>
           <t>www.nvk209.kiev.ua</t>
         </is>
       </c>
       <c r="T35" s="4" t="inlineStr">
         <is>
           <t>Директор Ліфінцева Олена Анатоліївна</t>
         </is>
       </c>
       <c r="U35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W35" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4341,51 +4341,51 @@
       </c>
       <c r="L37" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="7"/>
       <c r="O37" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
           <t>(063)3198238, (063)3198244</t>
         </is>
       </c>
       <c r="Q37" s="4"/>
       <c r="R37" s="4" t="inlineStr">
         <is>
-          <t>mail@school246.kiev.ua</t>
+          <t>lyceum246@ukr.net</t>
         </is>
       </c>
       <c r="S37" s="4" t="inlineStr">
         <is>
           <t>school246.kiev.ua/</t>
         </is>
       </c>
       <c r="T37" s="4" t="inlineStr">
         <is>
           <t>Директор Чуприна Ольга Іванівна</t>
         </is>
       </c>
       <c r="U37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W37" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4797,51 +4797,51 @@
       </c>
       <c r="L41" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M41" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="7"/>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
           <t>(063)3197120, (063)3197127, (063)3197136</t>
         </is>
       </c>
       <c r="Q41" s="4"/>
       <c r="R41" s="4" t="inlineStr">
         <is>
-          <t>kiev_sch98@ukr.net</t>
+          <t>98school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S41" s="4" t="inlineStr">
         <is>
           <t>http://school98.kiev.ua/</t>
         </is>
       </c>
       <c r="T41" s="4" t="inlineStr">
         <is>
           <t>Директор Зайцева Ольга Петрівна</t>
         </is>
       </c>
       <c r="U41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W41" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -4914,51 +4914,51 @@
         </is>
       </c>
       <c r="M42" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="7"/>
       <c r="O42" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
           <t>(044)5433757, (044)5432229</t>
         </is>
       </c>
       <c r="Q42" s="4" t="inlineStr">
         <is>
           <t>(044)5433757</t>
         </is>
       </c>
       <c r="R42" s="4" t="inlineStr">
         <is>
-          <t>nvkdominanta@ukr.net</t>
+          <t>ldominanta@ukr.net</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
           <t>www.nvkdominanta.kiev.ua</t>
         </is>
       </c>
       <c r="T42" s="4" t="inlineStr">
         <is>
           <t>Директор Уфімцева Світлана Василівна</t>
         </is>
       </c>
       <c r="U42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W42" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5483,51 +5483,51 @@
       </c>
       <c r="L47" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M47" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="7"/>
       <c r="O47" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
           <t>(063)3198327</t>
         </is>
       </c>
       <c r="Q47" s="4"/>
       <c r="R47" s="4" t="inlineStr">
         <is>
-          <t>327tanya@ukr.net</t>
+          <t>327school@kyivcity.gov.ua</t>
         </is>
       </c>
       <c r="S47" s="4" t="inlineStr">
         <is>
           <t>http://school327.kiev.ua/</t>
         </is>
       </c>
       <c r="T47" s="4" t="inlineStr">
         <is>
           <t>Директор Стасюк Наталія Євгенівна</t>
         </is>
       </c>
       <c r="U47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W47" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -5973,2737 +5973,2846 @@
       <c r="U51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X51" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КИЇВСЬКА ГІМНАЗІЯ ГЕЛАКСІ СКУЛ</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "КИЇВСЬКИЙ ЛІЦЕЙ "УКРАЇНСЬКА ЄВРОПЕЙСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="B52" s="5" t="n">
-        <v>176682</v>
+        <v>176950</v>
       </c>
       <c r="C52" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "ГЕЛАКСІ СКУЛ"</t>
+          <t>КЛ "КИЇВСЬКИЙ ЛІЦЕЙ "УКРАЇНСЬКА ЄВРОПЕЙСЬКА ШКОЛА"</t>
         </is>
       </c>
       <c r="E52" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G52" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H52" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J52" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K52" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сверстюка Євгена, 6Г, офіс Б194</t>
+          <t>вулиця Краківська, 27, офіс 128</t>
         </is>
       </c>
       <c r="L52" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M52" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="7"/>
       <c r="O52" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P52" s="4" t="inlineStr">
         <is>
-          <t>(099)4407007</t>
+          <t>(093)7394970</t>
         </is>
       </c>
       <c r="Q52" s="4"/>
-      <c r="R52" s="4"/>
-[...4 lines deleted...]
-      </c>
+      <c r="R52" s="4" t="inlineStr">
+        <is>
+          <t>kyivlyceum.ues@gmail.com</t>
+        </is>
+      </c>
+      <c r="S52" s="4"/>
       <c r="T52" s="4" t="inlineStr">
         <is>
-          <t>Директор Постернак Олег Олександрович</t>
+          <t>Директор Шкурська Анастасія Олександрівна</t>
         </is>
       </c>
       <c r="U52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X52" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКА ПОЧАТКОВА ШКОЛА "ХЕППІ ХОМ СКУЛ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ КИЇВСЬКА ГІМНАЗІЯ ГЕЛАКСІ СКУЛ</t>
         </is>
       </c>
       <c r="B53" s="5" t="n">
-        <v>176710</v>
+        <v>176682</v>
       </c>
       <c r="C53" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО «ХЕППІ ХОМ СКУЛ»</t>
+          <t>ПЗЗСО "ГЕЛАКСІ СКУЛ"</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H53" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J53" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>вулиця Євгена Маланюка, 55/2</t>
+          <t>вулиця Сверстюка Євгена, 6Г, офіс Б194</t>
         </is>
       </c>
       <c r="L53" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M53" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="7"/>
       <c r="O53" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
-          <t>(098)5808089</t>
+          <t>(099)4407007</t>
         </is>
       </c>
       <c r="Q53" s="4"/>
-      <c r="R53" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R53" s="4"/>
       <c r="S53" s="4" t="inlineStr">
         <is>
-          <t>https://www.happyhome-school.com/</t>
+          <t>https://galaxy-school.com.ua/</t>
         </is>
       </c>
       <c r="T53" s="4" t="inlineStr">
         <is>
-          <t>Директор Тополова Катерина Олександрівна</t>
+          <t>Директор Постернак Олег Олександрович</t>
         </is>
       </c>
       <c r="U53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X53" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "СВІТ МОНТЕССОРІ"</t>
+          <t>Приватна організація (установа, заклад) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКА ПОЧАТКОВА ШКОЛА "ХЕППІ ХОМ СКУЛ"</t>
         </is>
       </c>
       <c r="B54" s="5" t="n">
-        <v>176615</v>
+        <v>176710</v>
       </c>
       <c r="C54" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "СВІТ МОНТЕССОРІ"</t>
+          <t>ПЗЗСО «ХЕППІ ХОМ СКУЛ»</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H54" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J54" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K54" s="4" t="inlineStr">
         <is>
-          <t>вулиця Хоткевича Гната, 13-А</t>
+          <t>вулиця Євгена Маланюка, 55/2</t>
         </is>
       </c>
       <c r="L54" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M54" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="7"/>
       <c r="O54" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
-          <t>(068)6615458</t>
+          <t>(098)5808089</t>
         </is>
       </c>
       <c r="Q54" s="4"/>
       <c r="R54" s="4" t="inlineStr">
         <is>
-          <t>mschoo1612@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S54" s="4"/>
+          <t>happy.school.kyiv@gmail.com</t>
+        </is>
+      </c>
+      <c r="S54" s="4" t="inlineStr">
+        <is>
+          <t>https://www.happyhome-school.com/</t>
+        </is>
+      </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Директор Савенко Світлана Юріївна</t>
+          <t>Директор Тополова Катерина Олександрівна</t>
         </is>
       </c>
       <c r="U54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X54" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "СИМФОНІЯ"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "СВІТ МОНТЕССОРІ"</t>
         </is>
       </c>
       <c r="B55" s="5" t="n">
-        <v>176738</v>
+        <v>176615</v>
       </c>
       <c r="C55" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО "КИЇВСЬКИЙ ЛІЦЕЙ "СИМФОНІЯ"</t>
+          <t>ПЗЗСО "СВІТ МОНТЕССОРІ"</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H55" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J55" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тороповського, 43</t>
+          <t>вулиця Хоткевича Гната, 13-А</t>
         </is>
       </c>
       <c r="L55" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M55" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="7"/>
       <c r="O55" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
-          <t>(063)4541666</t>
+          <t>(068)6615458</t>
         </is>
       </c>
       <c r="Q55" s="4"/>
       <c r="R55" s="4" t="inlineStr">
         <is>
-          <t>schoolsimfoniya@gmail.com</t>
+          <t>mschoo1612@gmail.com</t>
         </is>
       </c>
       <c r="S55" s="4"/>
       <c r="T55" s="4" t="inlineStr">
         <is>
-          <t>Директор Логачова Вікторія Олегівна</t>
+          <t>Директор Савенко Світлана Юріївна</t>
         </is>
       </c>
       <c r="U55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X55" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти І ступеня "Академія сучасної освіти" з поглибленим вивченням іноземних мов</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "КИЇВСЬКИЙ ЛІЦЕЙ "СИМФОНІЯ"</t>
         </is>
       </c>
       <c r="B56" s="5" t="n">
-        <v>144155</v>
+        <v>176738</v>
       </c>
       <c r="C56" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>ЗЗСО І ступеня "Академія сучасної освіти"</t>
+          <t>ПЗЗСО "КИЇВСЬКИЙ ЛІЦЕЙ "СИМФОНІЯ"</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G56" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H56" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J56" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K56" s="4" t="inlineStr">
         <is>
-          <t>вулиця Регенераторна, 4-В</t>
+          <t>вулиця Тороповського, 43</t>
         </is>
       </c>
       <c r="L56" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M56" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="7"/>
       <c r="O56" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>(044)3641364</t>
+          <t>(063)4541666</t>
         </is>
       </c>
       <c r="Q56" s="4"/>
       <c r="R56" s="4" t="inlineStr">
         <is>
-          <t>study@academy.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>schoolsimfoniya@gmail.com</t>
+        </is>
+      </c>
+      <c r="S56" s="4"/>
       <c r="T56" s="4" t="inlineStr">
         <is>
-          <t>Директор Тімонова Ольга Вікторівна</t>
+          <t>Директор Логачова Вікторія Олегівна</t>
         </is>
       </c>
       <c r="U56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X56" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>приватний заклад загальної середньої освіти І-ІІІ ступенів "Інноваційний ліцей "АЙ-СКУЛ"</t>
+          <t>Приватний заклад загальної середньої освіти І ступеня "Академія сучасної освіти" з поглибленим вивченням іноземних мов</t>
         </is>
       </c>
       <c r="B57" s="5" t="n">
-        <v>144147</v>
+        <v>144155</v>
       </c>
       <c r="C57" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "АЙ-СКУЛ"</t>
+          <t>ЗЗСО І ступеня "Академія сучасної освіти"</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G57" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H57" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J57" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>вулиця Князя Романа Мстиславича, 14</t>
+          <t>вулиця Регенераторна, 4-В</t>
         </is>
       </c>
       <c r="L57" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M57" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="7"/>
       <c r="O57" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>(093)3202030</t>
+          <t>(044)3641364</t>
         </is>
       </c>
       <c r="Q57" s="4"/>
       <c r="R57" s="4" t="inlineStr">
         <is>
-          <t>info@i-school.kiev.ua</t>
+          <t>study@academy.com.ua</t>
         </is>
       </c>
       <c r="S57" s="4" t="inlineStr">
         <is>
-          <t>i-school.kiev.ua</t>
+          <t>academyofficial.com.ua</t>
         </is>
       </c>
       <c r="T57" s="4" t="inlineStr">
         <is>
-          <t>Директор Чемериський Роман Васильович</t>
+          <t>Директор Тімонова Ольга Вікторівна</t>
         </is>
       </c>
       <c r="U57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X57" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад загальної середньої освіти ІІ-ІІІ ступенів «Гімназія А+»</t>
+          <t>приватний заклад загальної середньої освіти І-ІІІ ступенів "Інноваційний ліцей "АЙ-СКУЛ"</t>
         </is>
       </c>
       <c r="B58" s="5" t="n">
-        <v>149567</v>
+        <v>144147</v>
       </c>
       <c r="C58" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО ІІ-ІІІ ступенів "Гімназія А+"</t>
+          <t>Ліцей "АЙ-СКУЛ"</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G58" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H58" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J58" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K58" s="4" t="inlineStr">
         <is>
-          <t>вулиця Березнева, 14</t>
+          <t>вулиця Князя Романа Мстиславича, 14</t>
         </is>
       </c>
       <c r="L58" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M58" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="7"/>
       <c r="O58" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>(097)3331403, (067)9798243, (098)3399545</t>
+          <t>(093)3202030</t>
         </is>
       </c>
       <c r="Q58" s="4"/>
       <c r="R58" s="4" t="inlineStr">
         <is>
-          <t>gymnasium@academy.com.ua</t>
+          <t>info@i-school.kiev.ua</t>
         </is>
       </c>
       <c r="S58" s="4" t="inlineStr">
         <is>
-          <t>gymnasiumplus.com.ua</t>
+          <t>i-school.kiev.ua</t>
         </is>
       </c>
       <c r="T58" s="4" t="inlineStr">
         <is>
-          <t>Директор Мозгова Катерина Миколаївна</t>
+          <t>Директор Чемериський Роман Васильович</t>
         </is>
       </c>
       <c r="U58" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X58" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Приватний заклад освіти Київська початкова школа "Планета дитинства"</t>
+          <t>Приватний заклад загальної середньої освіти ІІ-ІІІ ступенів «Гімназія А+»</t>
         </is>
       </c>
       <c r="B59" s="5" t="n">
-        <v>176598</v>
+        <v>149567</v>
       </c>
       <c r="C59" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>ПЗО КПШ "Планета дитинства"</t>
+          <t>ПЗЗСО ІІ-ІІІ ступенів "Гімназія А+"</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G59" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H59" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J59" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>вулиця Березняківська, 38</t>
+          <t>вулиця Березнева, 14</t>
         </is>
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>(098)3588522</t>
+          <t>(097)3331403, (067)9798243, (098)3399545</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>olgazhuk71@ukr.net</t>
+          <t>gymnasium@academy.com.ua</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
-          <t>www.planetaditinstva.com</t>
+          <t>gymnasiumplus.com.ua</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
-          <t>Директор Жук Ольга Михайлівна</t>
+          <t>Директор Мозгова Катерина Миколаївна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЛІЦЕЙ "СЕНС СКУЛ"</t>
+          <t>Приватний заклад освіти Київська початкова школа "Планета дитинства"</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
-        <v>176696</v>
+        <v>176598</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
-          <t>ПЗО "ЛІЦЕЙ "СЕНС СКУЛ"</t>
+          <t>ПЗО КПШ "Планета дитинства"</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
-          <t>вулиця Воскресенська, 14-В</t>
+          <t>вулиця Березняківська, 38</t>
         </is>
       </c>
       <c r="L60" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="7"/>
       <c r="O60" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P60" s="4" t="inlineStr">
         <is>
-          <t>(044)3442147</t>
+          <t>(098)3588522</t>
         </is>
       </c>
       <c r="Q60" s="4"/>
       <c r="R60" s="4" t="inlineStr">
         <is>
-          <t>n.nalyvkina@sense.study</t>
+          <t>olgazhuk71@ukr.net</t>
         </is>
       </c>
       <c r="S60" s="4" t="inlineStr">
         <is>
-          <t>http://sense.study/</t>
+          <t>www.planetaditinstva.com</t>
         </is>
       </c>
       <c r="T60" s="4" t="inlineStr">
         <is>
-          <t>Директор Наливкіна Наталія Миколаївна</t>
+          <t>Директор Жук Ольга Михайлівна</t>
         </is>
       </c>
       <c r="U60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X60" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>приватний заклад освіти Ліцей "СТОЛИЦЯ"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ЛІЦЕЙ "СЕНС СКУЛ"</t>
         </is>
       </c>
       <c r="B61" s="5" t="n">
-        <v>143345</v>
+        <v>176696</v>
       </c>
       <c r="C61" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
-          <t>ПЗО ЛІЦЕЙ "СТОЛИЦЯ"</t>
+          <t>ПЗО "ЛІЦЕЙ "СЕНС СКУЛ"</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H61" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вершигори, 9 -Б</t>
+          <t>вулиця Воскресенська, 14-В</t>
         </is>
       </c>
       <c r="L61" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="7"/>
       <c r="O61" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
-          <t>(066)1643128, (068)2564827</t>
+          <t>(044)3442147</t>
         </is>
       </c>
       <c r="Q61" s="4"/>
       <c r="R61" s="4" t="inlineStr">
         <is>
-          <t>stolitsa-gim@ukr.net</t>
+          <t>n.nalyvkina@sense.study</t>
         </is>
       </c>
       <c r="S61" s="4" t="inlineStr">
         <is>
-          <t>www.stolitsa-gim.kiev.ua</t>
+          <t>http://sense.study/</t>
         </is>
       </c>
       <c r="T61" s="4" t="inlineStr">
         <is>
-          <t>Директор Сіліч Тетяна Володимирівна</t>
+          <t>Директор Наливкіна Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X61" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y61" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Русанівський ліцей Дніпровського району м. Києва</t>
+          <t>приватний заклад освіти Ліцей "СТОЛИЦЯ"</t>
         </is>
       </c>
       <c r="B62" s="5" t="n">
-        <v>145236</v>
+        <v>143345</v>
       </c>
       <c r="C62" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
-          <t>Русанівський ліцей м. Києва</t>
+          <t>ПЗО ЛІЦЕЙ "СТОЛИЦЯ"</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H62" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>бульвар І.Шамо, 17-А</t>
+          <t>вулиця Вершигори, 9 -Б</t>
         </is>
       </c>
       <c r="L62" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="7"/>
       <c r="O62" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
-          <t>(063)3198340</t>
+          <t>(066)1643128, (068)2564827</t>
         </is>
       </c>
       <c r="Q62" s="4"/>
       <c r="R62" s="4" t="inlineStr">
         <is>
-          <t>info@rl.kiev.ua</t>
+          <t>stolitsa-gim@ukr.net</t>
         </is>
       </c>
       <c r="S62" s="4" t="inlineStr">
         <is>
-          <t>rl.kiev.ua</t>
+          <t>www.stolitsa-gim.kiev.ua</t>
         </is>
       </c>
       <c r="T62" s="4" t="inlineStr">
         <is>
-          <t>Директор Тимошенко Світлана Орестівна</t>
+          <t>Директор Сіліч Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X62" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа II-III ступеня №325 "Щастя"</t>
+          <t>Русанівський ліцей Дніпровського району м. Києва</t>
         </is>
       </c>
       <c r="B63" s="5" t="n">
-        <v>145185</v>
+        <v>145236</v>
       </c>
       <c r="C63" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа II-III ступеня №325 "Щастя"</t>
+          <t>Русанівський ліцей м. Києва</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H63" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>проспект Романа Шухевича, 22-Б</t>
+          <t>бульвар І.Шамо, 17-А</t>
         </is>
       </c>
       <c r="L63" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="7"/>
       <c r="O63" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
-          <t>(063)3198301</t>
+          <t>(063)3198340</t>
         </is>
       </c>
       <c r="Q63" s="4"/>
       <c r="R63" s="4" t="inlineStr">
         <is>
-          <t>shast_ye325@ukr.net</t>
+          <t>info@rl.kiev.ua</t>
         </is>
       </c>
       <c r="S63" s="4" t="inlineStr">
         <is>
-          <t>school325.kiev.sch.in.ua</t>
+          <t>rl.kiev.ua</t>
         </is>
       </c>
       <c r="T63" s="4" t="inlineStr">
         <is>
-          <t>Директор Панасюк Володимир Сергійович</t>
+          <t>Директор Тимошенко Світлана Орестівна</t>
         </is>
       </c>
       <c r="U63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X63" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа №18 Дніпровського району м. Києва</t>
+          <t>Спеціалізована школа II-III ступеня №325 "Щастя"</t>
         </is>
       </c>
       <c r="B64" s="5" t="n">
-        <v>145263</v>
+        <v>145185</v>
       </c>
       <c r="C64" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>СШ № 18 м. Києва</t>
+          <t>Спеціалізована школа II-III ступеня №325 "Щастя"</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H64" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>проспект Воскресенський, 23</t>
+          <t>проспект Романа Шухевича, 22-Б</t>
         </is>
       </c>
       <c r="L64" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="7"/>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>(063)3198546</t>
+          <t>(063)3198301</t>
         </is>
       </c>
       <c r="Q64" s="4"/>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>internat18@i.ua</t>
+          <t>shast_ye325@ukr.net</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>http://internat18.ucoz.net</t>
+          <t>school325.kiev.sch.in.ua</t>
         </is>
       </c>
       <c r="T64" s="4" t="inlineStr">
         <is>
-          <t>Директор Федосєєва Наталія Юріївна</t>
+          <t>Директор Панасюк Володимир Сергійович</t>
         </is>
       </c>
       <c r="U64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X64" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y64" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>спеціальна школа №26 Дніпровського району м. Києва</t>
+          <t>спеціальна школа №18 Дніпровського району м. Києва</t>
         </is>
       </c>
       <c r="B65" s="5" t="n">
-        <v>145262</v>
+        <v>145263</v>
       </c>
       <c r="C65" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
-          <t>СШ №26 м. Києва</t>
+          <t>СШ № 18 м. Києва</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H65" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>проспект Воскресенський, 1</t>
+          <t>проспект Воскресенський, 23</t>
         </is>
       </c>
       <c r="L65" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N65" s="7"/>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
-          <t>(063)3198554</t>
+          <t>(063)3198546</t>
         </is>
       </c>
       <c r="Q65" s="4"/>
       <c r="R65" s="4" t="inlineStr">
         <is>
-          <t>26i.school@kmda.gov.ua</t>
+          <t>internat18@i.ua</t>
         </is>
       </c>
       <c r="S65" s="4" t="inlineStr">
         <is>
-          <t>www.internat26.ucoz.ua</t>
+          <t>http://internat18.ucoz.net</t>
         </is>
       </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
-          <t>Директор Павлюченко Ольга Миколаївна</t>
+          <t>Директор Федосєєва Наталія Юріївна</t>
         </is>
       </c>
       <c r="U65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X65" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Технічний ліцей Дніпровського району м. Києва</t>
+          <t>спеціальна школа №26 Дніпровського району м. Києва</t>
         </is>
       </c>
       <c r="B66" s="5" t="n">
-        <v>145237</v>
+        <v>145262</v>
       </c>
       <c r="C66" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Технічний ліцей м. Києва</t>
+          <t>СШ №26 м. Києва</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>спеціальна школа</t>
         </is>
       </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H66" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K66" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тампере, 9</t>
+          <t>проспект Воскресенський, 1</t>
         </is>
       </c>
       <c r="L66" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N66" s="7"/>
       <c r="O66" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>(063)3198353, (063)3198359</t>
+          <t>(063)3198554</t>
         </is>
       </c>
       <c r="Q66" s="4"/>
       <c r="R66" s="4" t="inlineStr">
         <is>
-          <t>dtl-licej@ukr.net</t>
+          <t>26i.school@kmda.gov.ua</t>
         </is>
       </c>
       <c r="S66" s="4" t="inlineStr">
         <is>
-          <t>http://tl.kyiv.ua/</t>
+          <t>www.internat26.ucoz.ua</t>
         </is>
       </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Директор Андрієнко Анатолій Михайлович</t>
+          <t>Директор Павлюченко Ольга Миколаївна</t>
         </is>
       </c>
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ЛІЦЕЙ «ПЕРСПЕКТИВА»</t>
+          <t>Технічний ліцей Дніпровського району м. Києва</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>176681</v>
+        <v>145237</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «ЛІЦЕЙ «ПЕРСПЕКТИВА»</t>
+          <t>Технічний ліцей м. Києва</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Р. Окіпної, 8</t>
+          <t>вулиця Тампере, 9</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(097)6188877, (050)1697467</t>
+          <t>(063)3198353, (063)3198359</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>perspectiva310523@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S67" s="4"/>
+          <t>dtl-licej@ukr.net</t>
+        </is>
+      </c>
+      <c r="S67" s="4" t="inlineStr">
+        <is>
+          <t>http://tl.kyiv.ua/</t>
+        </is>
+      </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Директор Лищук Ірина Вікторівна</t>
+          <t>Директор Андрієнко Анатолій Михайлович</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЄВО-ВОСКРЕСЕНСЬКИЙ ЛІЦЕЙ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ЛІЦЕЙ «ПЕРСПЕКТИВА»</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>176518</v>
+        <v>176681</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "КВЛ"</t>
+          <t>ТОВ «ЛІЦЕЙ «ПЕРСПЕКТИВА»</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця 4 лінія, 72</t>
+          <t>вулиця Р. Окіпної, 8</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(050)1023290</t>
+          <t>(097)6188877, (050)1697467</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>kvl.lyceum@gmail.com</t>
+          <t>perspectiva310523@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4"/>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Матушкіна Ірина Миколаївна</t>
+          <t>Директор Лищук Ірина Вікторівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "ЕЛІСЕН"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЄВО-ВОСКРЕСЕНСЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>176533</v>
+        <v>176518</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "КИЇВСЬКИЙ ЛІЦЕЙ "ЕЛІСЕН"</t>
+          <t>ТОВ "КВЛ"</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вінстона Черчилля, 18-Б</t>
+          <t>вулиця 4 лінія, 72</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(098)7008003</t>
+          <t>(050)1023290</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>oleg.tsymbalenko@gmail.com</t>
+          <t>kvl.lyceum@gmail.com</t>
         </is>
       </c>
       <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Цимбаленко Олег Миколайович</t>
+          <t>Директор Матушкіна Ірина Миколаївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський ліцей "Імпульс"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "ЕЛІСЕН"</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>176897</v>
+        <v>176533</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Київський ліцей "Імпульс"</t>
+          <t>ТОВ "КИЇВСЬКИЙ ЛІЦЕЙ "ЕЛІСЕН"</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Сверстюка Євгена, 6Е, офіс А163</t>
+          <t>вулиця Вінстона Черчилля, 18-Б</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(067)4675803</t>
+          <t>(098)7008003</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>service@impulse.net.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>oleg.tsymbalenko@gmail.com</t>
+        </is>
+      </c>
+      <c r="S70" s="4"/>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Борисова Марія Ігорівна</t>
+          <t>Директор Цимбаленко Олег Миколайович</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ НЬЮ ТОН"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Київський ліцей "Імпульс"</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>176790</v>
+        <v>176897</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Школа Нью Тон"</t>
+          <t>ТОВ "Київський ліцей "Імпульс"</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Раїси Окіпної, 18</t>
+          <t>вулиця Сверстюка Євгена, 6Е, офіс А163</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
+          <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(050)4807222</t>
+          <t>(067)4675803</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>school.newtone@gmail.com</t>
+          <t>service@impulse.net.ua</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>www.newtone.school</t>
+          <t>http://impulse.net.ua</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Байдачна Олена Василівна</t>
+          <t>Директор Борисова Марія Ігорівна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНИЙ ЛІЦЕЙ СИНТЕСИС АКЕДЕМІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ НЬЮ ТОН"</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>176886</v>
+        <v>176790</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "МІЖНАРОДНИЙ ЛІЦЕЙ СИНТЕСИС АКЕДЕМІ"</t>
+          <t>ТОВ "Школа Нью Тон"</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Старосільська, 1</t>
+          <t>вулиця Раїси Окіпної, 18</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(044)5407540</t>
-[...6 lines deleted...]
-      </c>
+          <t>(050)4807222</t>
+        </is>
+      </c>
+      <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>office@synthesys.academy</t>
+          <t>school.newtone@gmail.com</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>www.synthesys.academy</t>
+          <t>www.newtone.school</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Поліщук Сергій Олександрович</t>
+          <t>Директор Байдачна Олена Василівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватний заклад загальної середньої освіти "Початкова школа "КД СКУЛ" м.Києва"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "МІЖНАРОДНИЙ ЛІЦЕЙ СИНТЕСИС АКЕДЕМІ"</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>176783</v>
+        <v>176886</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "КД СКУЛ"</t>
+          <t>ТОВ "МІЖНАРОДНИЙ ЛІЦЕЙ СИНТЕСИС АКЕДЕМІ"</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Микільсько-Слобідська, 2А</t>
+          <t>вулиця Старосільська, 1</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(063)2333332</t>
-[...2 lines deleted...]
-      <c r="Q73" s="4"/>
+          <t>(044)5407540</t>
+        </is>
+      </c>
+      <c r="Q73" s="4" t="inlineStr">
+        <is>
+          <t>(044)5407540</t>
+        </is>
+      </c>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>info@sadochok.net.ua</t>
-[...2 lines deleted...]
-      <c r="S73" s="4"/>
+          <t>office@synthesys.academy</t>
+        </is>
+      </c>
+      <c r="S73" s="4" t="inlineStr">
+        <is>
+          <t>www.synthesys.academy</t>
+        </is>
+      </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Пашкевич Людмила Валентинівна</t>
+          <t>Директор Поліщук Сергій Олександрович</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Софі-Емілі Монтессорі школа-дитячий садок з поглибленим вивченням іноземних мов та ІТ технологій"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватний заклад загальної середньої освіти "Початкова школа "КД СКУЛ" м.Києва"</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>176737</v>
+        <v>176783</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Софі-Емілі Монтессорі школа-дитячий садок"</t>
+          <t>ТОВ "ПЗЗСО "КД СКУЛ"</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>проспект Воскресенський, 10А, офіс 172</t>
+          <t>вулиця Микільсько-Слобідська, 2А</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(097)1006390</t>
+          <t>(063)2333332</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>irina-bs1968@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>info@sadochok.net.ua</t>
+        </is>
+      </c>
+      <c r="S74" s="4"/>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Ярошенко Ірина Олександрівна</t>
+          <t>Директор Боярчук Катерина Володимирівна</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
-          <t>Опорний заклад</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ОСВІТИ "ДЖЕММ"</t>
+          <t>Товариство з обмеженою відповідальністю "Софі-Емілі Монтессорі школа-дитячий садок з поглибленим вивченням іноземних мов та ІТ технологій"</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>176460</v>
+        <v>176737</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЦО "ДЖЕММ"</t>
+          <t>ТОВ "Софі-Емілі Монтессорі школа-дитячий садок"</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>8036600000</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Раїси Окіпної, 10-Б</t>
+          <t>проспект Воскресенський, 10А, офіс 172</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(044)5682020</t>
+          <t>(097)1006390</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>office@jammschool.com</t>
+          <t>irina-bs1968@ukr.net</t>
         </is>
       </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
-          <t>www.jammschool.com.ua</t>
+          <t>https://sofi-emili.com.ua/</t>
         </is>
       </c>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Василевський Олег Володимирович</t>
+          <t>Директор Ярошенко Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Опорний заклад</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="4" t="inlineStr">
+        <is>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЦЕНТР ОСВІТИ "ДЖЕММ"</t>
+        </is>
+      </c>
+      <c r="B76" s="5" t="n">
+        <v>176460</v>
+      </c>
+      <c r="C76" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ЦО "ДЖЕММ"</t>
+        </is>
+      </c>
+      <c r="E76" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G76" s="4" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="H76" s="6" t="inlineStr">
+        <is>
+          <t>8036600000</t>
+        </is>
+      </c>
+      <c r="I76" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="J76" s="4" t="inlineStr">
+        <is>
+          <t>Київ</t>
+        </is>
+      </c>
+      <c r="K76" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Раїси Окіпної, 10-Б</t>
+        </is>
+      </c>
+      <c r="L76" s="6" t="inlineStr">
+        <is>
+          <t>UA80000000000479391</t>
+        </is>
+      </c>
+      <c r="M76" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N76" s="7"/>
+      <c r="O76" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Дніпровської районної в місті Києві державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P76" s="4" t="inlineStr">
+        <is>
+          <t>(044)5682020</t>
+        </is>
+      </c>
+      <c r="Q76" s="4"/>
+      <c r="R76" s="4" t="inlineStr">
+        <is>
+          <t>office@jammschool.com</t>
+        </is>
+      </c>
+      <c r="S76" s="4" t="inlineStr">
+        <is>
+          <t>www.jammschool.com.ua</t>
+        </is>
+      </c>
+      <c r="T76" s="4" t="inlineStr">
+        <is>
+          <t>Директор Василевський Олег Володимирович</t>
+        </is>
+      </c>
+      <c r="U76" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V76" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W76" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X76" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y76" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y75"/>
+  <autoFilter ref="A1:Y76"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>