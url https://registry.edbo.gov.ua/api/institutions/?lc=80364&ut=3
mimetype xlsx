--- v0 (2025-10-19)
+++ v1 (2025-12-05)
@@ -618,51 +618,51 @@
       <c r="M4" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="7"/>
       <c r="O4" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P4" s="4" t="inlineStr">
         <is>
           <t>(044)5130767</t>
         </is>
       </c>
       <c r="Q4" s="4"/>
       <c r="R4" s="4" t="inlineStr">
         <is>
           <t>schepl97@ukr.net</t>
         </is>
       </c>
       <c r="S4" s="4"/>
       <c r="T4" s="4" t="inlineStr">
         <is>
-          <t>Директор Орлова Ольга Миколаївна</t>
+          <t>В.о. директора Скриннік Мирослава Віталіївна</t>
         </is>
       </c>
       <c r="U4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X4" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
@@ -1276,51 +1276,51 @@
       </c>
       <c r="N10" s="7"/>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>(044)5303872</t>
         </is>
       </c>
       <c r="Q10" s="4"/>
       <c r="R10" s="4" t="inlineStr">
         <is>
           <t>293lyceum@gmail.com</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>https://kyiv293.licey.org.ua/</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Директор Ляшенко Анна Миколаївна</t>
+          <t>В.о. директора Петруньок Оксана Юріївна</t>
         </is>
       </c>
       <c r="U10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X10" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
@@ -3079,51 +3079,51 @@
       <c r="A27" s="4" t="inlineStr">
         <is>
           <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
         <v>176562</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>ПЗ "ЗЗСО "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
           <t>вулиця Радунська, 8/13, прим.186</t>
@@ -3686,51 +3686,51 @@
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>(044)518-57-35</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
           <t>sh202@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>Директор Присяжнюк Лідія Михайлівна</t>
+          <t>В.о. директора Рєпа Олександра Володимирівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">