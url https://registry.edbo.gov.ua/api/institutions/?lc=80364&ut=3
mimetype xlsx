--- v1 (2025-12-05)
+++ v2 (2026-02-13)
@@ -1526,2429 +1526,2429 @@
       <c r="U12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X12" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №306 Деснянського району міста Києва</t>
+          <t>Ліцей №23 "АРТ" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B13" s="5" t="n">
-        <v>149629</v>
+        <v>149633</v>
       </c>
       <c r="C13" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №306</t>
+          <t>Ліцей № 23 "АРТ"</t>
         </is>
       </c>
       <c r="E13" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G13" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H13" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J13" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K13" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лисківська, 4-А</t>
+          <t>вулиця Путивльська, 35</t>
         </is>
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
-          <t>(044)5300641</t>
+          <t>(044)513-40-54</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>apy@ukr.net</t>
+          <t>sh232009@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
-          <t>Директор Коцюба Тетяна Володимирівна</t>
+          <t>Директор Ігнатов Олександр Володимирович</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №307 Деснянського району міста Києва</t>
+          <t>Ліцей №306 Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B14" s="5" t="n">
-        <v>149626</v>
+        <v>149629</v>
       </c>
       <c r="C14" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
-          <t>Ліцей № 307</t>
+          <t>Ліцей №306</t>
         </is>
       </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G14" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H14" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J14" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>вулиця Лісківська, 4-Б</t>
+          <t>вулиця Лисківська, 4-А</t>
         </is>
       </c>
       <c r="L14" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M14" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="7"/>
       <c r="O14" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>(044)530-06-42</t>
+          <t>(044)5300641</t>
         </is>
       </c>
       <c r="Q14" s="4"/>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>sh307@ukr.net</t>
+          <t>apy@ukr.net</t>
         </is>
       </c>
       <c r="S14" s="4"/>
       <c r="T14" s="4" t="inlineStr">
         <is>
-          <t>Директор Лапіка Ірина Олександрівна</t>
+          <t>Директор Коцюба Тетяна Володимирівна</t>
         </is>
       </c>
       <c r="U14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X14" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Ліцей №39 імені гетьмана України Богдана Хмельницького Деснянського району міста Києва</t>
+          <t>Ліцей №307 Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B15" s="5" t="n">
-        <v>149466</v>
+        <v>149626</v>
       </c>
       <c r="C15" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
-          <t>КО ЛІЦЕЙ № 39 М. КИЄВА</t>
+          <t>Ліцей № 307</t>
         </is>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H15" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J15" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>проспект Лісовий, 17-Г</t>
+          <t>вулиця Лісківська, 4-Б</t>
         </is>
       </c>
       <c r="L15" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M15" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N15" s="7"/>
       <c r="O15" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
-          <t>(044)5185785</t>
+          <t>(044)530-06-42</t>
         </is>
       </c>
       <c r="Q15" s="4"/>
       <c r="R15" s="4" t="inlineStr">
         <is>
-          <t>gimnazia39@ukr.net</t>
+          <t>sh307@ukr.net</t>
         </is>
       </c>
       <c r="S15" s="4"/>
       <c r="T15" s="4" t="inlineStr">
         <is>
-          <t>Директор Кулик Валентина Володимирівна</t>
+          <t>Директор Лапіка Ірина Олександрівна</t>
         </is>
       </c>
       <c r="U15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X15" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y15" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Троєщина" Деснянського району міста Києва</t>
+          <t>Ліцей №39 імені гетьмана України Богдана Хмельницького Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B16" s="5" t="n">
-        <v>142250</v>
+        <v>149466</v>
       </c>
       <c r="C16" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Троєщина" м. Києва</t>
+          <t>КО ЛІЦЕЙ № 39 М. КИЄВА</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H16" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
-          <t>вулиця Олександри Екстер, 14-В</t>
+          <t>проспект Лісовий, 17-Г</t>
         </is>
       </c>
       <c r="L16" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M16" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N16" s="7"/>
       <c r="O16" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>(044)530-06-97, (044)530-06-94, (044)530-06-98</t>
+          <t>(044)5185785</t>
         </is>
       </c>
       <c r="Q16" s="4"/>
       <c r="R16" s="4" t="inlineStr">
         <is>
-          <t>gimntroeschina@ukr.net</t>
+          <t>gimnazia39@ukr.net</t>
         </is>
       </c>
       <c r="S16" s="4"/>
       <c r="T16" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Гриценко Наталія Іванівна</t>
+          <t>Директор Кулик Валентина Володимирівна</t>
         </is>
       </c>
       <c r="U16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X16" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД-ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ПРЕСТИЖ"</t>
+          <t>Ліцей "Троєщина" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B17" s="5" t="n">
-        <v>140648</v>
+        <v>142250</v>
       </c>
       <c r="C17" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
-          <t>НВК "Престиж"</t>
+          <t>Ліцей "Троєщина" м. Києва</t>
         </is>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
-          <t>навчально-виховний комплекс (об'єднання)</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H17" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J17" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>бульвар Вигурівський, 13-А</t>
+          <t>вулиця Олександри Екстер, 14-В</t>
         </is>
       </c>
       <c r="L17" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M17" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N17" s="7"/>
       <c r="O17" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>(044)5322301, (044)5301321</t>
+          <t>(044)530-06-97, (044)530-06-94, (044)530-06-98</t>
         </is>
       </c>
       <c r="Q17" s="4"/>
       <c r="R17" s="4" t="inlineStr">
         <is>
-          <t>nc_pestige@ukr.net</t>
+          <t>gimntroeschina@ukr.net</t>
         </is>
       </c>
       <c r="S17" s="4"/>
       <c r="T17" s="4" t="inlineStr">
         <is>
-          <t>Директор Євтухова Тетяна Олександрівна</t>
+          <t>В.о. директора Гриценко Наталія Іванівна</t>
         </is>
       </c>
       <c r="U17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X17" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y17" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №311 Деснянського району міста Києва</t>
+          <t>НАВЧАЛЬНО-ВИХОВНИЙ КОМПЛЕКС "ДОШКІЛЬНИЙ НАВЧАЛЬНИЙ ЗАКЛАД-ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ПРЕСТИЖ"</t>
         </is>
       </c>
       <c r="B18" s="5" t="n">
-        <v>150323</v>
+        <v>140648</v>
       </c>
       <c r="C18" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
-          <t>ПШ №311</t>
+          <t>НВК "Престиж"</t>
         </is>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>навчально-виховний комплекс (об'єднання)</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H18" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J18" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>вулиця Милославська, 27</t>
+          <t>бульвар Вигурівський, 13-А</t>
         </is>
       </c>
       <c r="L18" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M18" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N18" s="7"/>
       <c r="O18" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
-          <t>(044)5301141</t>
+          <t>(044)5322301, (044)5301321</t>
         </is>
       </c>
       <c r="Q18" s="4"/>
       <c r="R18" s="4" t="inlineStr">
         <is>
-          <t>shkola311@bigmir.net</t>
+          <t>nc_pestige@ukr.net</t>
         </is>
       </c>
       <c r="S18" s="4"/>
       <c r="T18" s="4" t="inlineStr">
         <is>
-          <t>Директор Колчанова Тетяна Анатоліївна</t>
+          <t>Директор Євтухова Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X18" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №312 Деснянського району міста Києва</t>
+          <t>Початкова школа №311 Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B19" s="5" t="n">
-        <v>150450</v>
+        <v>150323</v>
       </c>
       <c r="C19" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>ПШ №312</t>
+          <t>ПШ №311</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H19" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J19" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 12</t>
+          <t>вулиця Милославська, 27</t>
         </is>
       </c>
       <c r="L19" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M19" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N19" s="7"/>
       <c r="O19" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
-          <t>(044)5152842</t>
+          <t>(044)5301141</t>
         </is>
       </c>
       <c r="Q19" s="4"/>
       <c r="R19" s="4" t="inlineStr">
         <is>
-          <t>school312@ukr.net</t>
+          <t>shkola311@bigmir.net</t>
         </is>
       </c>
       <c r="S19" s="4"/>
       <c r="T19" s="4" t="inlineStr">
         <is>
-          <t>Директор Дьяченко Тетяна Леонтіївна</t>
+          <t>Директор Колчанова Тетяна Анатоліївна</t>
         </is>
       </c>
       <c r="U19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X19" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа №322 Деснянського району міста Києва</t>
+          <t>Початкова школа №312 Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B20" s="5" t="n">
-        <v>142299</v>
+        <v>150450</v>
       </c>
       <c r="C20" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>ПШ № 322</t>
+          <t>ПШ №312</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H20" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>проспект Червоної Калини, 38-А</t>
+          <t>вулиця Каштанова, 12</t>
         </is>
       </c>
       <c r="L20" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M20" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N20" s="7"/>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
-          <t>(044)360-52-50</t>
+          <t>(044)5152842</t>
         </is>
       </c>
       <c r="Q20" s="4"/>
       <c r="R20" s="4" t="inlineStr">
         <is>
-          <t>sh322kiev@ukr.net</t>
+          <t>school312@ukr.net</t>
         </is>
       </c>
       <c r="S20" s="4"/>
       <c r="T20" s="4" t="inlineStr">
         <is>
-          <t>Директор Ковалевська Ірина Володимирівна</t>
+          <t>Директор Дьяченко Тетяна Леонтіївна</t>
         </is>
       </c>
       <c r="U20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X20" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y20" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Вікторія" Деснянського району міста Києва</t>
+          <t>Початкова школа №322 Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B21" s="5" t="n">
-        <v>142997</v>
+        <v>142299</v>
       </c>
       <c r="C21" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
-          <t>ПШ "Вікторія"</t>
+          <t>ПШ № 322</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H21" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J21" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>вулиця Закревського, 85 в</t>
+          <t>проспект Червоної Калини, 38-А</t>
         </is>
       </c>
       <c r="L21" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M21" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N21" s="7"/>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>(044)5301507</t>
+          <t>(044)360-52-50</t>
         </is>
       </c>
       <c r="Q21" s="4"/>
       <c r="R21" s="4" t="inlineStr">
         <is>
-          <t>shviktoriya@ukr.net</t>
+          <t>sh322kiev@ukr.net</t>
         </is>
       </c>
       <c r="S21" s="4"/>
       <c r="T21" s="4" t="inlineStr">
         <is>
-          <t>Директор Левченко Наталія Петрівна</t>
+          <t>Директор Ковалевська Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X21" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Деснянка" Деснянського району міста Києва</t>
+          <t>Початкова школа "Вікторія" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B22" s="5" t="n">
-        <v>145322</v>
+        <v>142997</v>
       </c>
       <c r="C22" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
-          <t>ПШ "Деснянка"</t>
+          <t>ПШ "Вікторія"</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H22" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>бульвар Вигурівський, 13-Б</t>
+          <t>вулиця Закревського, 85 в</t>
         </is>
       </c>
       <c r="L22" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M22" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N22" s="7"/>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>(044)530-13-22</t>
+          <t>(044)5301507</t>
         </is>
       </c>
       <c r="Q22" s="4"/>
       <c r="R22" s="4" t="inlineStr">
         <is>
-          <t>school_desnyanka@ukr.net</t>
+          <t>shviktoriya@ukr.net</t>
         </is>
       </c>
       <c r="S22" s="4"/>
       <c r="T22" s="4" t="inlineStr">
         <is>
-          <t>Директор Діденко Людмила Федорівна</t>
+          <t>Директор Левченко Наталія Петрівна</t>
         </is>
       </c>
       <c r="U22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X22" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y22" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Київські каштани" Деснянського району міста Києва</t>
+          <t>Початкова школа "Деснянка" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B23" s="5" t="n">
-        <v>144629</v>
+        <v>145322</v>
       </c>
       <c r="C23" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
-          <t>ПШ "Київські каштани"</t>
+          <t>ПШ "Деснянка"</t>
         </is>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H23" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J23" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>вулиця Каштанова, 13-Б</t>
+          <t>бульвар Вигурівський, 13-Б</t>
         </is>
       </c>
       <c r="L23" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M23" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N23" s="7"/>
       <c r="O23" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>(044)546-58-52</t>
+          <t>(044)530-13-22</t>
         </is>
       </c>
       <c r="Q23" s="4"/>
-      <c r="R23" s="4"/>
+      <c r="R23" s="4" t="inlineStr">
+        <is>
+          <t>school_desnyanka@ukr.net</t>
+        </is>
+      </c>
       <c r="S23" s="4"/>
       <c r="T23" s="4" t="inlineStr">
         <is>
-          <t>Директор Атаманчук Ірина Михайлівна</t>
+          <t>Директор Діденко Людмила Федорівна</t>
         </is>
       </c>
       <c r="U23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X23" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Лісові дзвіночки" Деснянського району міста Києва</t>
+          <t>Початкова школа "Київські каштани" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B24" s="5" t="n">
-        <v>142543</v>
+        <v>144629</v>
       </c>
       <c r="C24" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>ПШ "Лісові дзвіночки"</t>
+          <t>ПШ "Київські каштани"</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H24" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>вулиця Космонавта Волкова, 22а</t>
+          <t>вулиця Каштанова, 13-Б</t>
         </is>
       </c>
       <c r="L24" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="7"/>
       <c r="O24" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>(044)5182302</t>
+          <t>(044)546-58-52</t>
         </is>
       </c>
       <c r="Q24" s="4"/>
-      <c r="R24" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R24" s="4"/>
       <c r="S24" s="4"/>
       <c r="T24" s="4" t="inlineStr">
         <is>
-          <t>Директор Науменко Галина Віталіївна</t>
+          <t>Директор Атаманчук Ірина Михайлівна</t>
         </is>
       </c>
       <c r="U24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X24" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y24" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Початкова школа "Усмішка" Деснянського району міста Києва</t>
+          <t>Початкова школа "Лісові дзвіночки" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B25" s="5" t="n">
-        <v>145486</v>
+        <v>142543</v>
       </c>
       <c r="C25" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>ПШ "Усмішка"</t>
+          <t>ПШ "Лісові дзвіночки"</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H25" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>вулиця Бальзака, 90-а</t>
+          <t>вулиця Космонавта Волкова, 22а</t>
         </is>
       </c>
       <c r="L25" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M25" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N25" s="7"/>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
-          <t>(044)530-06-77</t>
+          <t>(044)5182302</t>
         </is>
       </c>
       <c r="Q25" s="4"/>
       <c r="R25" s="4" t="inlineStr">
         <is>
-          <t>usmishka-school@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk_ld@ukr.net</t>
+        </is>
+      </c>
+      <c r="S25" s="4"/>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Директор Івашутич Ірина Тихонівна</t>
+          <t>Директор Науменко Галина Віталіївна</t>
         </is>
       </c>
       <c r="U25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X25" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y25" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Приватна організація (установа, заклад) "Заклад загальної середньої освіти "Міжнародний ліцей Глобус" м. Києва</t>
+          <t>Початкова школа "Усмішка" Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B26" s="5" t="n">
-        <v>142840</v>
+        <v>145486</v>
       </c>
       <c r="C26" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Ліцей "Глобус"</t>
+          <t>ПШ "Усмішка"</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Комунальна</t>
         </is>
       </c>
       <c r="H26" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J26" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>вулиця Миколи Закревського, 42</t>
+          <t>вулиця Бальзака, 90-а</t>
         </is>
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
-          <t>(044)4813371</t>
+          <t>(044)530-06-77</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>info@gimnasium.com.ua</t>
+          <t>usmishka-school@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>gimnasium.com.ua</t>
+          <t>https://sites.google.com/view/usmishka-school/</t>
         </is>
       </c>
       <c r="T26" s="4" t="inlineStr">
         <is>
-          <t>Директор Савченко Діана Володимирівна</t>
+          <t>Директор Івашутич Ірина Тихонівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
+          <t>Приватна організація (установа, заклад) "Заклад загальної середньої освіти "Міжнародний ліцей Глобус" м. Києва</t>
         </is>
       </c>
       <c r="B27" s="5" t="n">
-        <v>176562</v>
+        <v>142840</v>
       </c>
       <c r="C27" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>ПЗ "ЗЗСО "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
+          <t>Ліцей "Глобус"</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H27" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J27" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>вулиця Радунська, 8/13, прим.186</t>
+          <t>вулиця Миколи Закревського, 42</t>
         </is>
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
-          <t>(095)5246079</t>
+          <t>(044)4813371</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>totosha.school@gmail.com</t>
+          <t>info@gimnasium.com.ua</t>
         </is>
       </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
-          <t>https://totosha.kiev.ua/uk/pochatkova-shkola/</t>
+          <t>gimnasium.com.ua</t>
         </is>
       </c>
       <c r="T27" s="4" t="inlineStr">
         <is>
-          <t>Директор Cлободянюк-Калиновська Антоніна Володимирівна</t>
+          <t>Директор Савченко Діана Володимирівна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Київська загальноосвітня гімназія "Грейс"</t>
+          <t>ПРИВАТНА ОРГАНІЗАЦІЯ (УСТАНОВА, ЗАКЛАД) ПРИВАТНИЙ ЗАКЛАД "ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ І-ІІІ СТУПЕНІВ "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="B28" s="5" t="n">
-        <v>140687</v>
+        <v>176562</v>
       </c>
       <c r="C28" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>ПП "КЗГ" "ГРЕЙС"</t>
+          <t>ПЗ "ЗЗСО "ТОТОША ХАЙ-МАЙНДЗ СКУЛ"</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>школа</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H28" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J28" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K28" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шолом Алейхема, 1-А</t>
+          <t>вулиця Радунська, 8/13, прим.186</t>
         </is>
       </c>
       <c r="L28" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M28" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="7"/>
       <c r="O28" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>(044)5135121</t>
+          <t>(095)5246079</t>
         </is>
       </c>
       <c r="Q28" s="4"/>
       <c r="R28" s="4" t="inlineStr">
         <is>
-          <t>gimnaziyagrace@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S28" s="4"/>
+          <t>totosha.school@gmail.com</t>
+        </is>
+      </c>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>https://totosha.kiev.ua/uk/pochatkova-shkola/</t>
+        </is>
+      </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>Директор Іваницька Олександра Григорівна</t>
+          <t>Директор Cлободянюк-Калиновська Антоніна Володимирівна</t>
         </is>
       </c>
       <c r="U28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X28" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>приватний заклад загальної середньої освіти І-ІІІ ступенів «Лінгвістична гімназія»</t>
+          <t>Приватне підприємство "Київська загальноосвітня гімназія "Грейс"</t>
         </is>
       </c>
       <c r="B29" s="5" t="n">
-        <v>140649</v>
+        <v>140687</v>
       </c>
       <c r="C29" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
-          <t>ПЗЗСО «Лінгвістична гімназія»</t>
+          <t>ПП "КЗГ" "ГРЕЙС"</t>
         </is>
       </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>гімназія</t>
         </is>
       </c>
       <c r="G29" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H29" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J29" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K29" s="4" t="inlineStr">
         <is>
-          <t>вулиця Вікентія Беретті, 7</t>
+          <t>вулиця Шолом Алейхема, 1-А</t>
         </is>
       </c>
       <c r="L29" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M29" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="7"/>
       <c r="O29" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>(044)3911717, (044)3911772</t>
+          <t>(044)5135121</t>
         </is>
       </c>
       <c r="Q29" s="4"/>
       <c r="R29" s="4" t="inlineStr">
         <is>
-          <t>lgymnasium@ukr.net</t>
+          <t>gimnaziyagrace@gmail.com</t>
         </is>
       </c>
       <c r="S29" s="4"/>
       <c r="T29" s="4" t="inlineStr">
         <is>
-          <t>Директор Дашковська Валентина Петрівна</t>
+          <t>Директор Іваницька Олександра Григорівна</t>
         </is>
       </c>
       <c r="U29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X29" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №152 з поглибленим вивченням англійської мови Деснянського району міста Києва</t>
+          <t>приватний заклад загальної середньої освіти І-ІІІ ступенів «Лінгвістична гімназія»</t>
         </is>
       </c>
       <c r="B30" s="5" t="n">
-        <v>149491</v>
+        <v>140649</v>
       </c>
       <c r="C30" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №152</t>
+          <t>ПЗЗСО «Лінгвістична гімназія»</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G30" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H30" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J30" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ореста Левицького, 18/1</t>
+          <t>вулиця Вікентія Беретті, 7</t>
         </is>
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
-          <t>(044)518-25-43</t>
+          <t>(044)3911717, (044)3911772</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>sch152@ukr.net</t>
+          <t>lgymnasium@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>Директор Вітечек Наталія Іванівна</t>
+          <t>Директор Дашковська Валентина Петрівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №189 з поглибленим вивченням англійської та німецької мов Деснянського району міста Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №152 з поглибленим вивченням англійської мови Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B31" s="5" t="n">
-        <v>149631</v>
+        <v>149491</v>
       </c>
       <c r="C31" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа № 189</t>
+          <t>Спеціалізована школа №152</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H31" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J31" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>вулиця Мілютенка, 5</t>
+          <t>вулиця Ореста Левицького, 18/1</t>
         </is>
       </c>
       <c r="L31" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M31" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="7"/>
       <c r="O31" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>(044)5138309</t>
+          <t>(044)518-25-43</t>
         </is>
       </c>
       <c r="Q31" s="4"/>
       <c r="R31" s="4" t="inlineStr">
         <is>
-          <t>sh189@ukr.net</t>
+          <t>sch152@ukr.net</t>
         </is>
       </c>
       <c r="S31" s="4"/>
       <c r="T31" s="4" t="inlineStr">
         <is>
-          <t>Директор Оленич Тетяна Олександрівна</t>
+          <t>Директор Вітечек Наталія Іванівна</t>
         </is>
       </c>
       <c r="U31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X31" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №202 з поглибленим вивченням природничо-математичних наук Деснянського району міста Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №189 з поглибленим вивченням англійської та німецької мов Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B32" s="5" t="n">
-        <v>149509</v>
+        <v>149631</v>
       </c>
       <c r="C32" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа №202 міста Києва</t>
+          <t>Спеціалізована школа № 189</t>
         </is>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G32" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H32" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J32" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K32" s="4" t="inlineStr">
         <is>
-          <t>проспект Лісовий, 22-А</t>
+          <t>вулиця Мілютенка, 5</t>
         </is>
       </c>
       <c r="L32" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M32" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="7"/>
       <c r="O32" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
-          <t>(044)518-57-35</t>
+          <t>(044)5138309</t>
         </is>
       </c>
       <c r="Q32" s="4"/>
       <c r="R32" s="4" t="inlineStr">
         <is>
-          <t>sh202@ukr.net</t>
+          <t>sh189@ukr.net</t>
         </is>
       </c>
       <c r="S32" s="4"/>
       <c r="T32" s="4" t="inlineStr">
         <is>
-          <t>В.о. директора Рєпа Олександра Володимирівна</t>
+          <t>Директор Оленич Тетяна Олександрівна</t>
         </is>
       </c>
       <c r="U32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X32" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №207 з поглибленим вивченням англійської мови Деснянського району міста Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №202 з поглибленим вивченням природничо-математичних наук Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B33" s="5" t="n">
-        <v>149508</v>
+        <v>149509</v>
       </c>
       <c r="C33" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №207</t>
+          <t>Спеціалізована школа №202 міста Києва</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G33" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H33" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J33" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K33" s="4" t="inlineStr">
         <is>
-          <t>проспект Лісовий, 33-А</t>
+          <t>проспект Лісовий, 22-А</t>
         </is>
       </c>
       <c r="L33" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M33" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="7"/>
       <c r="O33" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>(044)518-91-56</t>
+          <t>(044)518-57-35</t>
         </is>
       </c>
       <c r="Q33" s="4"/>
       <c r="R33" s="4" t="inlineStr">
         <is>
-          <t>shckola207@ukr.net</t>
+          <t>sh202@ukr.net</t>
         </is>
       </c>
       <c r="S33" s="4"/>
       <c r="T33" s="4" t="inlineStr">
         <is>
-          <t>Директор Бєлкіна Оксана Григорівна</t>
+          <t>В.о. директора Рєпа Олександра Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X33" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Спеціалізована школа І-ІІІ ступенів №23 з поглибленим вивченням англійської мови Деснянського району міста Києва</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №207 з поглибленим вивченням англійської мови Деснянського району міста Києва</t>
         </is>
       </c>
       <c r="B34" s="5" t="n">
-        <v>149633</v>
+        <v>149508</v>
       </c>
       <c r="C34" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>спеціалізована школа № 23</t>
+          <t>Спеціалізована школа І-ІІІ ступенів №207</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>спеціалізована школа</t>
         </is>
       </c>
       <c r="G34" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H34" s="6" t="inlineStr">
         <is>
           <t>8036400000</t>
         </is>
       </c>
       <c r="I34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J34" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>вулиця Путивльська, 35</t>
+          <t>проспект Лісовий, 33-А</t>
         </is>
       </c>
       <c r="L34" s="6" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M34" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="7"/>
       <c r="O34" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Деснянської районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>(044)513-40-54</t>
+          <t>(044)518-91-56</t>
         </is>
       </c>
       <c r="Q34" s="4"/>
       <c r="R34" s="4" t="inlineStr">
         <is>
-          <t>sh232009@ukr.net</t>
+          <t>shckola207@ukr.net</t>
         </is>
       </c>
       <c r="S34" s="4"/>
       <c r="T34" s="4" t="inlineStr">
         <is>
-          <t>Директор Ігнатов Олександр Володимирович</t>
+          <t>Директор Бєлкіна Оксана Григорівна</t>
         </is>
       </c>
       <c r="U34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X34" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">