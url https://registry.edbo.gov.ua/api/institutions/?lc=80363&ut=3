--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -1048,51 +1048,51 @@
       </c>
       <c r="L8" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M8" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N8" s="7"/>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>(044)5766770</t>
         </is>
       </c>
       <c r="Q8" s="4"/>
       <c r="R8" s="4" t="inlineStr">
         <is>
-          <t>school105@ukr.net</t>
+          <t>lyceum105kyiv@ukr.net</t>
         </is>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4" t="inlineStr">
         <is>
           <t>Директор Клименко Надія Петрівна</t>
         </is>
       </c>
       <c r="U8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W8" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X8" s="6" t="inlineStr">
         <is>
@@ -1373,57 +1373,57 @@
         </is>
       </c>
       <c r="K11" s="4" t="inlineStr">
         <is>
           <t>вулиця Ялтинська, 13</t>
         </is>
       </c>
       <c r="L11" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M11" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="7"/>
       <c r="O11" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P11" s="4" t="inlineStr">
         <is>
-          <t>(044)5664227</t>
+          <t>(044)2933631</t>
         </is>
       </c>
       <c r="Q11" s="4"/>
       <c r="R11" s="4" t="inlineStr">
         <is>
-          <t>shcool127@ukr.net</t>
+          <t>lyceum127@ukr.net</t>
         </is>
       </c>
       <c r="S11" s="4" t="inlineStr">
         <is>
           <t>http://127.kyiv.ua/</t>
         </is>
       </c>
       <c r="T11" s="4" t="inlineStr">
         <is>
           <t>Директор Сидоренко Людмила Василівна</t>
         </is>
       </c>
       <c r="U11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W11" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -1605,51 +1605,51 @@
       </c>
       <c r="L13" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M13" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N13" s="7"/>
       <c r="O13" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P13" s="4" t="inlineStr">
         <is>
           <t>(044)5639689</t>
         </is>
       </c>
       <c r="Q13" s="4"/>
       <c r="R13" s="4" t="inlineStr">
         <is>
-          <t>gym237@ukr.net</t>
+          <t>lyceum237@ukr.net</t>
         </is>
       </c>
       <c r="S13" s="4"/>
       <c r="T13" s="4" t="inlineStr">
         <is>
           <t>Директор Зданевич Оксана Григорівна</t>
         </is>
       </c>
       <c r="U13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W13" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X13" s="6" t="inlineStr">
         <is>
@@ -3038,51 +3038,51 @@
       </c>
       <c r="L26" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M26" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N26" s="7"/>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>(044)5648441</t>
         </is>
       </c>
       <c r="Q26" s="4"/>
       <c r="R26" s="4" t="inlineStr">
         <is>
-          <t>school305@ukr.net</t>
+          <t>lyceum305@ukr.net</t>
         </is>
       </c>
       <c r="S26" s="4"/>
       <c r="T26" s="4" t="inlineStr">
         <is>
           <t>Директор Касян Лариса Федорівна</t>
         </is>
       </c>
       <c r="U26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W26" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X26" s="6" t="inlineStr">
         <is>
@@ -3474,51 +3474,51 @@
       </c>
       <c r="L30" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M30" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="7"/>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>(044)565-75-50</t>
         </is>
       </c>
       <c r="Q30" s="4"/>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>sch316@ukr.net</t>
+          <t>licey_316@ukr.net</t>
         </is>
       </c>
       <c r="S30" s="4"/>
       <c r="T30" s="4" t="inlineStr">
         <is>
           <t>Директор Кондик Ольга Петрівна</t>
         </is>
       </c>
       <c r="U30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W30" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X30" s="6" t="inlineStr">
         <is>
@@ -6643,56 +6643,56 @@
       </c>
       <c r="L59" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M59" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="7"/>
       <c r="O59" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
           <t>(0800)330810</t>
         </is>
       </c>
       <c r="Q59" s="4"/>
       <c r="R59" s="4" t="inlineStr">
         <is>
-          <t>INFO@KMDS.KIEV.UA</t>
+          <t>principal_osokorky@kmds.ua</t>
         </is>
       </c>
       <c r="S59" s="4" t="inlineStr">
         <is>
-          <t>www.creativeschool.com.ua</t>
+          <t>https://kmds.ua/</t>
         </is>
       </c>
       <c r="T59" s="4" t="inlineStr">
         <is>
           <t>Директор Кузовенкова Олена Миколаївна</t>
         </is>
       </c>
       <c r="U59" s="6" t="inlineStr">
         <is>
           <t>Філія</t>
         </is>
       </c>
       <c r="V59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X59" s="6" t="inlineStr">
         <is>
           <t>ні</t>
@@ -7634,51 +7634,51 @@
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
           <t>(096)5385984</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
           <t>lyceumfsot@gmail.com</t>
         </is>
       </c>
       <c r="S68" s="4"/>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Кривдюк Юлія Миколаївна</t>
+          <t>Директор Сидякіна Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
@@ -8070,62 +8070,62 @@
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
           <t>вулиця Урлівська, 16/37, офіс 703</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(063)9688469</t>
+          <t>(068)8885880</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>zhyva.shkola@gmail.com</t>
+          <t>director@zhyva-shkola.com</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>www.zhyvaia-shkola.com</t>
+          <t>www.zhyva-shkola.com</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
           <t>Директор Козачок Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>