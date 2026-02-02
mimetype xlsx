--- v1 (2025-12-04)
+++ v2 (2026-02-02)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$82</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$Y$83</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
     <font>
@@ -153,51 +153,51 @@
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:Y82"/>
+  <dimension ref="A1:Y83"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="8"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="40"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="25"/>
@@ -3147,51 +3147,51 @@
       </c>
       <c r="L27" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M27" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="7"/>
       <c r="O27" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>(044)5754085</t>
         </is>
       </c>
       <c r="Q27" s="4"/>
       <c r="R27" s="4" t="inlineStr">
         <is>
-          <t>kyev-309@ukr.net</t>
+          <t>309schoolkyiv@gmail.com</t>
         </is>
       </c>
       <c r="S27" s="4"/>
       <c r="T27" s="4" t="inlineStr">
         <is>
           <t>Директор Тимошенко Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W27" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X27" s="6" t="inlineStr">
         <is>
@@ -4185,51 +4185,51 @@
       <c r="A37" s="4" t="inlineStr">
         <is>
           <t>Початкова школа № 295 Дарницького району м. Києва</t>
         </is>
       </c>
       <c r="B37" s="5" t="n">
         <v>150322</v>
       </c>
       <c r="C37" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>ПШ № 295</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G37" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H37" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
           <t>вулиця Кошиця Олександра, 6</t>
@@ -5493,51 +5493,51 @@
       <c r="A49" s="4" t="inlineStr">
         <is>
           <t>Приватна організація (установа, заклад) "Приватний заклад загальної середньої освіти "Гімназія "Монтессорі"</t>
         </is>
       </c>
       <c r="B49" s="5" t="n">
         <v>176651</v>
       </c>
       <c r="C49" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>Гімназія "Монтессорі"</t>
         </is>
       </c>
       <c r="E49" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G49" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H49" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I49" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J49" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K49" s="4" t="inlineStr">
         <is>
           <t>вулиця Мишуги Олександра, 2</t>
@@ -6704,51 +6704,51 @@
       <c r="A60" s="4" t="inlineStr">
         <is>
           <t>Приватний заклад освіти "Початкова школа-заклад освіти І ступеня "Мандаринка"</t>
         </is>
       </c>
       <c r="B60" s="5" t="n">
         <v>149574</v>
       </c>
       <c r="C60" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>Приватний заклад освіти "Мандаринка"</t>
         </is>
       </c>
       <c r="E60" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G60" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H60" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I60" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J60" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K60" s="4" t="inlineStr">
         <is>
           <t>вулиця Малоземельна, 75</t>
@@ -7440,1192 +7440,1192 @@
       <c r="U66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X66" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y66" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ПОЧАТКОВА ШКОЛА «УХ-ТИ» М. КИЄВА»</t>
+          <t>ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПОЧАТКОВА ШКОЛА "УМ СПЕЙС" МІСТА КИЄВА"</t>
         </is>
       </c>
       <c r="B67" s="5" t="n">
-        <v>176570</v>
+        <v>176968</v>
       </c>
       <c r="C67" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «ПОЧАТКОВА ШКОЛА «УХ-ТИ» М. КИЄВА»</t>
+          <t>ТОВ "УМ СПЕЙС"</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>початкова школа</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H67" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>вулиця Урлівська, 8</t>
+          <t>вулиця Княжий Затон, 4</t>
         </is>
       </c>
       <c r="L67" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="7"/>
       <c r="O67" s="4" t="inlineStr">
         <is>
-          <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
+          <t>Відділ освіти, культури, молоді та спорту Михайло-Лукашівської сільської ради</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
-          <t>(067)4491556</t>
+          <t>(068)8183508</t>
         </is>
       </c>
       <c r="Q67" s="4"/>
       <c r="R67" s="4" t="inlineStr">
         <is>
-          <t>uhtiskaschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>assistant.um.pro@gmail.com</t>
+        </is>
+      </c>
+      <c r="S67" s="4"/>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t> Чабан Вікторія Антонівна</t>
+          <t>Директор Усенко Марина Геннадіївна</t>
         </is>
       </c>
       <c r="U67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X67" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y67" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ЛІЦЕЙ ФСОТ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ПОЧАТКОВА ШКОЛА «УХ-ТИ» М. КИЄВА»</t>
         </is>
       </c>
       <c r="B68" s="5" t="n">
-        <v>176902</v>
+        <v>176570</v>
       </c>
       <c r="C68" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ ФСОТ"</t>
+          <t>ТОВ «ПОЧАТКОВА ШКОЛА «УХ-ТИ» М. КИЄВА»</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H68" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ревуцького, 5</t>
+          <t>вулиця Урлівська, 8</t>
         </is>
       </c>
       <c r="L68" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="7"/>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
-          <t>(096)5385984</t>
+          <t>(067)4491556</t>
         </is>
       </c>
       <c r="Q68" s="4"/>
       <c r="R68" s="4" t="inlineStr">
         <is>
-          <t>lyceumfsot@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S68" s="4"/>
+          <t>uhtiskaschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S68" s="4" t="inlineStr">
+        <is>
+          <t>uhtischool.com</t>
+        </is>
+      </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>Директор Сидякіна Юлія Миколаївна</t>
+          <t> Чабан Вікторія Антонівна</t>
         </is>
       </c>
       <c r="U68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X68" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ІНТЕЛШКОЛА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЗАГАЛЬНООСВІТНІЙ НАВЧАЛЬНИЙ ЗАКЛАД "ЛІЦЕЙ ФСОТ"</t>
         </is>
       </c>
       <c r="B69" s="5" t="n">
-        <v>176580</v>
+        <v>176902</v>
       </c>
       <c r="C69" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ІНТЕЛШКОЛА"</t>
+          <t>ТОВ "ЛІЦЕЙ ФСОТ"</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H69" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>вулиця А.Ахматової, 22</t>
+          <t>вулиця Ревуцького, 5</t>
         </is>
       </c>
       <c r="L69" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="7"/>
       <c r="O69" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
-          <t>(050)5615090</t>
+          <t>(096)5385984</t>
         </is>
       </c>
       <c r="Q69" s="4"/>
       <c r="R69" s="4" t="inlineStr">
         <is>
-          <t>intelschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>lyceumfsot@gmail.com</t>
+        </is>
+      </c>
+      <c r="S69" s="4"/>
       <c r="T69" s="4" t="inlineStr">
         <is>
-          <t>Директор Шевченко Тамара Володимирівна</t>
+          <t>Директор Сидякіна Юлія Миколаївна</t>
         </is>
       </c>
       <c r="U69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X69" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ КАНАДСЬКО-УКРАЇНСЬКИЙ ЛІЦЕЙ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ІНТЕЛШКОЛА"</t>
         </is>
       </c>
       <c r="B70" s="5" t="n">
-        <v>176702</v>
+        <v>176580</v>
       </c>
       <c r="C70" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ККУЛ"</t>
+          <t>ТОВ "ІНТЕЛШКОЛА"</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H70" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чавдар Єлизавети, 11-А</t>
+          <t>вулиця А.Ахматової, 22</t>
         </is>
       </c>
       <c r="L70" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="7"/>
       <c r="O70" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
-          <t>(095)0969075</t>
+          <t>(050)5615090</t>
         </is>
       </c>
       <c r="Q70" s="4"/>
       <c r="R70" s="4" t="inlineStr">
         <is>
-          <t>info@mbkyiv.com.ua</t>
+          <t>intelschool@gmail.com</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
-          <t>https://kyiv.osokorky.maplebear-cee.com/shkola</t>
+          <t>https://intelschool.com.ua/</t>
         </is>
       </c>
       <c r="T70" s="4" t="inlineStr">
         <is>
-          <t>Директор Деркач Таміла Юріївна</t>
+          <t>Директор Шевченко Тамара Володимирівна</t>
         </is>
       </c>
       <c r="U70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X70" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Київський ліцей Ольги Макаренко"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ КАНАДСЬКО-УКРАЇНСЬКИЙ ЛІЦЕЙ"</t>
         </is>
       </c>
       <c r="B71" s="5" t="n">
-        <v>176607</v>
+        <v>176702</v>
       </c>
       <c r="C71" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "Київський ліцей Ольги Макаренко"</t>
+          <t>ТОВ "ККУЛ"</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H71" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>вулиця Шевельова Юрія, 34, 41</t>
+          <t>вулиця Чавдар Єлизавети, 11-А</t>
         </is>
       </c>
       <c r="L71" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="7"/>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
-          <t>(067)7806323, (063)5556058</t>
+          <t>(095)0969075</t>
         </is>
       </c>
       <c r="Q71" s="4"/>
       <c r="R71" s="4" t="inlineStr">
         <is>
-          <t>Makarenko_ov@ukr.net</t>
+          <t>info@mbkyiv.com.ua</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>https://makarenkolyceum.com.ua/</t>
+          <t>https://kyiv.osokorky.maplebear-cee.com/shkola</t>
         </is>
       </c>
       <c r="T71" s="4" t="inlineStr">
         <is>
-          <t>Директор Уманець Світлана Володимирівна</t>
+          <t>Директор Деркач Таміла Юріївна</t>
         </is>
       </c>
       <c r="U71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X71" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ "ЖИВА ШКОЛА" М. КИЇВ"</t>
+          <t>Товариство з обмеженою відповідальністю "Київський ліцей Ольги Макаренко"</t>
         </is>
       </c>
       <c r="B72" s="5" t="n">
-        <v>176732</v>
+        <v>176607</v>
       </c>
       <c r="C72" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ЛІЦЕЙ "ЖИВА ШКОЛА" М. КИЇВ"</t>
+          <t>ТОВ "Київський ліцей Ольги Макаренко"</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H72" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>вулиця Урлівська, 16/37, офіс 703</t>
+          <t>вулиця Шевельова Юрія, 34, 41</t>
         </is>
       </c>
       <c r="L72" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="7"/>
       <c r="O72" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
-          <t>(068)8885880</t>
+          <t>(067)7806323, (063)5556058</t>
         </is>
       </c>
       <c r="Q72" s="4"/>
       <c r="R72" s="4" t="inlineStr">
         <is>
-          <t>director@zhyva-shkola.com</t>
+          <t>Makarenko_ov@ukr.net</t>
         </is>
       </c>
       <c r="S72" s="4" t="inlineStr">
         <is>
-          <t>www.zhyva-shkola.com</t>
+          <t>https://makarenkolyceum.com.ua/</t>
         </is>
       </c>
       <c r="T72" s="4" t="inlineStr">
         <is>
-          <t>Директор Козачок Оксана Миколаївна</t>
+          <t>Директор Уманець Світлана Володимирівна</t>
         </is>
       </c>
       <c r="U72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X72" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Ліцей "Цивілізатор" м. Києва"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ЛІЦЕЙ "ЖИВА ШКОЛА" М. КИЇВ"</t>
         </is>
       </c>
       <c r="B73" s="5" t="n">
-        <v>176558</v>
+        <v>176732</v>
       </c>
       <c r="C73" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>ТОВ «Ліцей «Цивілізатор» м. Києва»</t>
+          <t>ТОВ "ЛІЦЕЙ "ЖИВА ШКОЛА" М. КИЇВ"</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H73" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>вулиця Садова, 161, 74,76</t>
+          <t>вулиця Урлівська, 16/37, офіс 703</t>
         </is>
       </c>
       <c r="L73" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="7"/>
       <c r="O73" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
-          <t>(063)6423901</t>
+          <t>(068)8885880</t>
         </is>
       </c>
       <c r="Q73" s="4"/>
       <c r="R73" s="4" t="inlineStr">
         <is>
-          <t>school@shkola-civilizator.com.ua</t>
+          <t>director@zhyva-shkola.com</t>
         </is>
       </c>
       <c r="S73" s="4" t="inlineStr">
         <is>
-          <t>http://shkola-civilizator.com.ua</t>
+          <t>www.zhyva-shkola.com</t>
         </is>
       </c>
       <c r="T73" s="4" t="inlineStr">
         <is>
-          <t>Директор Лозін Дмитро Едуардович</t>
+          <t>Директор Козачок Оксана Миколаївна</t>
         </is>
       </c>
       <c r="U73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X73" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватний заклад загальної середньої освіти "Київська початкова школа "Нова зоря"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Ліцей "Цивілізатор" м. Києва"</t>
         </is>
       </c>
       <c r="B74" s="5" t="n">
-        <v>176779</v>
+        <v>176558</v>
       </c>
       <c r="C74" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "КПШ "НОВА ЗОРЯ"</t>
+          <t>ТОВ «Ліцей «Цивілізатор» м. Києва»</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H74" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>вулиця Гмирі Бориса, 15, кв 125</t>
+          <t>вулиця Садова, 161, 74,76</t>
         </is>
       </c>
       <c r="L74" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N74" s="7"/>
       <c r="O74" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
-          <t>(098)2411922</t>
+          <t>(063)6423901</t>
         </is>
       </c>
       <c r="Q74" s="4"/>
       <c r="R74" s="4" t="inlineStr">
         <is>
-          <t>edu.study.uk889@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S74" s="4"/>
+          <t>school@shkola-civilizator.com.ua</t>
+        </is>
+      </c>
+      <c r="S74" s="4" t="inlineStr">
+        <is>
+          <t>http://shkola-civilizator.com.ua</t>
+        </is>
+      </c>
       <c r="T74" s="4" t="inlineStr">
         <is>
-          <t>Директор Бахін Роман Юрійович</t>
+          <t>Директор Лозін Дмитро Едуардович</t>
         </is>
       </c>
       <c r="U74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X74" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "МІЖНАРОДНА АМЕРИКАНСЬКА ШКОЛА І УНІВЕРСИТЕТ"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватний заклад загальної середньої освіти "Київська початкова школа "Нова зоря"</t>
         </is>
       </c>
       <c r="B75" s="5" t="n">
-        <v>151483</v>
+        <v>176779</v>
       </c>
       <c r="C75" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗЗСО "Міжнародна американська школа і університет"</t>
+          <t>ТОВ "ПЗЗСО "КПШ "НОВА ЗОРЯ"</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H75" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>вулиця Драгоманова, 1-В</t>
+          <t>вулиця Гмирі Бориса, 15, кв 125</t>
         </is>
       </c>
       <c r="L75" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N75" s="7"/>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
-          <t>(044)3338814</t>
+          <t>(098)2411922</t>
         </is>
       </c>
       <c r="Q75" s="4"/>
       <c r="R75" s="4" t="inlineStr">
         <is>
-          <t>aisuschool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>edu.study.uk889@gmail.com</t>
+        </is>
+      </c>
+      <c r="S75" s="4"/>
       <c r="T75" s="4" t="inlineStr">
         <is>
-          <t>Директор Іванова Людмила Василівна</t>
+          <t>Директор Бахін Роман Юрійович</t>
         </is>
       </c>
       <c r="U75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X75" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ГІМНАЗІЯ КЛАРІС ВЕРБІС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ЗАГАЛЬНОЇ СЕРЕДНЬОЇ ОСВІТИ "МІЖНАРОДНА АМЕРИКАНСЬКА ШКОЛА І УНІВЕРСИТЕТ"</t>
         </is>
       </c>
       <c r="B76" s="5" t="n">
-        <v>151625</v>
+        <v>151483</v>
       </c>
       <c r="C76" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗО "ГІМНАЗІЯ КЛАРІС ВЕРБІС"</t>
+          <t>ТОВ "ПЗЗСО "Міжнародна американська школа і університет"</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
-          <t>гімназія</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H76" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
-          <t>вулиця Дніпровська набережна, 19</t>
+          <t>вулиця Драгоманова, 1-В</t>
         </is>
       </c>
       <c r="L76" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N76" s="7"/>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
-          <t>(067)3041484</t>
+          <t>(044)3338814</t>
         </is>
       </c>
       <c r="Q76" s="4"/>
       <c r="R76" s="4" t="inlineStr">
         <is>
-          <t>clarisverbis2019@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S76" s="4"/>
+          <t>aisuschool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S76" s="4" t="inlineStr">
+        <is>
+          <t>aisu.school</t>
+        </is>
+      </c>
       <c r="T76" s="4" t="inlineStr">
         <is>
-          <t>Директор Сулім Сергій Васильович</t>
+          <t>Директор Іванова Людмила Василівна</t>
         </is>
       </c>
       <c r="U76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X76" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ПОЧАТКОВА ШКОЛА КЛАРІС ВЕРБІС"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ГІМНАЗІЯ КЛАРІС ВЕРБІС"</t>
         </is>
       </c>
       <c r="B77" s="5" t="n">
-        <v>151626</v>
+        <v>151625</v>
       </c>
       <c r="C77" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>ТОВ "ПЗО "ПОЧАТКОВА ШКОЛА КЛАРІС ВЕРБІС"</t>
+          <t>ТОВ "ПЗО "ГІМНАЗІЯ КЛАРІС ВЕРБІС"</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>початкова школа</t>
+          <t>гімназія</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H77" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
           <t>вулиця Дніпровська набережна, 19</t>
@@ -8667,594 +8667,703 @@
       <c r="U77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X77" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ "АЙ ДІТИ" М. КИЄВА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЗАКЛАД ОСВІТИ "ПОЧАТКОВА ШКОЛА КЛАРІС ВЕРБІС"</t>
         </is>
       </c>
       <c r="B78" s="5" t="n">
-        <v>176587</v>
+        <v>151626</v>
       </c>
       <c r="C78" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D78" s="4"/>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "ПЗО "ПОЧАТКОВА ШКОЛА КЛАРІС ВЕРБІС"</t>
+        </is>
+      </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>ліцей</t>
+          <t>початкова школа</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H78" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>вулиця Ахматової, 48а</t>
+          <t>вулиця Дніпровська набережна, 19</t>
         </is>
       </c>
       <c r="L78" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N78" s="7"/>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
-          <t>(067)6059148</t>
+          <t>(067)3041484</t>
         </is>
       </c>
       <c r="Q78" s="4"/>
       <c r="R78" s="4" t="inlineStr">
         <is>
-          <t>idetischool@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>clarisverbis2019@gmail.com</t>
+        </is>
+      </c>
+      <c r="S78" s="4"/>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>Директор Тарелко Олександр Павлович</t>
+          <t>Директор Сулім Сергій Васильович</t>
         </is>
       </c>
       <c r="U78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X78" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Приватний ліцей Кідз Студіо м. Києва"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ПРИВАТНИЙ ЛІЦЕЙ "АЙ ДІТИ" М. КИЄВА"</t>
         </is>
       </c>
       <c r="B79" s="5" t="n">
-        <v>176644</v>
+        <v>176587</v>
       </c>
       <c r="C79" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D79" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D79" s="4"/>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H79" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
-          <t>вулиця 53 а Садова, 44</t>
+          <t>вулиця Ахматової, 48а</t>
         </is>
       </c>
       <c r="L79" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N79" s="7"/>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>(095)7549547</t>
+          <t>(067)6059148</t>
         </is>
       </c>
       <c r="Q79" s="4"/>
       <c r="R79" s="4" t="inlineStr">
         <is>
-          <t>like.media@gmail.com</t>
-[...2 lines deleted...]
-      <c r="S79" s="4"/>
+          <t>idetischool@gmail.com</t>
+        </is>
+      </c>
+      <c r="S79" s="4" t="inlineStr">
+        <is>
+          <t>www.ideti.com.ua</t>
+        </is>
+      </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Директор Поляренко Анна Анатоліївна</t>
+          <t>Директор Тарелко Олександр Павлович</t>
         </is>
       </c>
       <c r="U79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X79" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y79" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "ГРІН ЕППЛ"</t>
+          <t>Товариство з обмеженою відповідальністю "Приватний ліцей Кідз Студіо м. Києва"</t>
         </is>
       </c>
       <c r="B80" s="5" t="n">
-        <v>151624</v>
+        <v>176644</v>
       </c>
       <c r="C80" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D80" s="4"/>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>ТОВ "Приватний ліцей Кідз Студіо м. Києва"</t>
+        </is>
+      </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>ліцей</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="H80" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>вулиця Чавдар Єлизавети, 13</t>
+          <t>вулиця 53 а Садова, 44</t>
         </is>
       </c>
       <c r="L80" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N80" s="7"/>
       <c r="O80" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>(050)9426492</t>
+          <t>(095)7549547</t>
         </is>
       </c>
       <c r="Q80" s="4"/>
       <c r="R80" s="4" t="inlineStr">
         <is>
-          <t>ecflkiev2015@gmail.com</t>
+          <t>like.media@gmail.com</t>
         </is>
       </c>
       <c r="S80" s="4"/>
       <c r="T80" s="4" t="inlineStr">
         <is>
-          <t>Директор Нашта Катерина Олександрівна</t>
+          <t>Директор Поляренко Анна Анатоліївна</t>
         </is>
       </c>
       <c r="U80" s="6" t="inlineStr">
         <is>
-          <t>Філія</t>
+          <t>ні</t>
         </is>
       </c>
       <c r="V80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X80" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №217 Дарницького району м. Києва</t>
+          <t>ФІЛІЯ ТОВАРИСТВА З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "КИЇВСЬКИЙ ЛІЦЕЙ "ГРІН ЕППЛ"</t>
         </is>
       </c>
       <c r="B81" s="5" t="n">
-        <v>149686</v>
+        <v>151624</v>
       </c>
       <c r="C81" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D81" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D81" s="4"/>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
-          <t>школа</t>
+          <t>ліцей</t>
         </is>
       </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="H81" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I81" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J81" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>провулок Поліський, 9</t>
+          <t>вулиця Чавдар Єлизавети, 13</t>
         </is>
       </c>
       <c r="L81" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M81" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N81" s="7"/>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
-          <t>(044)5666922</t>
+          <t>(050)9426492</t>
         </is>
       </c>
       <c r="Q81" s="4"/>
       <c r="R81" s="4" t="inlineStr">
         <is>
-          <t>school217@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>ecflkiev2015@gmail.com</t>
+        </is>
+      </c>
+      <c r="S81" s="4"/>
       <c r="T81" s="4" t="inlineStr">
         <is>
-          <t>Директор Власенко Дмитро Ігорович</t>
+          <t>Директор Нашта Катерина Олександрівна</t>
         </is>
       </c>
       <c r="U81" s="6" t="inlineStr">
         <is>
-          <t>ні</t>
+          <t>Філія</t>
         </is>
       </c>
       <c r="V81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X81" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Школа І-ІІІ ступенів №284 Дарницького району м. Києва</t>
+          <t>Школа І-ІІІ ступенів №217 Дарницького району м. Києва</t>
         </is>
       </c>
       <c r="B82" s="5" t="n">
-        <v>149676</v>
+        <v>149686</v>
       </c>
       <c r="C82" s="6" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
-      <c r="D82" s="4"/>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>Школа №217</t>
+        </is>
+      </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>працює</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>школа</t>
         </is>
       </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="H82" s="6" t="inlineStr">
         <is>
           <t>8036300000</t>
         </is>
       </c>
       <c r="I82" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="J82" s="4" t="inlineStr">
         <is>
           <t>Київ</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>вулиця Тростянецька, 7-Г</t>
+          <t>провулок Поліський, 9</t>
         </is>
       </c>
       <c r="L82" s="6" t="inlineStr">
         <is>
           <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M82" s="4" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N82" s="7"/>
       <c r="O82" s="4" t="inlineStr">
         <is>
           <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>(044)563-90-71</t>
+          <t>(044)5666922</t>
         </is>
       </c>
       <c r="Q82" s="4"/>
       <c r="R82" s="4" t="inlineStr">
         <is>
-          <t>sch284@ukr.net</t>
+          <t>school217@ukr.net</t>
         </is>
       </c>
       <c r="S82" s="4" t="inlineStr">
         <is>
-          <t>www.school284.com</t>
+          <t>school217.org.ua</t>
         </is>
       </c>
       <c r="T82" s="4" t="inlineStr">
         <is>
-          <t>Директор Котяхова Наталія Валеріївна</t>
+          <t>Директор Власенко Дмитро Ігорович</t>
         </is>
       </c>
       <c r="U82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="V82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="W82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="X82" s="6" t="inlineStr">
         <is>
           <t>ні</t>
         </is>
       </c>
       <c r="Y82" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="4" t="inlineStr">
+        <is>
+          <t>Школа І-ІІІ ступенів №284 Дарницького району м. Києва</t>
+        </is>
+      </c>
+      <c r="B83" s="5" t="n">
+        <v>149676</v>
+      </c>
+      <c r="C83" s="6" t="inlineStr">
+        <is>
+          <t>так</t>
+        </is>
+      </c>
+      <c r="D83" s="4"/>
+      <c r="E83" s="4" t="inlineStr">
+        <is>
+          <t>працює</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>школа</t>
+        </is>
+      </c>
+      <c r="G83" s="4" t="inlineStr">
+        <is>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="H83" s="6" t="inlineStr">
+        <is>
+          <t>8036300000</t>
+        </is>
+      </c>
+      <c r="I83" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="J83" s="4" t="inlineStr">
+        <is>
+          <t>Київ</t>
+        </is>
+      </c>
+      <c r="K83" s="4" t="inlineStr">
+        <is>
+          <t>вулиця Тростянецька, 7-Г</t>
+        </is>
+      </c>
+      <c r="L83" s="6" t="inlineStr">
+        <is>
+          <t>UA80000000000210193</t>
+        </is>
+      </c>
+      <c r="M83" s="4" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N83" s="7"/>
+      <c r="O83" s="4" t="inlineStr">
+        <is>
+          <t>Управління освіти Дарницької районної в місті Києві державної адміністрації</t>
+        </is>
+      </c>
+      <c r="P83" s="4" t="inlineStr">
+        <is>
+          <t>(044)563-90-71</t>
+        </is>
+      </c>
+      <c r="Q83" s="4"/>
+      <c r="R83" s="4" t="inlineStr">
+        <is>
+          <t>sch284@ukr.net</t>
+        </is>
+      </c>
+      <c r="S83" s="4" t="inlineStr">
+        <is>
+          <t>www.school284.com</t>
+        </is>
+      </c>
+      <c r="T83" s="4" t="inlineStr">
+        <is>
+          <t>Директор Котяхова Наталія Валеріївна</t>
+        </is>
+      </c>
+      <c r="U83" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="V83" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="W83" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="X83" s="6" t="inlineStr">
+        <is>
+          <t>ні</t>
+        </is>
+      </c>
+      <c r="Y83" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:Y82"/>
+  <autoFilter ref="A1:Y83"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>